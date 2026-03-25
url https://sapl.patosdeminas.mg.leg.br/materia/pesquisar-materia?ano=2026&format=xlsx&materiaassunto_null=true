--- v0 (2026-01-31)
+++ v1 (2026-03-25)
@@ -10,518 +10,3245 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="1059">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>31229</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elizabeth Maria Nascimento e Silva-Professora Beth</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a adoção de providências administrativas e legais para o cumprimento integral da Lei Federal nº 15.326, de 6 de janeiro de 2026, no âmbito do Município de Patos de Minas, com vistas a promover a inclusão dos professores da educação infantil como profissionais do magistério, com todos os direitos, garantias e enquadramentos previstos na legislação vigente.</t>
   </si>
   <si>
     <t>31230</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>José Luiz Borges Júnior</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002_recapeamento_da_rua_divina_severo_dos_santos_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando o recapeamento asfáltico da Rua Divina Severo dos Santos, principalmente no trecho próximo ao encontro com a Avenida Angra dos Reis, no Bairro Cerrado.</t>
   </si>
   <si>
     <t>31231</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a revitalização, pintura completa do espaço esportivo e recuperação do alambrado, bem como, realização de melhoria geral das condições de uso da quadra situada na Praça do Cruzeiro, no Bairro Nossa Senhora das Graça.</t>
   </si>
   <si>
     <t>31232</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ezequiel Macedo Galvão - Ezequiel Macedo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/004.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a construção de poço artesiano na comunidade de Ranchão.</t>
   </si>
   <si>
     <t>31233</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31233/005.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a construção de banheiros públicos e viabilização de adoção por empresa privada, por meio do Programa Viva Patos ou de outra política pública correlata, da Praça Ibrahim Pereira, localizada entre as ruas Antônio Bernardes e Gabriel Pereira, no Bairro Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>31234</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Eustáquio de Faria Junior</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/006.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a urbanização da Praça Pereira e Martins, com implantação de parquinho infantil, bancos, academia ao ar livre e reconstrução da calçada, no Bairro Jardim Itamarati.</t>
   </si>
   <si>
     <t>31235</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31235/007.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando o recapeamento asfáltico da rotatória de confluência das avenidas Angra dos Reis, Lucy Mesquita de Araújo e Carlos Nogueira Júnior, que dá acesso ao Bairro Copacabana.</t>
   </si>
   <si>
     <t>31236</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Leomar de Lima Silva - Sargento Leomar</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/008.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada na Rua Aurora, n.º 240, Bairro Belvedere, em frente à Escola Estadual Professor Renê de Deus Vieira.</t>
   </si>
   <si>
     <t>31237</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31237/009.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de condicionamento adequado do lixo no cruzamento da Rua Ubá, com a Rua da Mata, Bairro Vila Garcia.</t>
   </si>
   <si>
     <t>31238</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/010.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de estudo técnico para a melhoria do sistema de drenagem da Rua dos Gigantes, localizada no Bairro Vila Garcia.</t>
   </si>
   <si>
     <t>31239</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31239/011.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a urbanização, incluindo, entre outras melhorias, a instalação de aparelhos de ginástica, parquinho infantil, bancos, paisagismo, iluminação pública adequada e calçamento da praça localizada entre as Ruas Francisco Nunes Valadão, Armando Rodrigues da Cunha e José Eustáquio de Araújo, no Bairro Antônio Caixeta,</t>
   </si>
   <si>
     <t>31240</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Júlio César Gonçalves</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/012.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a implantação de programa municipal de aulas noturnas no âmbito da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>31241</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>José Carlos da Silva - Carlito</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31241/013.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação de um parquinho infantil na Praça dos Planetas, ao lado do Centro de Reabilitação Totó Veloso, localizada no bairro Jardim Pelluzo.</t>
   </si>
   <si>
     <t>31245</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Paulo Augusto Corrêa</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31245/014.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização do pagamento retroativo de vantagens funcionais aos servidores municipais, nos termos da Lei Complementar nº 226/2026.</t>
   </si>
   <si>
     <t>31246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Brenda Évellyn Santos</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/015.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a criação de parquinho multissensorial, especialmente adaptado para atender crianças com Transtorno do Espectro Autista - TEA, no Parque Mata do Catingueiro.</t>
   </si>
   <si>
     <t>31247</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Brenda Évellyn Santos, João Batista Gonçalves - Cabo Batista</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31247/016.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a revitalização da quadra de esportes localizada na Rua Ernani Lemos, próximo ao nº 82, no Bairro Jardim Paulistano.</t>
   </si>
   <si>
     <t>31248</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a reforma estrutural e funcional do Teatro Municipal Leão de Formosa.</t>
   </si>
   <si>
     <t>31249</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Paulo Henrique Fernandes Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a  implantação de parquinho infantil e academia ao ar livre na Praça Vovó Neném, localizada na Rua Maestro Randolfo, no Centro.</t>
   </si>
   <si>
     <t>31250</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a instalação de placas com QR Code nos postes de iluminação pública, no município de Patos de Minas.</t>
   </si>
   <si>
     <t>31251</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a implantação de sistema de drenagem pluvial no Bairro Boa Vista.</t>
   </si>
   <si>
+    <t>31259</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Itamar André dos Santos, João Batista Gonçalves - Cabo Batista</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/021.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a instalação de academia ao ar livre na Comunidade de Aragão, em frente à unidade básica de saúde.</t>
+  </si>
+  <si>
+    <t>31260</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Itamar André dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31260/022.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a reforma da unidade saúde da família - USF, Conceição Tavares Vaz, na Comunidade de Horizonte Alegre.</t>
+  </si>
+  <si>
+    <t>31261</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/023.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a reforma da unidade saúde da família - USF, na Comunidade de Ranchinho.</t>
+  </si>
+  <si>
+    <t>31273</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>João Batista Gonçalves - Cabo Batista, Brenda Évellyn Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/024.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção e implantação de um hospital municipal veterinário ou unidade de pronto atendimento animal, destinado ao atendimento gratuito ou a baixo custo, de animais domésticos ou em situação de rua.</t>
+  </si>
+  <si>
+    <t>31274</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31274/025.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação de redutor de velocidade (quebra-molas) na Avenida Ronaldo Fernandes de Souza, Bairro Jardim Quebec.</t>
+  </si>
+  <si>
+    <t>31275</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/026.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a regularização e retomada dos atendimentos médicos na Comunidade de Cabeceira do Areado, bem como a disponibilização de estrutura mínima para os profissionais de saúde.</t>
+  </si>
+  <si>
+    <t>31276</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31276/027.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de um parquinho infantil na praça localizada entre as ruas Antônio Marcílio Soares, José Nascimento Calixto e Dr. Dolor Borges, no Bairro Planalto.</t>
+  </si>
+  <si>
+    <t>31277</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/028.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a designação de profissional com experiência em gestão escolar para a direção da Escola do Bairro Alto da Serra</t>
+  </si>
+  <si>
+    <t>31278</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31278/029.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de cobertura na passagem de uma unidade para outra no Centro Educacional Cebolinha</t>
+  </si>
+  <si>
+    <t>31279</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/030.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de forro em PVC na cobertura do CMEI Vereador José Augusto Ferreira.</t>
+  </si>
+  <si>
+    <t>31280</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Antônio Jorge de Oliveira Cury - Toninho Cury</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31280/031.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a urbanização, iluminação, instalação de parquinho e academia ao ar livre da praça da Praça Aristóteles Vicente Rodrigues, localizada entre as ruas Doutor João Borges, Pedro Castorina e Aristóteles Vicente Rodrigues, no Bairro Nova Floresta.</t>
+  </si>
+  <si>
+    <t>31281</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/032.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o reforço da sinalização viária horizontal e vertical, no entorno do Centro Universitário de Patos de Minas - Unipam, sobretudo na  Rua José das Chagas, Rua Olímpio Pereira de Melo, Rua Vereador Chico Filgueira, Rua Diacuí e Rua Jaime Ramos</t>
+  </si>
+  <si>
+    <t>31282</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31282/033.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade (quebra-molas) na Avenida Edson Nunes de Paula, esquina com a Rua José Gonçalves Filho, no Bairro Nossa Senhora de Fátima</t>
+  </si>
+  <si>
+    <t>31283</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/034.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a reforma e modernização do sistema de drenagem da água da chuva na Rua Padre Antônio Dias e na Avenida Francisco de Paula Ferreira, localizadas no Bairro Gramado.</t>
+  </si>
+  <si>
+    <t>31284</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31284/035.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade (quebra-molas) ou de travessia elevada nas ruas Anicésio Gonçalves Caixeta e Cora Coralina, ambas em frente à Praça do Bairro Campos Elísios</t>
+  </si>
+  <si>
+    <t>31291</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31291/036.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a reforma e modernização do sistema de drenagem da água da chuva no entorno da rotatória da Praça Luar, onde convergem a Avenida Afonso Queiroz, a Avenida Dilermando Gomes de Deus, a Rua Luar, a Rua Aurora e a Rua Francisco Vieira da Cunha, no Bairro Jardim Panorâmico.</t>
+  </si>
+  <si>
+    <t>31292</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/037.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de um semáforo exclusivo para pedestres na Rua Agenor Maciel, esquina com a Rua Ana de Oliveira, Centro.</t>
+  </si>
+  <si>
+    <t>31293</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31293/038.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o prosseguimento e finalização do Programa Municipal de Regularização Fundiária do Distrito de Alagoas.</t>
+  </si>
+  <si>
+    <t>31294</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/039.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a revitalização da travessia elevada localizada na Avenida Afonso Queiroz, número 1193, em frente a Paróquia São João Batista, Bairro Sebastião Amorim.</t>
+  </si>
+  <si>
+    <t>31295</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Legislativo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/040.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutores de velocidade (quebra-molas), adequação e reforço na sinalização próximo ao trevo do Arraial dos Afonso.</t>
+  </si>
+  <si>
+    <t>31296</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/041.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade (quebra-molas) na Avenida Juscelino Kubitscheck de Oliveira, próximo ao número 2100, no Bairro Planalto.</t>
+  </si>
+  <si>
+    <t>31297</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31297/042.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade (quebra-molas) na Rua da Mata, no trecho entre o cruzamento com as tuas Salvador e dos Miosotes, Bairro Jardim Paraíso.</t>
+  </si>
+  <si>
+    <t>31298</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/043.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de cobertura no ponto de ônibus na Avenida Marabá, próximo à entrada para Av. das Paineiras e em frente ao “Postim Ipiranga”, Bairro Morada do Sol.</t>
+  </si>
+  <si>
+    <t>31299</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31299/044.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de travessia elevada e pintura da faixa de pedestres na Rua Tenente Bino esquina com a Rua Major Gote, Bairro Centro.</t>
+  </si>
+  <si>
+    <t>31304</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Otaviano Marques de Amorim</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/045.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a instalação de placas de “Proibido Estacionar” ao longo da Rua São Geraldo,</t>
+  </si>
+  <si>
+    <t>31305</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31305/046.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a implantação de sentido único na Travessa da Abolição, no Bairro Cristo Redentor</t>
+  </si>
+  <si>
+    <t>31306</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/047.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a reforma dos banheiros da Rodoviária.</t>
+  </si>
+  <si>
+    <t>31307</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31307/048.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito indicando a elaboração de estudo técnico visando à implantação de sentido único de direção na Rua Juca Mandu, em direção à Rua Cinco de Maio, Centro.</t>
+  </si>
+  <si>
+    <t>31308</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>João Batista Gonçalves - Cabo Batista</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/049.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito indicando a instalação estratégica de caçambas, para descarte de resíduos sólidos em pontos viciados do município de Patos de Minas, previamente mapeados pela Secretaria competente.</t>
+  </si>
+  <si>
+    <t>31313</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31313/050.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação de um hospital veterinário móvel, destinado à prestação de atendimentos emergenciais e primeiros socorros a animais, especialmente cães e gatos, em situação de vulnerabilidade.</t>
+  </si>
+  <si>
+    <t>31314</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/051.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o fornecimento de água no cemitério da comunidade e a extensão da rede de iluminação pública até o cemitério.</t>
+  </si>
+  <si>
+    <t>31315</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31315/052.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a urbanização, iluminação, instalação de parquinho e academia ao ar livre na praça sem nome, localizada entre as ruas Sinval Veloso, Laura Francisca de Jesus e Marcondes José Faria, no Bairro Jardim Califórnia</t>
+  </si>
+  <si>
+    <t>31316</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/053.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a urbanização, iluminação, instalação de parquinho e academia ao ar livre na Praça José Augusto Ferreira, localizada entre as ruas Guilherme Caixeta de Queiroz, esquina com as ruas Argemiro Borges e Raimundo Araújo Lima, no Bairro Alto dos Caiçaras.</t>
+  </si>
+  <si>
+    <t>31317</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31317/054.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de câmeras do sistema de videomonitoramento “Olho Vivo” na Praça do Cristavo e na região do Bairro Nossa Senhora Aparecida.</t>
+  </si>
+  <si>
+    <t>31318</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/055.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de lixeira pública em frente ao Condomínio Residencial Laguna localizado na Avenida Presidente Tancredo Neves, número 880, Bairro Ipanema</t>
+  </si>
+  <si>
+    <t>31319</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31319/056.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada para pedestres em frente ao Condomínio Residencial Laguna, localizado na Avenida Presidente Tancredo Neves, número 880, Bairro Ipanema.</t>
+  </si>
+  <si>
+    <t>31320</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/057.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade (quebra-molas) ou de travessia elevada na Rua Vanessa Maria de Oliveira, próximo ao número 91, Bairro Lagoinha.</t>
+  </si>
+  <si>
+    <t>31321</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31321/058.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o asfaltamento da Rua Juca Mandu, localizada na região central da cidade.</t>
+  </si>
+  <si>
+    <t>31322</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31322/059.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o recapeamento asfáltico da Rua Professor João Leite, no Centro.</t>
+  </si>
+  <si>
+    <t>31341</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/060.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de placas de sinalização de carga e descarga na Avenida Fátima Porto, número 2474, Bairro Cidade Jardim.</t>
+  </si>
+  <si>
+    <t>31342</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31342/061.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o envio de projeto de lei a esta Casa Legislativa dispondo sobre a obrigatoriedade de disponibilização da opção de pagamento por Pix no transporte coletivo urbano e intermunicipal de passageiros no município de Patos de Minas, conforme minuta de projeto em anexo.</t>
+  </si>
+  <si>
+    <t>31343</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/062.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o asfaltamento da via dos Pomares, no Distrito Industrial II.</t>
+  </si>
+  <si>
+    <t>31344</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/063.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de travessia elevada na Avenida Tomaz de Aquino, próximo ao número 2207, esquina com a Rua Lázaro Tadeu Pereira, Bairro Jardim Itamarati.</t>
+  </si>
+  <si>
+    <t>31345</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31345/064.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a manutenção e reparo da estrada rural que dá acesso e possibilita a circulação interna no Chacreamento Beira Rio, Fazenda Lanhosos e Barreiro, localizado na zona rural do Município.</t>
+  </si>
+  <si>
+    <t>31346</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31346/065.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de bebedouros públicos para animais ao longo da Avenida Getúlio Vargas.</t>
+  </si>
+  <si>
+    <t>31347</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/066.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de banheiros públicos autolimpantes em pontos estratégicos, especialmente na região central (Mercado Municipal e rodoviária velha), na orla da Lagoa e Lagoinha, Mocambo, entorno de feiras livres que ocorrem semanalmente nos bairros, áreas de grande circulação de pessoas e locais destinados à realização de eventos públicos/práticas esportivas.</t>
+  </si>
+  <si>
+    <t>31348</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31348/067.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a adoção de medidas administrativas e/ou o envio de projeto de lei a esta Casa Legislativa, instituindo programa de incentivo fiscal municipal destinado às microempresas (MEI) e empresas de pequeno porte (EPP), especialmente durante os primeiros anos de sua instalação e operação no município.</t>
+  </si>
+  <si>
+    <t>31349</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/068.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação do programa “Estação Hidrata Patos”, consistente na instalação de estruturas unificadas de hidratação (bebedouro público humano, módulo pet friendy e sistema de climatização) e bem-estar no Parque do Mocambo, Lagoa, Lagoinha, Mercado Municipal e pista de corridas da Mata do Catingueiro.</t>
+  </si>
+  <si>
+    <t>31350</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31350/069.pdf</t>
+  </si>
+  <si>
+    <t>À Superintendente da COPASA, Cristiane Carneiro Gomes da Silva, indicando a manutenção nas redes de esgotamento sanitário na Rua dos Caetés, próximo ao número 473, e na Rua Maranhão, no cruzamento com Rua Santa Terezinha.</t>
+  </si>
+  <si>
+    <t>31351</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/070.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de concurso público para provimento de vagas de agentes de trânsito.</t>
+  </si>
+  <si>
+    <t>31352</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31352/071.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação do Sistema de Monitoramento “Olho Vivo” na estrada dos “30 paus”.</t>
+  </si>
+  <si>
+    <t>31377</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a reforma ou substituição dos mata-burros localizados na Comunidade de Abelhas, próximos à granja existente na comunidade.</t>
+  </si>
+  <si>
+    <t>31378</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31378/073.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o plantio de árvores na Escola Municipal Professora Marisa Murça, localizada no Bairro Sebastião Amorim.</t>
+  </si>
+  <si>
+    <t>31379</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/074.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de um muro de arrimo no entorno da quadra localizada entre as Ruas Zeca Mota e Francisco de Assis Sabino no Bairro Alvorada.</t>
+  </si>
+  <si>
+    <t>31380</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31380/075.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção, em caráter de urgência, de nova unidade para funcionamento da Cmei Ivalda Alves, no mesmo endereço onde anteriormente funcionava o centro municipal de educação infantil - Praça Salomão Alaor Franco, nº 36, Bairro Lagoinha.</t>
+  </si>
+  <si>
+    <t>31381</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/076.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de redutor de velocidade ou outro dispositivo de moderação de tráfego na Avenida Patrício Filho, nas proximidades da borracharia e do Studio de Beleza SF “Stefani Fonseca”, sentido praça CEU, especialmente na região da parada de ônibus próxima à Escola Municipal “Professor Aristides Memória” - Caic.</t>
+  </si>
+  <si>
+    <t>31382</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31382/077.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o recapeamento asfáltico completo em toda a extensão da Rua da Mata</t>
+  </si>
+  <si>
+    <t>31383</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/078.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de um reservatório (represa) para captação de água destinada ao consumo humano no Município de Patos de Minas.</t>
+  </si>
+  <si>
+    <t>31384</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31384/079.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação do Programa Municipal de Apoio à Saúde Mental nas Escolas.</t>
+  </si>
+  <si>
+    <t>31385</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/080.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação do Projeto “Patos Mais Verde” para a ampliação da arborização e revitalização de espaços públicos.</t>
+  </si>
+  <si>
+    <t>31386</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31386/081.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada para pedestres na Rua Mata dos Fernandes, na altura do número 147, nas proximidades da Academia de Arte e Movimento InBallo, Bairro Vila Garcia.</t>
+  </si>
+  <si>
+    <t>31387</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/082.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de estudo e posterior implantação de mão única de direção na Rua dos Cirinos, no trecho compreendido entre o nº 37 e a Rua Anicésio Vieira, no Bairro Lagoinha.</t>
+  </si>
+  <si>
+    <t>31388</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31388/083.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de calçada e meio fio na Rua João Pereira de Lima, altura do número 36, situada no Bairro Cônego Getúlio</t>
+  </si>
+  <si>
+    <t>31389</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/084.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de um quebra-molas na Rua Major Gote, em frente ao Parque de Exposições, próximo à entrada principal, nas imediações do hidrante, em razão do intenso fluxo de veículos que trafegam em velocidade elevada no sentido descendente da via.</t>
+  </si>
+  <si>
+    <t>31408</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/085.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de câmeras do sistema de videomonitoramento “Olho Vivo” na quadra poliesportiva localizada na esquina da Rua João Batista de Carvalho Filho com a Rua Dona Iracema, no Bairro Limoeiro.</t>
+  </si>
+  <si>
+    <t>31409</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31409/086.pdf</t>
+  </si>
+  <si>
+    <t>À Superintendente Regional do Trabalho, da Gerência Regional do Trabalho e Emprego em Patos de Minas, Rivania Alves Ferreira, indicando a instalação de placa de identificação na fachada do prédio da Gerência Regional do Trabalho e Emprego em Patos de Minas.</t>
+  </si>
+  <si>
+    <t>31410</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/087.pdf</t>
+  </si>
+  <si>
+    <t>À Superintendente Regional da Companhia de Saneamento de Minas Gerais – Copasa, Cristiane Carneiro, indicando a realização de gestões definitivas para sanar o frequente extravasamento de esgoto sanitário na Praça Ibraim Pereira, localizada na Rua Gabriel Pereira, Bairro Rosário, e no cruzamento da Rua Jaime Ramos com a Rua Major Gote.</t>
+  </si>
+  <si>
+    <t>31411</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31411/088.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a construção de praça pública estruturada com aparelhos de ginástica ao ar livre, parquinho infantil, mesas, bancos/assentos, pista de caminhada, projeto de paisagismo e iluminação, em terreno pertencente ao Município, localizado na Rua Dalci Vieira, esquina com a Rua Romeu Gonçalves de Araújo, no Bairro Jardim Itália.</t>
+  </si>
+  <si>
+    <t>31412</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31412/089.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação de travessia elevada na Rua Mata dos Fernandes, próximo ao número 304, Bairro Vila Garcia.</t>
+  </si>
+  <si>
+    <t>31413</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/090.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a alteração no sentido do trânsito de mão dupla para mão única na Rua João Pereira da Silva, localizada no Bairro Vila Garcia.</t>
+  </si>
+  <si>
+    <t>31414</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/091.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o envio de projeto de lei a Casa Legislativa dispondo sobre a implementação de medidas de transição energética nos prédios públicos municipais do Município de Patos de Minas, visando à eficiência energética e ao uso de fontes renováveis, conforme minuta de projeto em anexo.</t>
+  </si>
+  <si>
+    <t>31415</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/092.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito municipal indicando a implementação de dispositivos de acessibilidade no Parque da Mata do Catingueiro.</t>
+  </si>
+  <si>
+    <t>31416</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31416/093.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a instalação de postes com iluminação pública na praça do Distrito de Pilar.</t>
+  </si>
+  <si>
+    <t>31417</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/094.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal indicando a implantação do serviço de recolhimento de veículos em situação de abandono nas ruas da cidade</t>
+  </si>
+  <si>
+    <t>31426</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31426/095_reestabelecer_fornecimento_de_agua_rev.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a ligação/restabelecimento do fornecimento de água na quadra poliesportiva localizada na Praça Ataídes Deus Vieira, situada no Bairro Novo Horizonte.</t>
+  </si>
+  <si>
+    <t>31425</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada de pedestres ou de um redutor de velocidade (quebra-molas) na Rua São Geraldo, esquina com a Rua Geraldo Saturnino da Silva, Bairro Cerrado.</t>
+  </si>
+  <si>
+    <t>31427</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implementação, na rede municipal de ensino, do tema “Violência de Gênero” como conteúdo transversal a ser trabalhado no ambiente escolar.</t>
+  </si>
+  <si>
+    <t>31428</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de serviços de limpeza geral na praça da comunidade de Sertãozinho, incluindo capina e poda das árvores, bem como a execução de obras de calçamento no local,</t>
+  </si>
+  <si>
+    <t>31429</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a cobertura da quadra localizada na Praça da Lagoinha.</t>
+  </si>
+  <si>
+    <t>31430</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando  a estruturação de um centro municipal de acolhimento transitório de animais.</t>
+  </si>
+  <si>
+    <t>31431</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a criação do cargo público de resgatista de fauna silvestre, no âmbito da Administração Pública Municipal.</t>
+  </si>
+  <si>
+    <t>31432</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>31452</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a pintura de faixa de pedestres e realização de outras melhorias no trânsito para facilitar a travessia dos pedestres no cruzamento entre a Rua dos Miosotes e a Rua das Petúnias, Bairro Jardim Paraiso.</t>
+  </si>
+  <si>
+    <t>31453</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de gestões para que a Copasa realize a instalação de outdoors na entrada da cidade e em pontos estratégicos do município, com o objetivo de informar à população e aos visitantes sobre a realização de obras em andamento.</t>
+  </si>
+  <si>
+    <t>31454</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada de pedestres ou de um redutor de velocidade (quebra-molas) na Rua Osvando Amaro Teixeira, na altura do nº 382, localizada no Bairro Laranjeiras.</t>
+  </si>
+  <si>
+    <t>31458</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação do Programa “Cemitério Verde”, com a promoção de arborização e áreas verdes no entorno do cemitério do Município de Patos de Minas.</t>
+  </si>
+  <si>
+    <t>31459</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o asfaltamento do trecho compreendido a partir da rotatória Patense/Alagoas, onde começa a estrada de chão em direção ao Aterro Sanitário até o Trevo da Macumba, aproximadamente 3 km de extensão, coordenadas geográficas: 18.603663917852757, -46.54594511086799 (início), - 18.584679, - 46.560893 (final do trevo).</t>
+  </si>
+  <si>
+    <t>31460</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de gestões para que a Viação Pássaro Branco exija que todos os funcionários da empresa utilizem, de forma obrigatória, crachás de identificação durante o exercício de suas funções.</t>
+  </si>
+  <si>
+    <t>31461</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação estratégica de três redutores de velocidade (quebra-molas) na Rua Flamboyant, sendo um entre as ruas Sibipiruna e Pau-Brasil, outro entre as ruas Pai D’óleo e Castanheiras e outro entre as ruas Aroeiras e Tamboril, Bairro Morada do Sol.</t>
+  </si>
+  <si>
+    <t>31462</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a criação de pontos de apoio para motoentregadores no município de Patos de Minas/MG.</t>
+  </si>
+  <si>
+    <t>31463</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação câmeras inteligentes, com reconhecimento facial dos alunos, identificando automaticamente quando o estudante entrar e sair, nas seguintes escolas municipais: Frei Leopoldo, Maria Inez Rubinger de Queiroz Rodrigues, Norma Borges Beluco, Professor Jacques Corrêa da Costa, Professor Aristides Memória, Professora Madalena Maria de Melo, Professora Marluce Martins de Oliveira Scher, Professora Marisa Murça e Anexo Jacques Corrêa (bairro Caramuru).</t>
+  </si>
+  <si>
+    <t>31464</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de pintura da quadra do Centro Municipal de Educação Infantil - Cmei - Cebolinha, localizado na Rua Acarapés, 471, no Bairro Caramuru.</t>
+  </si>
+  <si>
+    <t>31465</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de aparelhos de ar-condicionado no Restaurante Popular, localizado na Rua Vereador João Pacheco, nº 150, no Bairro Santo Antônio.,</t>
+  </si>
+  <si>
+    <t>31466</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a adequação da calçada em frente ao Tiro de Guerra, localizado na Rua Vereador João Pacheco, nº 260, no Bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>31467</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o recapeamento de trecho da Rua Belo Horizonte, esquina com a Rua Guanabara, Bairro Cerrado.</t>
+  </si>
+  <si>
+    <t>31468</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o recapeamento de trecho da Avenida Presidente Tancredo Neves, Bairro Ipanema, próximo ao condomínio Laguna.</t>
+  </si>
+  <si>
+    <t>31469</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a implantação de redutor de velocidade na Rua Vereador João Pacheco, nas proximidades do número 1583.</t>
+  </si>
+  <si>
+    <t>31475</t>
+  </si>
+  <si>
+    <t>MOCA</t>
+  </si>
+  <si>
+    <t>Moção Aplausos</t>
+  </si>
+  <si>
+    <t>Ao Conselho Municipal de Defesa e Conservação do Meio Ambiente de Patos de Minas - Codema pela significativa atuação nas questões ambientais em nosso município.</t>
+  </si>
+  <si>
+    <t>31476</t>
+  </si>
+  <si>
+    <t>Ao Grupo de Atuação Especial de Combate ao Crime Organizado - Gaeco - Regional Patos de Minas pela realização da Operação Titan, que resultou no desmantelamento da organização criminosa especializada em furto, clonagem e venda ilegal de veículos no Triângulo Mineiro e Alto Paranaíba.</t>
+  </si>
+  <si>
+    <t>31477</t>
+  </si>
+  <si>
+    <t>À Igreja Apostólica Galileu - Galileu Church pelo relevante e dedicado serviço evangelístico, social e humanitário, por meio do qual tem amparado e transformado a vida de centenas de pessoas no município de Patos de Minas.</t>
+  </si>
+  <si>
+    <t>31256</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Gladston Gabriel da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/1686_medalha_da_mulher_barbara_guimaraes_nogueira_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. BÁRBARA GUIMARÃES NOGUEIRA.</t>
+  </si>
+  <si>
+    <t>31257</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31257/1687_medalha_da_mulher_liliane_pereira_costa_nakao_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. LILIANE PEREIRA COSTA NAKAO.</t>
+  </si>
+  <si>
+    <t>31258</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/1688_medalha_da_mulher_eva_maria_fonseca_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. EVA MARIA FONSECA.</t>
+  </si>
+  <si>
+    <t>31265</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31265/1689_medalha_da_mulher_marisa_fonseca_de_freitas_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARISA FONSECA DE FREITAS.</t>
+  </si>
+  <si>
+    <t>31266</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/1690_medalha_da_mulher_regina_aparecida_cardoso_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. REGINA APARECIDA CARDOSO.</t>
+  </si>
+  <si>
+    <t>31267</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31267/1691_medalha_da_mulher_maria_jose_moreira_tosta_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. MARIA JOSÉ MOREIRA TOSTA.</t>
+  </si>
+  <si>
+    <t>31268</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/1692_medalha_da_mulher_cleidilene_silva_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. CLEIDILENE SILVA.</t>
+  </si>
+  <si>
+    <t>31269</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31269/1693_medalha_da_mulher_patricia_rodrigues_dias_fernandes_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. PATRÍCIA RODRIGUES DIAS FERNANDES.</t>
+  </si>
+  <si>
+    <t>31270</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/1694_concede_titulo_cidadao_patense_junio_amaral_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR GERALDO JUNIO DO AMARAL - JUNIO AMARAL.</t>
+  </si>
+  <si>
+    <t>31286</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/1695_medalha_da_mulher_deni_maria_borges_ribeiro_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. DENI MARIA BORGES RIBEIRO.</t>
+  </si>
+  <si>
+    <t>31287</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31287/1696_medalha_da_mulher_lourdes_caixeta_de_castro_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. LOURDES CAIXETA DE CASTRO.</t>
+  </si>
+  <si>
+    <t>31288</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/1697_medalha_da_mulher_celia_olimpia_rodrigues_de_souza_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. CÉLIA OLÍMPIA RODRIGUES DE SOUZA.</t>
+  </si>
+  <si>
+    <t>31289</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>Mauri Sérgio Rodrigues - Mauri da JL</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31289/1698_medalha_da_mulher_rosa_maria_da_silva_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. ROSA MARIA DA SILVA.</t>
+  </si>
+  <si>
+    <t>31290</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/1699_medalha_da_mulher_gabriela_correa_borges_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. GABRIELA CORRÊA BORGES.</t>
+  </si>
+  <si>
+    <t>31301</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31301/1700_medalha_da_mulher_maria_hilda_lima_de_carvalho_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. MARIA ILDA LIMA DE CARVALHO.</t>
+  </si>
+  <si>
+    <t>31302</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/1701_medalha_da_mulher_lucimar_teixeira_da_mota_stabile_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. LUCIMAR TEIXEIRA DA MOTA STÁBILE.</t>
+  </si>
+  <si>
+    <t>31311</t>
+  </si>
+  <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31311/1702_medalha_da_mulher_renilda_abadia_de_oliveira_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. RENILDA ABADIA DE OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>31312</t>
+  </si>
+  <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>Wilian de Campos</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/1703_medalha_da_mulher_erika_araujo_vita_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO  DO DIA INTERNACIONAL DA MULHER À SRA. ERIKA ARAÚJO VITA.</t>
+  </si>
+  <si>
+    <t>31392</t>
+  </si>
+  <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31392/1704_concede_titulo_cidadao_patense_jose_ferreira_de_morais_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR JOSÉ FERREIRA DE MORAIS.</t>
+  </si>
+  <si>
+    <t>31393</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/1705_medalha_de_merito_destaque_esportivo_do_ano_caua_lagares_e_queiroz_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO JOVEM CAUÃ LAGARES E QUEIROZ.</t>
+  </si>
+  <si>
+    <t>31394</t>
+  </si>
+  <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31394/1706_medalha_de_merito_destaque_esportivo_do_ano_antonio_matias_pimentel_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR ANTÔNIO MATIAS PIMENTEL.</t>
+  </si>
+  <si>
+    <t>31395</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/1707_medalha_de_merito_destaque_esportivo_do_ano_equipe_de_handebol_feminino_da_e._m._prof._marluce_martins_de_oliveira_scher_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO À EQUIPE DE HANDEBOL FEMININO DA ESCOLA MUNICIPAL PROFESSORA MARLUCE MARTINS DE OLIVEIRA SCHER.</t>
+  </si>
+  <si>
+    <t>31396</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31396/1708_medalha_de_merito_destaque_esportivo_do_ano_marden_teixeira_braz_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR MARDEN TEIXEIRA BRAZ.</t>
+  </si>
+  <si>
+    <t>31397</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/1709_medalha_de_merito_destaque_esportivo_do_ano_carlos_henrique_candido_silva_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR CARLOS HENRIQUE CÂNDIDO SILVA.</t>
+  </si>
+  <si>
+    <t>31398</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31398/1710_medalha_de_merito_destaque_esportivo_do_ano_ronie_ribeiro_da_silva_-_buiu_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR RONIE RIBEIRO DA SILVA - BUIÚ.</t>
+  </si>
+  <si>
+    <t>31399</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/1711_medalha_de_merito_destaque_esportivo_do_ano_yan_gomes_maciel_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR YAN GOMES MACIEL.</t>
+  </si>
+  <si>
+    <t>31400</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31400/1712_medalha_de_merito_destaque_esportivo_do_ano_alexandre_teotonio_oliveira_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR CARLOS ALEXANDRE TEOTONIO OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>31401</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/1713_medalha_de_merito_destaque_esportivo_do_ano_frank_pereira_braga_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR FRANK PEREIRA BRAGA</t>
+  </si>
+  <si>
+    <t>31402</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31402/1714_medalha_de_merito_destaque_esportivo_do_ano_caua_henrique_fernandes_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO JOVEM CAUÃ HENRIQUE FERNANDES.</t>
+  </si>
+  <si>
+    <t>31403</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31403/1715_medalha_de_merito_destaque_esportivo_do_ano_igor_cunha_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR IGOR RICARDO LINHARES CUNHA</t>
+  </si>
+  <si>
+    <t>31404</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/1716_medalha_de_merito_destaque_esportivo_do_ano_charlen_andre_da_silva_ferreira_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR, CHARLEN ANDRÉ DA SILVA FERREIRA.</t>
+  </si>
+  <si>
+    <t>31405</t>
+  </si>
+  <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31405/1717_medalha_de_merito_destaque_esportivo_do_ano_rosineite_lacerda_de_medeiros_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO À SENHORA, ROSINEITE LACERDA DE MEDEIROS.</t>
+  </si>
+  <si>
+    <t>31406</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/1718_medalha_de_merito_destaque_esportivo_do_ano_marcelo_nascimento_canuto_da_silva_e_sheyla_oliveira_de_andrade_grupo_bora_correr_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AOS FUNDADORES-LÍDERES DO GRUPO “BORA CORRER”, SENHOR MARCELO NASCIMENTO CANUTO DA SILVA E  SENHORA SHEYLA OLIVEIRA DE ANDRADE.</t>
+  </si>
+  <si>
+    <t>31407</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31407/1719_medalha_de_merito_destaque_esportivo_do_ano_thales_santos_affa_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR, THALES SANTOS AFFÁ.</t>
+  </si>
+  <si>
+    <t>31418</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31418/1720_medalha_de_merito_destaque_esportivo_do_ano_jorge_luiz_da_silva_rev.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR, JORGE LUIS DA SILVA.</t>
+  </si>
+  <si>
+    <t>31451</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.docx</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR JOSÉ GUILHERME ROCHA CUNHA.</t>
+  </si>
+  <si>
+    <t>31340</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>PLCE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Executivo</t>
+  </si>
+  <si>
+    <t>Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31340/1000_altera_lei_complementar_699_23_codigo_posturas_e_revoga_arts_do_codigo_tributario.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 699, DE 27 DE DEZEMBRO DE 2023, QUE INSTITUI O CÓDIGO DE POSTURAS", REVOGA ARTIGOS DA LEI Nº 2.550, DE 22 DE DEZEMBRO DE 1989 "CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PATOS DE MINAS", E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31456</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31456/1003_altera_lei_complementar_657_22_regularizacao_fundiaria.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART. 28 E ACRESCENTA ANEXO II À LEI COMPLEMENTAR Nº 657, DE 2 DE MARÇO DE 2022 QUE “DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
     <t>31228</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>Gladston Gabriel da Silva</t>
-[...2 lines deleted...]
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO NO ANEXO IV, DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008, QUE “INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS” (Altera parâmetro das Ruas Tonho do Nico, Amélia de Souza, Virgílio de Souza e Dr. Rasmo Rocha, Bairro Nossa Senhora das Graças).</t>
   </si>
   <si>
+    <t>31433</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/1002_veda_a_participacao_em_concursos_publicos_e_a_nomeacao_pela_administracao_direta_e_indireta_de_pessoas_condenadas_pela_lei_federal_n._11.340_2006_rev.pdf</t>
+  </si>
+  <si>
+    <t>VEDA A PARTICIPAÇÃO EM CONCURSOS PÚBLICOS E A NOMEAÇÃO PELA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DE PESSOAS CONDENADAS PELA LEI FEDERAL N.º 11.340, DE 7 DE AGOSTO DE 2006, E PELA LEI FEDERAL N.º 13.104, DE 9 DE MARÇO DE 2015; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>31221</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>Executivo Municipal</t>
-[...2 lines deleted...]
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DA CÂMARA MUNICIPAL INTERSETORIAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL DO MUNICÍPIO DE PATOS DE MINAS (MG), NO ÂMBITO DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL (SISAN).</t>
   </si>
   <si>
+    <t>31252</t>
+  </si>
+  <si>
+    <t>6545</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/6545_altera_a_lei_9078_25_repasse_financeiro_ao_cisalp.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (Formalização de parcerias, com transferência de recursos, entre o Município e ações realizadas por meio do Consórcio Intermunicipal de Saúde do Alto Paranaíba - CISALP no montante de R$ 1.093.305,18 (um milhão, noventa e três mil, trezentos e cinco reais e dezoito centavos).</t>
+  </si>
+  <si>
+    <t>31272</t>
+  </si>
+  <si>
+    <t>6553</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31272/6553_autoriza_municipio_ceder_imovel_a_copasa.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE PATOS DE MINAS A CEDER O USO DE IMÓVEL PÚBLICO DE SUA PROPRIEDADE EM FAVOR DA COPASA PATOS SANEAMENTO S.A., SUBSIDIÁRIA INTEGRAL DA COPASA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31303</t>
+  </si>
+  <si>
+    <t>6554</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31303/6554_altera_a_lei_9078_25_repasse_financeiro_ao_cdc_de_moreiras.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e Conselho de Desenvolvimento Comunitário de Moreiras, no valor de R$ 193.362,00 (cento e noventa e três mil, trezentos e sessenta e dois reais), a serem distribuídos em Contribuições).</t>
+  </si>
+  <si>
+    <t>31324</t>
+  </si>
+  <si>
+    <t>6558</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31324/6558_altera_lei_9078_25_repasse_financeiro_ao_fia.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos, (Amparo Eurípedes Novelino)</t>
+  </si>
+  <si>
+    <t>31325</t>
+  </si>
+  <si>
+    <t>6559</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/6559_altera_lei_9078_25_repasse_ao_fia_casa_das_meninas.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos (Casa das Meninas)</t>
+  </si>
+  <si>
+    <t>31326</t>
+  </si>
+  <si>
+    <t>6560</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31326/6560_altera_lei_9078_25_repasse_financeiro_ao_fia_-_casa_da_sopa_tia_euzapia.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos (Casa da Sopa tia Euzápia)</t>
+  </si>
+  <si>
+    <t>31327</t>
+  </si>
+  <si>
+    <t>6561</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/6561_altera_lei_9078_25_repasse_financeiro_ao_fia_-_assistencia_chico_xavier.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos (Posto de Assistência Chico Xavier).</t>
+  </si>
+  <si>
+    <t>31328</t>
+  </si>
+  <si>
+    <t>6562</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31328/6562_altera_lei_9078_25_repasse_financeiro_ao_fia-_associacao_entre_lacos.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos (Associação Entre Laços)</t>
+  </si>
+  <si>
+    <t>31329</t>
+  </si>
+  <si>
+    <t>6563</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/6563_altera_lei_9078_25_repasse_ao_fia_-_lar_de_paulo_e_estevao.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FIA – Entidades Assist. Criança/Adolescente a preencher requisitos (Lar de Paulo e Estevão)</t>
+  </si>
+  <si>
+    <t>31330</t>
+  </si>
+  <si>
+    <t>6564</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31330/6564_altera_lei_9078_25_repasse_ao_fid_-_fundacao_pro-curar-se.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FID – Entidades de Assistência ao Idoso a Preencher Requisitos (Pró-Curar-Se)</t>
+  </si>
+  <si>
+    <t>31331</t>
+  </si>
+  <si>
+    <t>6565</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/6565_altera_lei_9078_25_repasse_financeiro_a_ass._de_produtores_de_mata_burros.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Transferência de recursos, entre o Município de Patos de Minas e a Associação de Pequenos Produtores Rurais de Mata Burros)</t>
+  </si>
+  <si>
+    <t>31332</t>
+  </si>
+  <si>
+    <t>6566</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31332/6566_altera_lei_9078_25_repasse_a_ass._de_santos_reis_de_major_porto.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e a Associação de Santos Reis de Major Porto)</t>
+  </si>
+  <si>
+    <t>31333</t>
+  </si>
+  <si>
+    <t>6567</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31333/6567_altera_lei_9078_25_repasse_a_amm_cnm_fmp_e_fnp.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS”, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e as Associações e Agências Municipais (Associação Mineira de Municípios (AMM) - Confederação Nacional dos Municípios (CNM) - Frente Mineira de Prefeitos (FMP) - Frente Nacional de Prefeitas e Prefeitos (FNP)).</t>
+  </si>
+  <si>
+    <t>31334</t>
+  </si>
+  <si>
+    <t>6568</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/6568_altera_lei_9078_25_repasse_ao_fid_ass._dos_deficientes_visuais.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o FID – Entidades de Assistência ao Idoso a preencher requisitos (Associação dos Deficientes Visuais – QADV)</t>
+  </si>
+  <si>
+    <t>31335</t>
+  </si>
+  <si>
+    <t>6569</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31335/6569_altera_lei_9078_25_repasse_ao_consep_policia_civil.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o Conselho de Segurança Pública de Patos de Minas (Polícia Civil)</t>
+  </si>
+  <si>
+    <t>31336</t>
+  </si>
+  <si>
+    <t>6570</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/6570_altera_lei_9078_25_repasse_ao_consep_realizacao_de_corrida_do_batalhao.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o Conselho de Segurança Pública de Patos de Minas (Polícia Militar – realização de corrida)</t>
+  </si>
+  <si>
+    <t>31337</t>
+  </si>
+  <si>
+    <t>6571</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31337/6571_autoriza_executivo_a_aderir_plano_de_amortizacao_de_debitos_junto_a_pgfn.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ADESÃO AO PLANO DE AMORTIZAÇÃO DE DÉBITOS DO MUNICÍPIO DE PATOS DE MINAS RELATIVOS ÀS SUAS CONTRIBUIÇÕES PREVIDENCIÁRIAS PERANTE A PROCURADORIA-GERAL DA FAZENDA NACIONAL (PGFN) E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31339</t>
+  </si>
+  <si>
+    <t>6572</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31339/6572_autoriza_dacao_em_pagto_de_imoveis_a_ccm_construtora_e_materiais_de_construcao_ltda..pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A DAÇÃO EM PAGAMENTO DOS IMÓVEIS QUE ESPECIFICA EM FAVOR DA EMPRESA CCM CONSTRUTORA E MATERIAIS DE CONSTRUÇÃO LTDA. E OUTROS.</t>
+  </si>
+  <si>
+    <t>31366</t>
+  </si>
+  <si>
+    <t>6586</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31366/6586_altera_lei_7923_2020_servico_de_inspecao_animal.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O ART. 13-A  A LEI Nº 7.923, DE 3 DE MARÇO DE 2.020, QUE “DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO MUNICIPAL – SIM”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31367</t>
+  </si>
+  <si>
+    <t>6587</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/6587_altera_lei_9078_25_repasse_financeiro_ass._produtores_de_mata_burros.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS DE MATA BURROS)</t>
+  </si>
+  <si>
+    <t>31368</t>
+  </si>
+  <si>
+    <t>6588</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31368/6588_altera_lei_9078_25_repasse_financeiro_a_ass._moradores_e_produtores_rurais_de_leal.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (ASSOCIAÇÃO DE MORADORES E PEQUENOS PRODUTORES RURAIS DE LEAL)</t>
+  </si>
+  <si>
+    <t>31369</t>
+  </si>
+  <si>
+    <t>6589</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/6589_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (OBRAS SOCIAIS EURÍPEDES BARSANULFO - COLÉGIO EURÍPEDES BARSANULFO)</t>
+  </si>
+  <si>
+    <t>31371</t>
+  </si>
+  <si>
+    <t>6591</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/6591_altera_lei_9078_25_repasse_a_uniao_nacional_dos_conselhos_de_educacao.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (UNIÃO NACIONAL DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO (UNDIME/MG) E UNIÃO NACIONAL DOS CONSELHOS MUNICIPAIS DE EDUCAÇÃO (UNCME)</t>
+  </si>
+  <si>
+    <t>31372</t>
+  </si>
+  <si>
+    <t>6592</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31372/6592_autoriza_abertura_de_credito_especial.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA CRIAÇÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE.</t>
+  </si>
+  <si>
+    <t>31373</t>
+  </si>
+  <si>
+    <t>6593</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/6593_altera_lei_9078_25_repasse_ao_centro_educacional_infantil_escolinha_tia_edna.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (CENTRO EDUCACIONAL INFANTIL BENEFICENTE SEMENTES FARROUPILHA – ESCOLINHA TIA EDNA)</t>
+  </si>
+  <si>
+    <t>31374</t>
+  </si>
+  <si>
+    <t>6594</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31374/6594_altera_lei_9078_25_repasse_financeiro_a_apac.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (ASSOCIAÇÃO DE PROTEÇÃO E ASSISTÊNCIA AOS CONDENADOS - APAC)</t>
+  </si>
+  <si>
+    <t>31375</t>
+  </si>
+  <si>
+    <t>6595</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/6595_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (OBRAS SOCIAIS EURÍPEDES BARSANULFO)</t>
+  </si>
+  <si>
+    <t>31436</t>
+  </si>
+  <si>
+    <t>6598</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31436/6598_altera_lei_9078_25__viacao_passaro_branco_ltda..pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA. (VIAÇÃO PÁSSARO BRANCO)</t>
+  </si>
+  <si>
+    <t>31419</t>
+  </si>
+  <si>
+    <t>6599</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/6599_autoria_iprem_a_reajustar_os_beneficios_previdenciarios.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE PATOS DE MINAS – IPREM A REAJUSTAR OS BENEFÍCIOS PREVIDENCIÁRIOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31420</t>
+  </si>
+  <si>
+    <t>6600</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31420/6600_concede_reajuste_de_vencimentos_ao_servidores_publicos_municipais.pdf</t>
+  </si>
+  <si>
+    <t>CONDEDE REAJUSTE DE VENCIMENTO AO SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31448</t>
+  </si>
+  <si>
+    <t>6614</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31448/6614_altera_lei_9078_25_repasse_financeiro_a_lpd.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (REPASSE À LIGA PATENSE DE DESPORTOS - LPD).</t>
+  </si>
+  <si>
+    <t>31449</t>
+  </si>
+  <si>
+    <t>6615</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/6615_altera_lei_9078_25_repasse_financeiro_a_apae.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (REPASSE FINANCEIRO À APAE)</t>
+  </si>
+  <si>
+    <t>31450</t>
+  </si>
+  <si>
+    <t>6616</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31450/6616_relatorio_do_processo_digital_no_5.655-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA DAÇÃO EM PAGAMENTO DOS IMÓVEIS QUE ESPECIFICA EM FAVOR DE ROGÉRIO QUEIROZ ARAÚJO.</t>
+  </si>
+  <si>
+    <t>31455</t>
+  </si>
+  <si>
+    <t>6617</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/6617_altera_lei_9078_25_subvencao_ass._circuito_turistico_caminhos_do_cerrado.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (REPASSE À ASSOCIAÇÃO CIRCUITO TURÍSTICO CAMINHOS DO CERRADO)</t>
+  </si>
+  <si>
+    <t>31457</t>
+  </si>
+  <si>
+    <t>6618</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/6618_altera_a_redacao_do_caput_do_art._6o_da_lei_no_6.545_de_27_de_fevereiro_de_2012_que_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 6º DA LEI Nº 6.545, DE 27 DE FEVEREIRO DE 2012 QUE “CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER”.</t>
+  </si>
+  <si>
+    <t>31470</t>
+  </si>
+  <si>
+    <t>6619</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/6619_altera_lei_9078_25_subvencao_a_associacao_vem_ser.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (REPASSE À Associação Vem Ser de Proteção e Assistência à Criança e ao Adolescente de Patos de Minas)</t>
+  </si>
+  <si>
+    <t>31471</t>
+  </si>
+  <si>
+    <t>6620</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/6620_altera_lei_9078_25_subvencao_ao_rotary_club_patos_de_minas_paranaiba.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (REPASSE AO Rotary Club de Patos de Minas Paranaíba)</t>
+  </si>
+  <si>
+    <t>31472</t>
+  </si>
+  <si>
+    <t>6621</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/6621_altera_destinacao_de_bem_publico_municipal.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A DESTINAÇÃO DE BEM PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31473</t>
+  </si>
+  <si>
+    <t>6622</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31473/6622_dispoe_sobre_poliitica_municipal_do_turismo_e_cria_o_fundo_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Turismo, reorganiza o Conselho Municipal de Turismo (COMTUR), cria o Fundo Municipal de Turismo (FUMTUR) e dá outras providências.</t>
+  </si>
+  <si>
     <t>31215</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA GUIOMAR FERNANDES MOREIRA A UNIDADE BÁSICA DE SAÚDE - UBS LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>31216</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “DIREITA LIVRE” NO MUNICÍPIO DE PATOS DE MINAS, NOS TERMOS DO ART. 44-A DO CÓDIGO DE TRÂNSITO BRASILEIRO.</t>
   </si>
   <si>
     <t>31219</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS, DIRETRIZES E PROCEDIMENTOS PARA O FECHAMENTO, A SUSPENSÃO OU A NUCLEAÇÃO DE TURMAS DOS ANOS INICIAIS DO ENSINO FUNDAMENTAL NA REDE MUNICIPAL DE ENSINO, ESPECIALMENTE NAS COMUNIDADES RURAIS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31218</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POSSIBILIDADE DE CONVERSÃO DO PAGAMENTO DE MULTAS DE TRÂNSITO DE NATUREZA LEVE, APLICADAS PELO MUNICÍPIO DE PATOS DE MINAS, EM DOAÇÃO DE SANGUE; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>31220</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>Antônio Jorge de Oliveira Cury - Toninho Cury</t>
-[...2 lines deleted...]
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARMANDO CARIOCA A ATUAL RUA 41 LOCALIZADA NO BAIRRO MORADA DA SERRA.</t>
   </si>
   <si>
     <t>31222</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
-    <t>Itamar André dos Santos</t>
-[...2 lines deleted...]
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA DR. DIRCEU DEOCLECIANO PACHECO O CENTRO DE ATENÇÃO PSICOSSOCIAL INFANTOJUVENIL, LOCALIZADO NO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>31223</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSIÇÃO ENERGÉTICA NOS PRÉDIOS PÚBLICOS MUNICIPAIS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31224</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO À RECUSA DE MATRÍCULA DE CRIANÇAS E ADOLESCENTES COM NEURODIVERGÊNCIA POR INSTITUIÇÕES DE ENSINO PRIVADAS NO MUNICÍPIO DE PATOS DE MINAS; ASSEGURA O DIREITO À INCLUSÃO ESCOLAR E AO ACOMPANHANTE ESPECIALIZADO; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31225</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA MUNICIPAL DE CONSCIENTIZAÇÃO DA PSORÍASE” NO MUNICÍPIO DE PATOS DE MINAS; ESTABELECE DIRETRIZES PARA SUA CELEBRAÇÃO; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31226</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “PROGRAMA MUNICIPAL DE ESTÍMULO AO EMPREENDEDORISMO DE MÃES ATÍPICAS” NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31227</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INVASÃO, OCUPAÇÃO, FECHAMENTO IRREGULAR DE VIAS PÚBLICAS E OBSTRUÇÃO DE SISTEMAS DE DRENAGEM DE ÁGUAS PLUVIAIS NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
+    <t>31253</t>
+  </si>
+  <si>
+    <t>6544</t>
+  </si>
+  <si>
+    <t>José Luiz Borges Júnior, Brenda Évellyn Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31253/6544_divulgacao_da_identidade_de_pessoas_condenadas_por_crimes_contra_animais_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DIVULGAÇÃO DA IDENTIDADE DE PESSOAS CONDENADAS POR MAUS TRATOS A ANIMAIS NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31254</t>
+  </si>
+  <si>
+    <t>6546</t>
+  </si>
+  <si>
+    <t>Brenda Évellyn Santos, Leomar de Lima Silva - Sargento Leomar, Paulo Augusto Corrêa, Paulo Henrique Fernandes Caixeta</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/6546_diretrizes_de_incentivo_ao_jovem_empreendedor_rev.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES DE INCENTIVO AO JOVEM EMPREENDEDOR NO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31255</t>
+  </si>
+  <si>
+    <t>6547</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DA “CENTRAL VIRTUAL PARA ADOÇÃO DE CÃES E GATOS”; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31262</t>
+  </si>
+  <si>
+    <t>6548</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31262/6548_suprime_o_paragrafo_unico_do_art._13_e_altera_o_caput_do_art._13_da_lei_no_6.200.2010_transporte_de_escolares_rev.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 13 E SUPRIME O RESPECTIVO PARÁGRAFO ÚNICO, DA LEI MUNICIPAL Nº 6.200, DE 6 DE JANEIRO DE 2010, QUE “DISPÕE SOBRE O TRANSPORTE DE ESCOLARES NO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31263</t>
+  </si>
+  <si>
+    <t>6549</t>
+  </si>
+  <si>
+    <t>Ezequiel Macedo Galvão - Ezequiel Macedo, Leomar de Lima Silva - Sargento Leomar</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31263/6549_atendimento_prioritario_para_pais_responsaveis_legais_ou_cuidadores_rev.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE O ATENDIMENTO PRIORITÁRIO PARA PAIS, RESPONSÁVEIS LEGAIS E CUIDADORES DE PESSOAS COM DEFICIÊNCIA NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31264</t>
+  </si>
+  <si>
+    <t>6550</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/6550_institui_a_semana_municipal_da_mae_atipica_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A SEMANA A MUNICIPAL DA MÃE ATÍPICA NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31285</t>
+  </si>
+  <si>
+    <t>6551</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/6551__dispoe_sobre_a_fiscalizacao_e_o_acompanhamento_da_execucao_de_emendas_parlamentares_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FISCALIZAÇÃO E O ACOMPANHAMENTO DA EXECUÇÃO DE EMENDAS PARLAMENTARES MUNICIPAIS, ESTADUAIS E FEDERAIS REPASSADAS AO MUNICÍPIO; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31271</t>
+  </si>
+  <si>
+    <t>6552</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31271/6552_institui_o__dia_da_mae_atipica_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O “DIA DA MÃE ATÍPICA; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31309</t>
+  </si>
+  <si>
+    <t>6555</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31309/6555_cria_o_botao_do_panico_para_mulheres_em_situacao_de_violencia_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO "BOTÃO DO PÂNICO" PARA MULHERES EM SITUAÇÃO DE VIOLÊNCIA, ASSÉDIO OU RISCO, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31310</t>
+  </si>
+  <si>
+    <t>6556</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/6556_politica_municipal_de_transparencia_em_obras_publicas_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A POLÍTICA MUNICIPAL DE TRANSPARÊNCIA EM OBRAS PÚBLICAS" NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31323</t>
+  </si>
+  <si>
+    <t>6557</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/6557_obrigatoriedade_de_registro_em_video_dos_procedimentos_de_banho_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE REGISTRO EM VÍDEO DOS PROCEDIMENTOS DE BANHO E TOSA REALIZADOS EM CÃES E GATOS, MEDIANTE SOLICITAÇÃO DO TUTOR, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31353</t>
+  </si>
+  <si>
+    <t>6573</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/6573_denomina_barbara_lopes_magalhaes_a_ubs_do_bairro_morada_da_serra_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA BARBARA LOPES MAGALHÃES A UNIDADE BÁSICA DE SAÚDE - UBS LOCALIZADA NO BAIRRO MORADA DA SERRA.</t>
+  </si>
+  <si>
+    <t>31354</t>
+  </si>
+  <si>
+    <t>6574</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31354/6574_institui_o_programa_empreendedorismo_na_melhor_idade_no_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O PROGRAMA "EMPREENDEDORISMO NA MELHOR IDADE"; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31355</t>
+  </si>
+  <si>
+    <t>6575</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/6575_institui_e_inclui_no_calendario_oficial_do_municipio_a_semana_municipal_de_combate_e_conscientizacao_sobre_o_cancer_de_pele_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A “SEMANA MUNICIPAL DE COMBATE E CONSCIENTIZAÇÃO SOBRE O CÂNCER DE PELE” NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31356</t>
+  </si>
+  <si>
+    <t>6576</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31356/6576_institui_a_semana_municipal_do_agronegocio_inclui_a_data_no_calendario_oficial_do_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, A “SEMANA MUNICIPAL DO AGRONEGÓCIO”; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31357</t>
+  </si>
+  <si>
+    <t>6577</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/6577_denomina_adiron_antonio_da_silva_a_atual_rua_wb_localizada_no_bairro_alto_da_serra_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA ADIRON ANTÔNIO DA SILVA A ATUAL RUA WB, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
+  </si>
+  <si>
+    <t>31358</t>
+  </si>
+  <si>
+    <t>6578</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31358/6578_protocolo_de_atendimento_aos_portadores_de_alopecia_areata_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O PROTOCOLO DE ATENDIMENTO ÀS PESSOAS COM ALOPECIA AREATA; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31359</t>
+  </si>
+  <si>
+    <t>6579</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/6579_institui_o_dia_e_a__semana_municipal_da_mae_atipica_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O DIA E A SEMANA MUNICIPAL DA MÃE ATÍPICA NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31360</t>
+  </si>
+  <si>
+    <t>6580</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31360/6580_institui_o_programa_praca_do_acolhimento_no_municipio_de_patos_de_minas_ver2_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O PROGRAMA “PRAÇA DO ACOLHIMENTO”; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31361</t>
+  </si>
+  <si>
+    <t>6581</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/6581_estabelece_medidas_para_garantir_o_acesso_seguro_e_responsavel_ao_spray_de_extratos_vegetais_rev.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE MEDIDAS PARA GARANTIR O ACESSO SEGURO E RESPONSÁVEL AO SPRAY DE EXTRATOS VEGETAIS COMO INSTRUMENTO DE LEGÍTIMA DEFESA PARA MULHERES, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31362</t>
+  </si>
+  <si>
+    <t>6582</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31362/6582_diretrizes_politica_municipal_de_incentivo_e_fortalecimento_da_agricultura_familiar_ver2_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE DIRETRIZES PARA A “POLÍTICA MUNICIPAL DE INCENTIVO E FORTALECIMENTO DA AGRICULTURA FAMILIAR” NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31363</t>
+  </si>
+  <si>
+    <t>6583</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/6583_institui_o_programa_memoria_limpa_proibe_dar_nome_de_pessoas_em_bens_publicos_por_pessoas_condenadas_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA “MEMÓRIA LIMPA”, QUE DISPÕE SOBRE A VEDAÇÃO À ATRIBUIÇÃO DE NOMES DE PESSOAS CONDENADAS POR CRIMES COM SENTENÇA TRANSITADA EM JULGADO A LOGRADOUROS E BENS PÚBLICOS DO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31364</t>
+  </si>
+  <si>
+    <t>6584</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31364/6584_institui_diretrizes_para_a_capacitacao_de_servidores_que_atuam_na_rede_publica_de_saude_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI DIRETRIZES PARA A CAPACITAÇÃO DE SERVIDORES QUE ATUAM NA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO DE PATOS DE MINAS SOBRE CONHECIMENTO TÉCNICO-CIENTÍFICO E RESPECTIVO DIAGNÓSTICO PRECOCE DAS DOENÇAS RARAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31365</t>
+  </si>
+  <si>
+    <t>6585</t>
+  </si>
+  <si>
+    <t>Ezequiel Macedo Galvão - Ezequiel Macedo, Brenda Évellyn Santos, Elizabeth Maria Nascimento e Silva-Professora Beth, Leomar de Lima Silva - Sargento Leomar</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/6585_protocolo_de_atencao_humanizada_em_situacao_de_perda_gestacional_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O “PROTOCOLO DE ATENÇÃO HUMANIZADA À MULHER EM SITUAÇÃO DE PERDA GESTACIONAL E NEONATAL”; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31370</t>
+  </si>
+  <si>
+    <t>6590</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31370/6590_dispoe_sobre_a_vedacao_de_praticas_de_intimidacao_contra_servidores_publicos_municipais_durante_o_exercicio_de_suas_funcoes_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A VEDAÇÃO DE ATOS DE INTIMIDAÇÃO, CONSTRANGIMENTO E EXPOSIÇÃO VEXATÓRIA CONTRA SERVIDORES PÚBLICOS MUNICIPAIS NO EXERCÍCIO DE SUAS FUNÇÕES; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31434</t>
+  </si>
+  <si>
+    <t>6596</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31434/6596_denomina_rua_maria_braz_borges_a_atual_rual_iv_no_bairro_coracao_eucaristico_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA MARIA BRAZ BORGES CAIXETA A ATUAL RUA IV LOCALIZADA NO BAIRRO CORAÇÃO EUCARÍSTICO.</t>
+  </si>
+  <si>
+    <t>31435</t>
+  </si>
+  <si>
+    <t>6597</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/6597_dispoe_sobre_a_instituicao_da_semana_municipal_de_conscientizacao_e_orientacao_sobre_ciclomotores_e_veiculos_eletricos_rev.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A “SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO E ORIENTAÇÃO SOBRE CICLOMOTORES E VEÍCULOS ELÉTRICOS” NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31421</t>
+  </si>
+  <si>
+    <t>6601</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/6601_concede_reajuste_aos_servidores_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES DO PODER LEGISLATIVO; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31422</t>
+  </si>
+  <si>
+    <t>6602</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31422/6602_revisao_prefeito_e_vice._2026.pdf</t>
+  </si>
+  <si>
+    <t>REVISA O SUBSÍDIO DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31423</t>
+  </si>
+  <si>
+    <t>6603</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/6603_revisao_secretarios_municipais.pdf</t>
+  </si>
+  <si>
+    <t>REVISA O SUBSÍDIO DO SECRETÁRIO MUNICIPAL, PROCURADOR-GERAL E CONTROLADOR-GERAL DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>31424</t>
+  </si>
+  <si>
+    <t>6604</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31424/6604_concede_revisao_subsidio_vereador.pdf</t>
+  </si>
+  <si>
+    <t>REVISA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE PATOS DE MINAS. (Revisão geral anual)</t>
+  </si>
+  <si>
+    <t>31437</t>
+  </si>
+  <si>
+    <t>6605</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/6605_dispoe_sobre_a_autorizacao_e_regulamentacao_do_uso_de_produtos_quimicos_herbicidas_para_limpeza_e_controle_de_vegetacao_em_areas_publicas_no_municipio_de_patos_de_minas_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO E REGULAMENTAÇÃO DO USO DE PRODUTOS QUÍMICOS HERBICIDAS PARA LIMPEZA E CONTROLE DE VEGETAÇÃO EM ÁREAS PÚBLICAS NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31438</t>
+  </si>
+  <si>
+    <t>6606</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31438/6606_dispoe_sobre_a_terceirizacao_da_administracao_manutencao_e_operacao_dos_cemiterios_rurais_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TERCEIRIZAÇÃO DA ADMINISTRAÇÃO, MANUTENÇÃO E OPERAÇÃO DOS CEMITÉRIOS RURAIS NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31439</t>
+  </si>
+  <si>
+    <t>6607</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/6607_dispoe_sobre_a_obrigatoriedade_de_concessionarias_e_revendas_de_veiculos_novos_e_seminovos_afixarem_cartazes_informativos_acerca_do_direito_a_isencao_do_ipva_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE CONCESSIONÁRIAS E REVENDAS DE VEÍCULOS NOVOS E SEMINOVOS AFIXAREM CARTAZES INFORMATIVOS ACERCA DO DIREITO À ISENÇÃO DO IPVA PARA PESSOAS COM DEFICIÊNCIA NO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31440</t>
+  </si>
+  <si>
+    <t>6608</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31440/6608_denomina_rua_vilson_jose_da_silva_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA VILSON JOSÉ DA SILVA A ATUAL RUA 119 LOCALIZADA NO BAIRRO PLANALTO.</t>
+  </si>
+  <si>
+    <t>31441</t>
+  </si>
+  <si>
+    <t>6609</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/6609_execucao_de_hinos_nacional_e_de_patos_de_minas_em_eventos_rev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DA EXECUÇÃO DO HINO NACIONAL BRASILEIRO E DO HINO DO MUNICÍPIO DE PATOS DE MINAS EM EVENTOS PÚBLICOS OFICIAIS E SOBRE O INCENTIVO AO ENSINO DOS HINOS NAS INSTITUIÇÕES DE ENSINO DO MUNICÍPIO; E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31442</t>
+  </si>
+  <si>
+    <t>6610</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31442/6610_diretrizes_para_capacitacao_de_profissionais_na_identificacao_de_sinais_de_abuso_moral_sexual_exploracao_infantil_rev.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES PARA A CAPACITAÇÃO DE PROFISSIONAIS QUANTO À IDENTIFICAÇÃO DE SINAIS DE ABUSO MORAL, FÍSICO, SEXUAL E EXPLORAÇÃO SEXUAL INFANTIL NO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31443</t>
+  </si>
+  <si>
+    <t>6611</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/6611_diretrizes_de_incentivo_a_educacao_empreendedora_e_financeira_no_municipio_rev.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE DIRETRIZES DE INCENTIVO À EDUCAÇÃO EMPREENDEDORA E FINANCEIRA NO MUNICÍPIO DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31444</t>
+  </si>
+  <si>
+    <t>6612</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31444/6612_denomina_rua_lucia_emilia_alves_barcelos_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA LÚCIA EMÍLIA ALVES BARCELOS DE CASTRO A RUA 43 LOCALIZADA NO BAIRRO JARDIM PELLUZO.</t>
+  </si>
+  <si>
+    <t>31445</t>
+  </si>
+  <si>
+    <t>6613</t>
+  </si>
+  <si>
+    <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/6613_denomina_dr._jose_claudio_arpini_a_unidade_basica_de_saude_do_bairro_nova_floresta_rev.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA DR. JOSÉ CLÁUDIO ARPINI A UNIDADE BÁSICA DE SAÚDE - UBS LOCALIZADA NO BAIRRO NOVA FLORESTA.</t>
+  </si>
+  <si>
+    <t>31338</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/353_dispoe_sobre_regulamentacao_dos_procedimentos_de_registro_cadastral.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REGULAMENTAÇÃO DOS PROCEDIMENTOS AUXILIARES DE REGISTRO CADASTRAL, PRÉ-QUALIFICAÇÃO E PROCEDIMENTO DE MANIFESTAÇÃO DE INTERESSE, DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE PATOS DE MINAS.</t>
+  </si>
+  <si>
+    <t>31446</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31446/354_altera_a_resolucao_326.25.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 5º DA RESOLUÇÃO Nº 326, DE 11 DE ABRIL DE 2025, QUE “CRIA A MEDALHA DE MÉRITO “DESTAQUE SERVIDOR PÚBLICO APOSENTADO”, A SER OUTORGADA PELA CÂMARA MUNICIPAL DE PATOS DE MINAS”.</t>
+  </si>
+  <si>
     <t>31242</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento Solicitação</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf</t>
   </si>
   <si>
     <t>À Secretária Municipal de Desenvolvimento Social, Elisângela Fernandes, solicitando o envio a esta Casa Legislativa, no prazo de 30 (trinta) dias, conforme previsto no § 4º do art. 60 da Lei Orgânica Municipal, de informações referentes às passagens adquiridas e concedidas a pessoas em situação de rua no Município de Patos de Minas, nos anos de 2023, 2024 e 2025.</t>
+  </si>
+  <si>
+    <t>31300</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/req_002.pdf</t>
+  </si>
+  <si>
+    <t>Ao Secretário Municipal de Educação, Carlos André Rodrigues, solicitando o envio a esta Casa Legislativa, no prazo de 30 (trinta) dias, conforme previsto no § 4º do art. 60 da Lei Orgânica Municipal, de informações detalhadas acerca da organização do atendimento educacional especializado na rede municipal de ensino, incluindo:_x000D_
+1 – o número total de professores de apoio designados no atual ano letivo;_x000D_
+2 – o número total de alunos que demandam atendimento por professor de apoio na rede municipal de ensino;_x000D_
+3 – o número de alunos que estão sendo efetivamente atendidos por professores de apoio, com a devida comparação entre a demanda existente e o atendimento realizado;_x000D_
+4 – o número de agentes de educação contratados pelo Sisalp que atuam exercendo a mesma função de professor de apoio;_x000D_
+5 – o número de alunos que demandam atendimento por esses agentes de educação;_x000D_
+6 – o número de alunos que estão sendo efetivamente atendidos por esses agentes de educação;_x000D_
+7 – o número de cargos ofertados pa</t>
+  </si>
+  <si>
+    <t>31390</t>
+  </si>
+  <si>
+    <t>Mauri Sérgio Rodrigues - Mauri da JL, Ezequiel Macedo Galvão - Ezequiel Macedo</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31390/003_convovacao_para_esclarecimentos_inerentes_as_suas_pastas_aos_presidentes_dos_cdcs_-_conselhos_de_desenvolvimento_comunitarios_rev_.docx</t>
+  </si>
+  <si>
+    <t>Ao Secretário Municipal de Agricultura, Pecuária e Desenvolvimento Sustentável, Thiago Araújo Oliveira, ao Secretário Municipal de Obras Públicas, Marcos José Braga e ao Diretor de Estradas, Sérgio Pereira Borges, convidando-os para comparecer à audiência pública, a ser realizada no Plenário da Câmara Municipal de Patos de Minas, no dia 31 de março de 2026,  às 14 horas, a fim de prestarem esclarecimentos inerentes às suas pastas aos presidentes dos Conselhos de Desenvolvimento Comunitários - CDC’s.</t>
+  </si>
+  <si>
+    <t>31391</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/req_004.pdf</t>
+  </si>
+  <si>
+    <t>À Ouvidoria competente de Patos de Minas, o envio a esta Casa Legislativa, no prazo de 30 (trinta) dias, conforme previsto no § 4º do art. 60 da Lei Orgânica Municipal, o envio integral dos Processos Administrativos n.os 5064/23, 978/24 e 28930/24, incluindo: _x000D_
+I – todas as manifestações técnicas, pareceres, despachos e informações de servidores ou setores envolvidos; _x000D_
+II – notas fiscais, documentos contábeis e comprovantes de pagamentos vinculados ao processo; _x000D_
+III – valores recebidos ou repassados por instituições privadas; _x000D_
+IV – documentos e informações relacionadas a eventual participação da Cemig ou de outras entidades mencionadas no procedimento.</t>
+  </si>
+  <si>
+    <t>31447</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/req_005.pdf</t>
+  </si>
+  <si>
+    <t>Convocando a Secretária Municipal de Saúde, Ana Carolina Magalhães Caixeta, e convidando a Secretária Executiva do Consórcio Intermunicipal de Saúde do Alto Paranaíba - Cisalp, Lucélia Soares de Lima, a Diretora Executiva do  Consórcio Intermunicipal de Saúde do Centro Nordeste - Ciscen, Gabriela Manfrin Garcia Costa, e representante do Conselho Municipal de Saúde, para comparecerem à reunião especial a ser realizada no dia 8 de abril de 2026, às 14 horas, no Plenário desta Casa Legislativa, localizada na Rua José de Santana, 470, a fim de prestar esclarecimentos sobre assuntos relacionados à área da saúde no município.</t>
+  </si>
+  <si>
+    <t>31474</t>
+  </si>
+  <si>
+    <t>Ao Secretário Municipal de Cultura, Turismo, Esporte e Lazer, Paulo Henrique Rodrigues Moreira, solicitando o encaminhamento a esta Casa Legislativa, no prazo de 30 (trinta) dias, conforme previsto no § 4º do art. 60 da Lei Orgânica Municipal, de informações detalhadas acerca da reforma do Teatro Municipal Leão de Formosa, incluindo especialmente os seguintes dados: _x000D_
+I – o nome das empresas responsáveis pela execução das obras da sala de espetáculos;_x000D_
+II – o nome das empresas responsáveis pela execução das obras da galeria do teatro;_x000D_
+III – o valor individual de cada contrato firmado para execução das referidas obras;_x000D_
+IV – o valor total dos investimentos destinados à reforma;_x000D_
+V – o cronograma físico de execução das obras, contendo as etapas previstas e o prazo para conclusão dos serviços;_x000D_
+VI – o prazo previsto para conclusão dos serviços;_x000D_
+VII – a especificação detalhada dos serviços previstos, contendo a descrição das melhorias estruturais, ..</t>
+  </si>
+  <si>
+    <t>31376</t>
+  </si>
+  <si>
+    <t>moc</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31376/mocao_congratulacao_001.pdf</t>
+  </si>
+  <si>
+    <t>À cientista brasileira Tatiana Sampaio, uma Moção de Congratulação, pelo trabalho científico desenvolvido, por intermédio da Universidade Federal do Rio de Janeiro – UFRJ, na área da medicina regenerativa, que consiste no estudo do desenvolvimento da substância denominada polilaminina, com potencial de regeneração de conexões nervosas da medula espinhal, possibilitando recuperação de movimentos em pacientes com lesões medulares</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -825,69 +3552,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002_recapeamento_da_rua_divina_severo_dos_santos_rev.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31233/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31235/007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31237/009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31239/011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31241/013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31245/014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31247/016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31260/022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31274/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31276/027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31278/029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31280/031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31282/033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31284/035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31291/036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31293/038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31297/042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31299/044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31305/046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31307/048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31313/050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31315/052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31317/054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31319/056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31321/058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31322/059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31342/061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31345/064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31346/065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31348/067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31350/069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31352/071.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31378/073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31380/075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31382/077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31384/079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31386/081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31388/083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31409/086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31411/088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31412/089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31416/093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31426/095_reestabelecer_fornecimento_de_agua_rev.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/1686_medalha_da_mulher_barbara_guimaraes_nogueira_rev.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31257/1687_medalha_da_mulher_liliane_pereira_costa_nakao_rev.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/1688_medalha_da_mulher_eva_maria_fonseca_rev.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31265/1689_medalha_da_mulher_marisa_fonseca_de_freitas_rev.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/1690_medalha_da_mulher_regina_aparecida_cardoso_rev.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31267/1691_medalha_da_mulher_maria_jose_moreira_tosta_rev.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/1692_medalha_da_mulher_cleidilene_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31269/1693_medalha_da_mulher_patricia_rodrigues_dias_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/1694_concede_titulo_cidadao_patense_junio_amaral_rev.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/1695_medalha_da_mulher_deni_maria_borges_ribeiro_rev.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31287/1696_medalha_da_mulher_lourdes_caixeta_de_castro_rev.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/1697_medalha_da_mulher_celia_olimpia_rodrigues_de_souza_rev.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31289/1698_medalha_da_mulher_rosa_maria_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/1699_medalha_da_mulher_gabriela_correa_borges_rev.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31301/1700_medalha_da_mulher_maria_hilda_lima_de_carvalho_rev.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/1701_medalha_da_mulher_lucimar_teixeira_da_mota_stabile_rev.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31311/1702_medalha_da_mulher_renilda_abadia_de_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/1703_medalha_da_mulher_erika_araujo_vita_rev.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31392/1704_concede_titulo_cidadao_patense_jose_ferreira_de_morais_rev.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/1705_medalha_de_merito_destaque_esportivo_do_ano_caua_lagares_e_queiroz_rev.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31394/1706_medalha_de_merito_destaque_esportivo_do_ano_antonio_matias_pimentel_rev.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/1707_medalha_de_merito_destaque_esportivo_do_ano_equipe_de_handebol_feminino_da_e._m._prof._marluce_martins_de_oliveira_scher_rev.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31396/1708_medalha_de_merito_destaque_esportivo_do_ano_marden_teixeira_braz_rev.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/1709_medalha_de_merito_destaque_esportivo_do_ano_carlos_henrique_candido_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31398/1710_medalha_de_merito_destaque_esportivo_do_ano_ronie_ribeiro_da_silva_-_buiu_rev.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/1711_medalha_de_merito_destaque_esportivo_do_ano_yan_gomes_maciel_rev.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31400/1712_medalha_de_merito_destaque_esportivo_do_ano_alexandre_teotonio_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/1713_medalha_de_merito_destaque_esportivo_do_ano_frank_pereira_braga_rev.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31402/1714_medalha_de_merito_destaque_esportivo_do_ano_caua_henrique_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31403/1715_medalha_de_merito_destaque_esportivo_do_ano_igor_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/1716_medalha_de_merito_destaque_esportivo_do_ano_charlen_andre_da_silva_ferreira_rev.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31405/1717_medalha_de_merito_destaque_esportivo_do_ano_rosineite_lacerda_de_medeiros_rev.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/1718_medalha_de_merito_destaque_esportivo_do_ano_marcelo_nascimento_canuto_da_silva_e_sheyla_oliveira_de_andrade_grupo_bora_correr_rev.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31407/1719_medalha_de_merito_destaque_esportivo_do_ano_thales_santos_affa_rev.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31418/1720_medalha_de_merito_destaque_esportivo_do_ano_jorge_luiz_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31340/1000_altera_lei_complementar_699_23_codigo_posturas_e_revoga_arts_do_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31456/1003_altera_lei_complementar_657_22_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/1002_veda_a_participacao_em_concursos_publicos_e_a_nomeacao_pela_administracao_direta_e_indireta_de_pessoas_condenadas_pela_lei_federal_n._11.340_2006_rev.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/6545_altera_a_lei_9078_25_repasse_financeiro_ao_cisalp.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31272/6553_autoriza_municipio_ceder_imovel_a_copasa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31303/6554_altera_a_lei_9078_25_repasse_financeiro_ao_cdc_de_moreiras.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31324/6558_altera_lei_9078_25_repasse_financeiro_ao_fia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/6559_altera_lei_9078_25_repasse_ao_fia_casa_das_meninas.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31326/6560_altera_lei_9078_25_repasse_financeiro_ao_fia_-_casa_da_sopa_tia_euzapia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/6561_altera_lei_9078_25_repasse_financeiro_ao_fia_-_assistencia_chico_xavier.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31328/6562_altera_lei_9078_25_repasse_financeiro_ao_fia-_associacao_entre_lacos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/6563_altera_lei_9078_25_repasse_ao_fia_-_lar_de_paulo_e_estevao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31330/6564_altera_lei_9078_25_repasse_ao_fid_-_fundacao_pro-curar-se.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/6565_altera_lei_9078_25_repasse_financeiro_a_ass._de_produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31332/6566_altera_lei_9078_25_repasse_a_ass._de_santos_reis_de_major_porto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31333/6567_altera_lei_9078_25_repasse_a_amm_cnm_fmp_e_fnp.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/6568_altera_lei_9078_25_repasse_ao_fid_ass._dos_deficientes_visuais.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31335/6569_altera_lei_9078_25_repasse_ao_consep_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/6570_altera_lei_9078_25_repasse_ao_consep_realizacao_de_corrida_do_batalhao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31337/6571_autoriza_executivo_a_aderir_plano_de_amortizacao_de_debitos_junto_a_pgfn.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31339/6572_autoriza_dacao_em_pagto_de_imoveis_a_ccm_construtora_e_materiais_de_construcao_ltda..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31366/6586_altera_lei_7923_2020_servico_de_inspecao_animal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/6587_altera_lei_9078_25_repasse_financeiro_ass._produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31368/6588_altera_lei_9078_25_repasse_financeiro_a_ass._moradores_e_produtores_rurais_de_leal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/6589_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/6591_altera_lei_9078_25_repasse_a_uniao_nacional_dos_conselhos_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31372/6592_autoriza_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/6593_altera_lei_9078_25_repasse_ao_centro_educacional_infantil_escolinha_tia_edna.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31374/6594_altera_lei_9078_25_repasse_financeiro_a_apac.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/6595_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31436/6598_altera_lei_9078_25__viacao_passaro_branco_ltda..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/6599_autoria_iprem_a_reajustar_os_beneficios_previdenciarios.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31420/6600_concede_reajuste_de_vencimentos_ao_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31448/6614_altera_lei_9078_25_repasse_financeiro_a_lpd.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/6615_altera_lei_9078_25_repasse_financeiro_a_apae.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31450/6616_relatorio_do_processo_digital_no_5.655-2026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/6617_altera_lei_9078_25_subvencao_ass._circuito_turistico_caminhos_do_cerrado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/6618_altera_a_redacao_do_caput_do_art._6o_da_lei_no_6.545_de_27_de_fevereiro_de_2012_que_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/6619_altera_lei_9078_25_subvencao_a_associacao_vem_ser.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/6620_altera_lei_9078_25_subvencao_ao_rotary_club_patos_de_minas_paranaiba.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/6621_altera_destinacao_de_bem_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31473/6622_dispoe_sobre_poliitica_municipal_do_turismo_e_cria_o_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31253/6544_divulgacao_da_identidade_de_pessoas_condenadas_por_crimes_contra_animais_rev.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/6546_diretrizes_de_incentivo_ao_jovem_empreendedor_rev.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31262/6548_suprime_o_paragrafo_unico_do_art._13_e_altera_o_caput_do_art._13_da_lei_no_6.200.2010_transporte_de_escolares_rev.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31263/6549_atendimento_prioritario_para_pais_responsaveis_legais_ou_cuidadores_rev.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/6550_institui_a_semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/6551__dispoe_sobre_a_fiscalizacao_e_o_acompanhamento_da_execucao_de_emendas_parlamentares_rev.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31271/6552_institui_o__dia_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31309/6555_cria_o_botao_do_panico_para_mulheres_em_situacao_de_violencia_rev.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/6556_politica_municipal_de_transparencia_em_obras_publicas_rev.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/6557_obrigatoriedade_de_registro_em_video_dos_procedimentos_de_banho_rev.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/6573_denomina_barbara_lopes_magalhaes_a_ubs_do_bairro_morada_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31354/6574_institui_o_programa_empreendedorismo_na_melhor_idade_no_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/6575_institui_e_inclui_no_calendario_oficial_do_municipio_a_semana_municipal_de_combate_e_conscientizacao_sobre_o_cancer_de_pele_rev.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31356/6576_institui_a_semana_municipal_do_agronegocio_inclui_a_data_no_calendario_oficial_do_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/6577_denomina_adiron_antonio_da_silva_a_atual_rua_wb_localizada_no_bairro_alto_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31358/6578_protocolo_de_atendimento_aos_portadores_de_alopecia_areata_rev.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/6579_institui_o_dia_e_a__semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31360/6580_institui_o_programa_praca_do_acolhimento_no_municipio_de_patos_de_minas_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/6581_estabelece_medidas_para_garantir_o_acesso_seguro_e_responsavel_ao_spray_de_extratos_vegetais_rev.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31362/6582_diretrizes_politica_municipal_de_incentivo_e_fortalecimento_da_agricultura_familiar_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/6583_institui_o_programa_memoria_limpa_proibe_dar_nome_de_pessoas_em_bens_publicos_por_pessoas_condenadas_rev.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31364/6584_institui_diretrizes_para_a_capacitacao_de_servidores_que_atuam_na_rede_publica_de_saude_rev.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/6585_protocolo_de_atencao_humanizada_em_situacao_de_perda_gestacional_rev.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31370/6590_dispoe_sobre_a_vedacao_de_praticas_de_intimidacao_contra_servidores_publicos_municipais_durante_o_exercicio_de_suas_funcoes_rev.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31434/6596_denomina_rua_maria_braz_borges_a_atual_rual_iv_no_bairro_coracao_eucaristico_rev.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/6597_dispoe_sobre_a_instituicao_da_semana_municipal_de_conscientizacao_e_orientacao_sobre_ciclomotores_e_veiculos_eletricos_rev.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/6601_concede_reajuste_aos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31422/6602_revisao_prefeito_e_vice._2026.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/6603_revisao_secretarios_municipais.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31424/6604_concede_revisao_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/6605_dispoe_sobre_a_autorizacao_e_regulamentacao_do_uso_de_produtos_quimicos_herbicidas_para_limpeza_e_controle_de_vegetacao_em_areas_publicas_no_municipio_de_patos_de_minas_rev.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31438/6606_dispoe_sobre_a_terceirizacao_da_administracao_manutencao_e_operacao_dos_cemiterios_rurais_rev.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/6607_dispoe_sobre_a_obrigatoriedade_de_concessionarias_e_revendas_de_veiculos_novos_e_seminovos_afixarem_cartazes_informativos_acerca_do_direito_a_isencao_do_ipva_rev.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31440/6608_denomina_rua_vilson_jose_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/6609_execucao_de_hinos_nacional_e_de_patos_de_minas_em_eventos_rev.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31442/6610_diretrizes_para_capacitacao_de_profissionais_na_identificacao_de_sinais_de_abuso_moral_sexual_exploracao_infantil_rev.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/6611_diretrizes_de_incentivo_a_educacao_empreendedora_e_financeira_no_municipio_rev.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31444/6612_denomina_rua_lucia_emilia_alves_barcelos_rev.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/6613_denomina_dr._jose_claudio_arpini_a_unidade_basica_de_saude_do_bairro_nova_floresta_rev.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/353_dispoe_sobre_regulamentacao_dos_procedimentos_de_registro_cadastral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31446/354_altera_a_resolucao_326.25.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/req_002.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31390/003_convovacao_para_esclarecimentos_inerentes_as_suas_pastas_aos_presidentes_dos_cdcs_-_conselhos_de_desenvolvimento_comunitarios_rev_.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/req_004.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/req_005.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31376/mocao_congratulacao_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="54.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="142" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -996,846 +3722,6948 @@
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
         <v>45</v>
       </c>
-      <c r="D10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G10" s="1" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="H15" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="H16" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="H18" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="H21" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>92</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="H22" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D23" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="H23" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="D24" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="H24" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="D25" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="D26" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="H26" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="D28" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D31" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="D32" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>27</v>
+        <v>147</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="H32" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>27</v>
+        <v>147</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>154</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
         <v>147</v>
       </c>
-      <c r="B34" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="H34" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H35" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>162</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>163</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>45</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H36" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>166</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H37" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>170</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>171</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>27</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H38" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>174</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>175</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>91</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H39" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>178</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>179</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>91</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H40" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>182</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>183</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>184</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H41" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>187</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>77</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H42" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>191</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>192</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>77</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H43" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>196</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>77</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H44" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>199</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>200</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>45</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H45" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>203</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H46" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>208</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>209</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>205</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H47" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>212</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>205</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H48" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>216</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>45</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H49" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>220</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>222</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H50" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>225</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>226</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>77</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H51" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>229</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>230</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>72</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H52" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>233</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>234</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>147</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H53" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>237</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>238</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>147</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H54" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>241</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>242</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>147</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H55" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>245</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>246</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H56" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>249</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>250</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H57" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>253</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>254</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>45</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H58" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>257</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>258</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H59" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>261</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>262</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>36</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H60" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>265</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>266</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>36</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H61" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>269</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>270</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>72</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H62" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>273</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>274</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>77</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H63" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>277</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>278</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>77</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H64" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>281</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>282</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>72</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H65" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>285</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>286</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>36</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H66" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>289</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>290</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>222</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H67" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>293</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>294</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>222</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H68" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>297</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>298</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>222</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H69" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>301</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>302</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>18</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H70" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>305</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H71" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>309</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>310</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H72" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>313</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>314</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>45</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H73" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>317</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>318</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H74" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>321</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>322</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H75" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>325</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>326</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H76" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>329</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>330</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>45</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H77" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>333</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>334</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>45</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H78" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>337</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>338</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>45</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H79" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>341</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>342</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>36</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H80" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>346</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>36</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H81" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>349</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>350</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>205</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H82" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>353</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>354</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>36</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H83" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>357</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>358</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>205</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H84" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>361</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>362</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>205</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H85" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>365</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>366</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>77</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H86" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>369</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>370</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>147</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H87" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>373</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>374</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>147</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H88" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>377</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>378</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>147</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H89" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>381</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>382</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>77</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H90" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>385</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>386</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>77</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H91" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>389</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>390</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>109</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H92" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>393</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>394</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H93" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>397</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>398</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H94" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>401</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>402</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H95" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>405</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>406</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>72</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H96" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>409</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>410</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H97" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>412</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>413</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H98" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>415</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>416</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>72</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H99" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>418</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>419</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>77</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H100" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>421</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>422</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>77</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H101" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>424</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>425</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>77</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H102" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>427</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>428</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H103" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>429</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>430</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>72</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H104" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>432</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>433</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>72</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H105" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>435</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>436</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>205</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H106" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>438</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>439</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>91</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H107" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>441</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>442</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>91</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H108" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>444</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>445</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>36</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H109" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>447</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>448</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>36</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H110" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>450</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>451</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>36</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H111" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>453</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>454</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>91</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H112" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>456</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>457</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>147</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H113" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>459</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>460</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>147</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H114" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>462</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>463</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>147</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H115" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>465</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>466</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>27</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H116" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>468</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>469</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>27</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H117" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>471</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>472</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>45</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H118" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>474</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>10</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" t="s">
+      <c r="D119" t="s">
+        <v>475</v>
+      </c>
+      <c r="E119" t="s">
+        <v>476</v>
+      </c>
+      <c r="F119" t="s">
+        <v>184</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H119" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>478</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" t="s">
+        <v>475</v>
+      </c>
+      <c r="E120" t="s">
+        <v>476</v>
+      </c>
+      <c r="F120" t="s">
+        <v>184</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H120" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>480</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>22</v>
+      </c>
+      <c r="D121" t="s">
+        <v>475</v>
+      </c>
+      <c r="E121" t="s">
+        <v>476</v>
+      </c>
+      <c r="F121" t="s">
+        <v>72</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H121" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>482</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>483</v>
+      </c>
+      <c r="D122" t="s">
+        <v>484</v>
+      </c>
+      <c r="E122" t="s">
+        <v>485</v>
+      </c>
+      <c r="F122" t="s">
+        <v>486</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H122" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>489</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>490</v>
+      </c>
+      <c r="D123" t="s">
+        <v>484</v>
+      </c>
+      <c r="E123" t="s">
+        <v>485</v>
+      </c>
+      <c r="F123" t="s">
+        <v>222</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H123" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>493</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>494</v>
+      </c>
+      <c r="D124" t="s">
+        <v>484</v>
+      </c>
+      <c r="E124" t="s">
+        <v>485</v>
+      </c>
+      <c r="F124" t="s">
+        <v>72</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H124" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>497</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>498</v>
+      </c>
+      <c r="D125" t="s">
+        <v>484</v>
+      </c>
+      <c r="E125" t="s">
+        <v>485</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H125" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>501</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>502</v>
+      </c>
+      <c r="D126" t="s">
+        <v>484</v>
+      </c>
+      <c r="E126" t="s">
+        <v>485</v>
+      </c>
+      <c r="F126" t="s">
+        <v>27</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H126" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>505</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>506</v>
+      </c>
+      <c r="D127" t="s">
+        <v>484</v>
+      </c>
+      <c r="E127" t="s">
+        <v>485</v>
+      </c>
+      <c r="F127" t="s">
+        <v>109</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H127" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>509</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>510</v>
+      </c>
+      <c r="D128" t="s">
+        <v>484</v>
+      </c>
+      <c r="E128" t="s">
+        <v>485</v>
+      </c>
+      <c r="F128" t="s">
+        <v>36</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H128" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>513</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>514</v>
+      </c>
+      <c r="D129" t="s">
+        <v>484</v>
+      </c>
+      <c r="E129" t="s">
+        <v>485</v>
+      </c>
+      <c r="F129" t="s">
+        <v>45</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H129" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>517</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>518</v>
+      </c>
+      <c r="D130" t="s">
+        <v>484</v>
+      </c>
+      <c r="E130" t="s">
+        <v>485</v>
+      </c>
+      <c r="F130" t="s">
+        <v>45</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H130" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>522</v>
+      </c>
+      <c r="D131" t="s">
+        <v>484</v>
+      </c>
+      <c r="E131" t="s">
+        <v>485</v>
+      </c>
+      <c r="F131" t="s">
+        <v>147</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H131" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>526</v>
+      </c>
+      <c r="D132" t="s">
+        <v>484</v>
+      </c>
+      <c r="E132" t="s">
+        <v>485</v>
+      </c>
+      <c r="F132" t="s">
+        <v>91</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H132" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>529</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>530</v>
+      </c>
+      <c r="D133" t="s">
+        <v>484</v>
+      </c>
+      <c r="E133" t="s">
+        <v>485</v>
+      </c>
+      <c r="F133" t="s">
+        <v>67</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H133" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>533</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>534</v>
+      </c>
+      <c r="D134" t="s">
+        <v>484</v>
+      </c>
+      <c r="E134" t="s">
+        <v>485</v>
+      </c>
+      <c r="F134" t="s">
+        <v>535</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H134" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>538</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>539</v>
+      </c>
+      <c r="D135" t="s">
+        <v>484</v>
+      </c>
+      <c r="E135" t="s">
+        <v>485</v>
+      </c>
+      <c r="F135" t="s">
+        <v>77</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H135" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>542</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>543</v>
+      </c>
+      <c r="D136" t="s">
+        <v>484</v>
+      </c>
+      <c r="E136" t="s">
+        <v>485</v>
+      </c>
+      <c r="F136" t="s">
+        <v>205</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H136" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>546</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>547</v>
+      </c>
+      <c r="D137" t="s">
+        <v>484</v>
+      </c>
+      <c r="E137" t="s">
+        <v>485</v>
+      </c>
+      <c r="F137" t="s">
+        <v>18</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H137" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>550</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>551</v>
+      </c>
+      <c r="D138" t="s">
+        <v>484</v>
+      </c>
+      <c r="E138" t="s">
+        <v>485</v>
+      </c>
+      <c r="F138" t="s">
+        <v>62</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H138" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>554</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>555</v>
+      </c>
+      <c r="D139" t="s">
+        <v>484</v>
+      </c>
+      <c r="E139" t="s">
+        <v>485</v>
+      </c>
+      <c r="F139" t="s">
+        <v>556</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H139" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>559</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>560</v>
+      </c>
+      <c r="D140" t="s">
+        <v>484</v>
+      </c>
+      <c r="E140" t="s">
+        <v>485</v>
+      </c>
+      <c r="F140" t="s">
+        <v>205</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H140" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>563</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>564</v>
+      </c>
+      <c r="D141" t="s">
+        <v>484</v>
+      </c>
+      <c r="E141" t="s">
+        <v>485</v>
+      </c>
+      <c r="F141" t="s">
+        <v>36</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H141" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>567</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>568</v>
+      </c>
+      <c r="D142" t="s">
+        <v>484</v>
+      </c>
+      <c r="E142" t="s">
+        <v>485</v>
+      </c>
+      <c r="F142" t="s">
+        <v>109</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H142" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>571</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>572</v>
+      </c>
+      <c r="D143" t="s">
+        <v>484</v>
+      </c>
+      <c r="E143" t="s">
+        <v>485</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H143" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>575</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>576</v>
+      </c>
+      <c r="D144" t="s">
+        <v>484</v>
+      </c>
+      <c r="E144" t="s">
+        <v>485</v>
+      </c>
+      <c r="F144" t="s">
+        <v>205</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H144" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>579</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>580</v>
+      </c>
+      <c r="D145" t="s">
+        <v>484</v>
+      </c>
+      <c r="E145" t="s">
+        <v>485</v>
+      </c>
+      <c r="F145" t="s">
+        <v>62</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H145" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>583</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>584</v>
+      </c>
+      <c r="D146" t="s">
+        <v>484</v>
+      </c>
+      <c r="E146" t="s">
+        <v>485</v>
+      </c>
+      <c r="F146" t="s">
+        <v>147</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H146" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>587</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>588</v>
+      </c>
+      <c r="D147" t="s">
+        <v>484</v>
+      </c>
+      <c r="E147" t="s">
+        <v>485</v>
+      </c>
+      <c r="F147" t="s">
+        <v>45</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H147" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>591</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>592</v>
+      </c>
+      <c r="D148" t="s">
+        <v>484</v>
+      </c>
+      <c r="E148" t="s">
+        <v>485</v>
+      </c>
+      <c r="F148" t="s">
+        <v>222</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H148" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>595</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>596</v>
+      </c>
+      <c r="D149" t="s">
+        <v>484</v>
+      </c>
+      <c r="E149" t="s">
+        <v>485</v>
+      </c>
+      <c r="F149" t="s">
+        <v>72</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H149" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>599</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>600</v>
+      </c>
+      <c r="D150" t="s">
+        <v>484</v>
+      </c>
+      <c r="E150" t="s">
+        <v>485</v>
+      </c>
+      <c r="F150" t="s">
+        <v>535</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H150" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>603</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>604</v>
+      </c>
+      <c r="D151" t="s">
+        <v>484</v>
+      </c>
+      <c r="E151" t="s">
+        <v>485</v>
+      </c>
+      <c r="F151" t="s">
+        <v>77</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H151" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>607</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>608</v>
+      </c>
+      <c r="D152" t="s">
+        <v>484</v>
+      </c>
+      <c r="E152" t="s">
+        <v>485</v>
+      </c>
+      <c r="F152" t="s">
+        <v>91</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H152" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>611</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>612</v>
+      </c>
+      <c r="D153" t="s">
+        <v>484</v>
+      </c>
+      <c r="E153" t="s">
+        <v>485</v>
+      </c>
+      <c r="F153" t="s">
+        <v>27</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H153" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>615</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>616</v>
+      </c>
+      <c r="D154" t="s">
+        <v>484</v>
+      </c>
+      <c r="E154" t="s">
+        <v>485</v>
+      </c>
+      <c r="F154" t="s">
+        <v>486</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H154" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>619</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>620</v>
+      </c>
+      <c r="D155" t="s">
+        <v>484</v>
+      </c>
+      <c r="E155" t="s">
+        <v>485</v>
+      </c>
+      <c r="F155" t="s">
+        <v>556</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H155" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>623</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>624</v>
+      </c>
+      <c r="D156" t="s">
+        <v>484</v>
+      </c>
+      <c r="E156" t="s">
+        <v>485</v>
+      </c>
+      <c r="F156" t="s">
+        <v>67</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H156" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>627</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>628</v>
+      </c>
+      <c r="D157" t="s">
+        <v>484</v>
+      </c>
+      <c r="E157" t="s">
+        <v>485</v>
+      </c>
+      <c r="F157" t="s">
+        <v>109</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H157" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>631</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>632</v>
+      </c>
+      <c r="D158" t="s">
+        <v>633</v>
+      </c>
+      <c r="E158" t="s">
+        <v>634</v>
+      </c>
+      <c r="F158" t="s">
+        <v>635</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H158" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>638</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>639</v>
+      </c>
+      <c r="D159" t="s">
+        <v>633</v>
+      </c>
+      <c r="E159" t="s">
+        <v>634</v>
+      </c>
+      <c r="F159" t="s">
+        <v>635</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H159" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>642</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>643</v>
+      </c>
+      <c r="D160" t="s">
+        <v>644</v>
+      </c>
+      <c r="E160" t="s">
+        <v>645</v>
+      </c>
+      <c r="F160" t="s">
+        <v>486</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H160" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>648</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>649</v>
+      </c>
+      <c r="D161" t="s">
+        <v>644</v>
+      </c>
+      <c r="E161" t="s">
+        <v>645</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H161" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>652</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>653</v>
+      </c>
+      <c r="D162" t="s">
+        <v>654</v>
+      </c>
+      <c r="E162" t="s">
+        <v>655</v>
+      </c>
+      <c r="F162" t="s">
+        <v>635</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H162" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>658</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>659</v>
+      </c>
+      <c r="D163" t="s">
+        <v>654</v>
+      </c>
+      <c r="E163" t="s">
+        <v>655</v>
+      </c>
+      <c r="F163" t="s">
+        <v>635</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H163" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>662</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>663</v>
+      </c>
+      <c r="D164" t="s">
+        <v>654</v>
+      </c>
+      <c r="E164" t="s">
+        <v>655</v>
+      </c>
+      <c r="F164" t="s">
+        <v>635</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H164" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>666</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>667</v>
+      </c>
+      <c r="D165" t="s">
+        <v>654</v>
+      </c>
+      <c r="E165" t="s">
+        <v>655</v>
+      </c>
+      <c r="F165" t="s">
+        <v>635</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H165" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>670</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>671</v>
+      </c>
+      <c r="D166" t="s">
+        <v>654</v>
+      </c>
+      <c r="E166" t="s">
+        <v>655</v>
+      </c>
+      <c r="F166" t="s">
+        <v>635</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H166" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>674</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>675</v>
+      </c>
+      <c r="D167" t="s">
+        <v>654</v>
+      </c>
+      <c r="E167" t="s">
+        <v>655</v>
+      </c>
+      <c r="F167" t="s">
+        <v>635</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H167" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>678</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>679</v>
+      </c>
+      <c r="D168" t="s">
+        <v>654</v>
+      </c>
+      <c r="E168" t="s">
+        <v>655</v>
+      </c>
+      <c r="F168" t="s">
+        <v>635</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H168" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>682</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>683</v>
+      </c>
+      <c r="D169" t="s">
+        <v>654</v>
+      </c>
+      <c r="E169" t="s">
+        <v>655</v>
+      </c>
+      <c r="F169" t="s">
+        <v>635</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H169" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>686</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>687</v>
+      </c>
+      <c r="D170" t="s">
+        <v>654</v>
+      </c>
+      <c r="E170" t="s">
+        <v>655</v>
+      </c>
+      <c r="F170" t="s">
+        <v>635</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H170" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>690</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>691</v>
+      </c>
+      <c r="D171" t="s">
+        <v>654</v>
+      </c>
+      <c r="E171" t="s">
+        <v>655</v>
+      </c>
+      <c r="F171" t="s">
+        <v>635</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H171" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>694</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>695</v>
+      </c>
+      <c r="D172" t="s">
+        <v>654</v>
+      </c>
+      <c r="E172" t="s">
+        <v>655</v>
+      </c>
+      <c r="F172" t="s">
+        <v>635</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H172" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>698</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>699</v>
+      </c>
+      <c r="D173" t="s">
+        <v>654</v>
+      </c>
+      <c r="E173" t="s">
+        <v>655</v>
+      </c>
+      <c r="F173" t="s">
+        <v>635</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H173" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>702</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>703</v>
+      </c>
+      <c r="D174" t="s">
+        <v>654</v>
+      </c>
+      <c r="E174" t="s">
+        <v>655</v>
+      </c>
+      <c r="F174" t="s">
+        <v>635</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H174" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>706</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>707</v>
+      </c>
+      <c r="D175" t="s">
+        <v>654</v>
+      </c>
+      <c r="E175" t="s">
+        <v>655</v>
+      </c>
+      <c r="F175" t="s">
+        <v>635</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H175" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>710</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>711</v>
+      </c>
+      <c r="D176" t="s">
+        <v>654</v>
+      </c>
+      <c r="E176" t="s">
+        <v>655</v>
+      </c>
+      <c r="F176" t="s">
+        <v>635</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H176" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>714</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>715</v>
+      </c>
+      <c r="D177" t="s">
+        <v>654</v>
+      </c>
+      <c r="E177" t="s">
+        <v>655</v>
+      </c>
+      <c r="F177" t="s">
+        <v>635</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H177" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>718</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>719</v>
+      </c>
+      <c r="D178" t="s">
+        <v>654</v>
+      </c>
+      <c r="E178" t="s">
+        <v>655</v>
+      </c>
+      <c r="F178" t="s">
+        <v>635</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H178" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>722</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>723</v>
+      </c>
+      <c r="D179" t="s">
+        <v>654</v>
+      </c>
+      <c r="E179" t="s">
+        <v>655</v>
+      </c>
+      <c r="F179" t="s">
+        <v>635</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H179" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>726</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>727</v>
+      </c>
+      <c r="D180" t="s">
+        <v>654</v>
+      </c>
+      <c r="E180" t="s">
+        <v>655</v>
+      </c>
+      <c r="F180" t="s">
+        <v>635</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H180" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>730</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>731</v>
+      </c>
+      <c r="D181" t="s">
+        <v>654</v>
+      </c>
+      <c r="E181" t="s">
+        <v>655</v>
+      </c>
+      <c r="F181" t="s">
+        <v>635</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H181" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>734</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>735</v>
+      </c>
+      <c r="D182" t="s">
+        <v>654</v>
+      </c>
+      <c r="E182" t="s">
+        <v>655</v>
+      </c>
+      <c r="F182" t="s">
+        <v>635</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H182" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>738</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>739</v>
+      </c>
+      <c r="D183" t="s">
+        <v>654</v>
+      </c>
+      <c r="E183" t="s">
+        <v>655</v>
+      </c>
+      <c r="F183" t="s">
+        <v>635</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H183" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>742</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>743</v>
+      </c>
+      <c r="D184" t="s">
+        <v>654</v>
+      </c>
+      <c r="E184" t="s">
+        <v>655</v>
+      </c>
+      <c r="F184" t="s">
+        <v>635</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H184" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>746</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>747</v>
+      </c>
+      <c r="D185" t="s">
+        <v>654</v>
+      </c>
+      <c r="E185" t="s">
+        <v>655</v>
+      </c>
+      <c r="F185" t="s">
+        <v>635</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H185" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>750</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>751</v>
+      </c>
+      <c r="D186" t="s">
+        <v>654</v>
+      </c>
+      <c r="E186" t="s">
+        <v>655</v>
+      </c>
+      <c r="F186" t="s">
+        <v>635</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H186" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>754</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>755</v>
+      </c>
+      <c r="D187" t="s">
+        <v>654</v>
+      </c>
+      <c r="E187" t="s">
+        <v>655</v>
+      </c>
+      <c r="F187" t="s">
+        <v>635</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H187" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>758</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>759</v>
+      </c>
+      <c r="D188" t="s">
+        <v>654</v>
+      </c>
+      <c r="E188" t="s">
+        <v>655</v>
+      </c>
+      <c r="F188" t="s">
+        <v>635</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H188" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>762</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>763</v>
+      </c>
+      <c r="D189" t="s">
+        <v>654</v>
+      </c>
+      <c r="E189" t="s">
+        <v>655</v>
+      </c>
+      <c r="F189" t="s">
+        <v>635</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H189" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>766</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>767</v>
+      </c>
+      <c r="D190" t="s">
+        <v>654</v>
+      </c>
+      <c r="E190" t="s">
+        <v>655</v>
+      </c>
+      <c r="F190" t="s">
+        <v>635</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H190" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>770</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>771</v>
+      </c>
+      <c r="D191" t="s">
+        <v>654</v>
+      </c>
+      <c r="E191" t="s">
+        <v>655</v>
+      </c>
+      <c r="F191" t="s">
+        <v>635</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H191" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>774</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>775</v>
+      </c>
+      <c r="D192" t="s">
+        <v>654</v>
+      </c>
+      <c r="E192" t="s">
+        <v>655</v>
+      </c>
+      <c r="F192" t="s">
+        <v>635</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H192" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>778</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>779</v>
+      </c>
+      <c r="D193" t="s">
+        <v>654</v>
+      </c>
+      <c r="E193" t="s">
+        <v>655</v>
+      </c>
+      <c r="F193" t="s">
+        <v>635</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H193" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>782</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>783</v>
+      </c>
+      <c r="D194" t="s">
+        <v>654</v>
+      </c>
+      <c r="E194" t="s">
+        <v>655</v>
+      </c>
+      <c r="F194" t="s">
+        <v>635</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H194" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>786</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>787</v>
+      </c>
+      <c r="D195" t="s">
+        <v>654</v>
+      </c>
+      <c r="E195" t="s">
+        <v>655</v>
+      </c>
+      <c r="F195" t="s">
+        <v>635</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H195" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>790</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>791</v>
+      </c>
+      <c r="D196" t="s">
+        <v>654</v>
+      </c>
+      <c r="E196" t="s">
+        <v>655</v>
+      </c>
+      <c r="F196" t="s">
+        <v>635</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H196" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>794</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>795</v>
+      </c>
+      <c r="D197" t="s">
+        <v>654</v>
+      </c>
+      <c r="E197" t="s">
+        <v>655</v>
+      </c>
+      <c r="F197" t="s">
+        <v>635</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H197" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>798</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>799</v>
+      </c>
+      <c r="D198" t="s">
+        <v>654</v>
+      </c>
+      <c r="E198" t="s">
+        <v>655</v>
+      </c>
+      <c r="F198" t="s">
+        <v>635</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H198" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>802</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>803</v>
+      </c>
+      <c r="D199" t="s">
+        <v>654</v>
+      </c>
+      <c r="E199" t="s">
+        <v>655</v>
+      </c>
+      <c r="F199" t="s">
+        <v>635</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H199" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>806</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>807</v>
+      </c>
+      <c r="D200" t="s">
+        <v>654</v>
+      </c>
+      <c r="E200" t="s">
+        <v>655</v>
+      </c>
+      <c r="F200" t="s">
+        <v>635</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H200" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>810</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>811</v>
+      </c>
+      <c r="D201" t="s">
+        <v>654</v>
+      </c>
+      <c r="E201" t="s">
+        <v>655</v>
+      </c>
+      <c r="F201" t="s">
+        <v>635</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H201" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>814</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>815</v>
+      </c>
+      <c r="D202" t="s">
+        <v>816</v>
+      </c>
+      <c r="E202" t="s">
+        <v>817</v>
+      </c>
+      <c r="F202" t="s">
+        <v>486</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H202" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>820</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>821</v>
+      </c>
+      <c r="D203" t="s">
+        <v>816</v>
+      </c>
+      <c r="E203" t="s">
+        <v>817</v>
+      </c>
+      <c r="F203" t="s">
+        <v>18</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H203" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>824</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>825</v>
+      </c>
+      <c r="D204" t="s">
+        <v>816</v>
+      </c>
+      <c r="E204" t="s">
+        <v>817</v>
+      </c>
+      <c r="F204" t="s">
+        <v>62</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H204" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>828</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>829</v>
+      </c>
+      <c r="D205" t="s">
+        <v>816</v>
+      </c>
+      <c r="E205" t="s">
+        <v>817</v>
+      </c>
+      <c r="F205" t="s">
+        <v>18</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H205" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>832</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>833</v>
+      </c>
+      <c r="D206" t="s">
+        <v>816</v>
+      </c>
+      <c r="E206" t="s">
+        <v>817</v>
+      </c>
+      <c r="F206" t="s">
+        <v>147</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H206" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>836</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>837</v>
+      </c>
+      <c r="D207" t="s">
+        <v>816</v>
+      </c>
+      <c r="E207" t="s">
+        <v>817</v>
+      </c>
+      <c r="F207" t="s">
+        <v>109</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H207" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>840</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>841</v>
+      </c>
+      <c r="D208" t="s">
+        <v>816</v>
+      </c>
+      <c r="E208" t="s">
+        <v>817</v>
+      </c>
+      <c r="F208" t="s">
+        <v>109</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H208" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>844</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>845</v>
+      </c>
+      <c r="D209" t="s">
+        <v>816</v>
+      </c>
+      <c r="E209" t="s">
+        <v>817</v>
+      </c>
+      <c r="F209" t="s">
+        <v>27</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H209" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>847</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>848</v>
+      </c>
+      <c r="D210" t="s">
+        <v>816</v>
+      </c>
+      <c r="E210" t="s">
+        <v>817</v>
+      </c>
+      <c r="F210" t="s">
+        <v>27</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H210" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>851</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>852</v>
+      </c>
+      <c r="D211" t="s">
+        <v>816</v>
+      </c>
+      <c r="E211" t="s">
+        <v>817</v>
+      </c>
+      <c r="F211" t="s">
+        <v>27</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H211" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>855</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>856</v>
+      </c>
+      <c r="D212" t="s">
+        <v>816</v>
+      </c>
+      <c r="E212" t="s">
+        <v>817</v>
+      </c>
+      <c r="F212" t="s">
+        <v>62</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H212" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>859</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>860</v>
+      </c>
+      <c r="D213" t="s">
+        <v>816</v>
+      </c>
+      <c r="E213" t="s">
+        <v>817</v>
+      </c>
+      <c r="F213" t="s">
+        <v>861</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H213" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>864</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>865</v>
+      </c>
+      <c r="D214" t="s">
+        <v>816</v>
+      </c>
+      <c r="E214" t="s">
+        <v>817</v>
+      </c>
+      <c r="F214" t="s">
+        <v>866</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H214" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>869</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>870</v>
+      </c>
+      <c r="D215" t="s">
+        <v>816</v>
+      </c>
+      <c r="E215" t="s">
+        <v>817</v>
+      </c>
+      <c r="F215" t="s">
+        <v>77</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H215" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>872</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>873</v>
+      </c>
+      <c r="D216" t="s">
+        <v>816</v>
+      </c>
+      <c r="E216" t="s">
+        <v>817</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H216" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>876</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>877</v>
+      </c>
+      <c r="D217" t="s">
+        <v>816</v>
+      </c>
+      <c r="E217" t="s">
+        <v>817</v>
+      </c>
+      <c r="F217" t="s">
+        <v>878</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H217" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>881</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>882</v>
+      </c>
+      <c r="D218" t="s">
+        <v>816</v>
+      </c>
+      <c r="E218" t="s">
+        <v>817</v>
+      </c>
+      <c r="F218" t="s">
+        <v>27</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H218" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>885</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>886</v>
+      </c>
+      <c r="D219" t="s">
+        <v>816</v>
+      </c>
+      <c r="E219" t="s">
+        <v>817</v>
+      </c>
+      <c r="F219" t="s">
+        <v>887</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H219" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>890</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>891</v>
+      </c>
+      <c r="D220" t="s">
+        <v>816</v>
+      </c>
+      <c r="E220" t="s">
+        <v>817</v>
+      </c>
+      <c r="F220" t="s">
+        <v>27</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H220" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>894</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>895</v>
+      </c>
+      <c r="D221" t="s">
+        <v>816</v>
+      </c>
+      <c r="E221" t="s">
+        <v>817</v>
+      </c>
+      <c r="F221" t="s">
+        <v>77</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H221" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>898</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>899</v>
+      </c>
+      <c r="D222" t="s">
+        <v>816</v>
+      </c>
+      <c r="E222" t="s">
+        <v>817</v>
+      </c>
+      <c r="F222" t="s">
+        <v>77</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H222" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>902</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>903</v>
+      </c>
+      <c r="D223" t="s">
+        <v>816</v>
+      </c>
+      <c r="E223" t="s">
+        <v>817</v>
+      </c>
+      <c r="F223" t="s">
+        <v>62</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H223" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>906</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>907</v>
+      </c>
+      <c r="D224" t="s">
+        <v>816</v>
+      </c>
+      <c r="E224" t="s">
+        <v>817</v>
+      </c>
+      <c r="F224" t="s">
+        <v>91</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H224" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>910</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>911</v>
+      </c>
+      <c r="D225" t="s">
+        <v>816</v>
+      </c>
+      <c r="E225" t="s">
+        <v>817</v>
+      </c>
+      <c r="F225" t="s">
+        <v>72</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H225" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>914</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>915</v>
+      </c>
+      <c r="D226" t="s">
+        <v>816</v>
+      </c>
+      <c r="E226" t="s">
+        <v>817</v>
+      </c>
+      <c r="F226" t="s">
+        <v>72</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H226" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>918</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>919</v>
+      </c>
+      <c r="D227" t="s">
+        <v>816</v>
+      </c>
+      <c r="E227" t="s">
+        <v>817</v>
+      </c>
+      <c r="F227" t="s">
+        <v>72</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H227" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>922</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>923</v>
+      </c>
+      <c r="D228" t="s">
+        <v>816</v>
+      </c>
+      <c r="E228" t="s">
+        <v>817</v>
+      </c>
+      <c r="F228" t="s">
+        <v>72</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H228" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>926</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>927</v>
+      </c>
+      <c r="D229" t="s">
+        <v>816</v>
+      </c>
+      <c r="E229" t="s">
+        <v>817</v>
+      </c>
+      <c r="F229" t="s">
+        <v>27</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H229" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>930</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>931</v>
+      </c>
+      <c r="D230" t="s">
+        <v>816</v>
+      </c>
+      <c r="E230" t="s">
+        <v>817</v>
+      </c>
+      <c r="F230" t="s">
+        <v>27</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H230" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>934</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>935</v>
+      </c>
+      <c r="D231" t="s">
+        <v>816</v>
+      </c>
+      <c r="E231" t="s">
+        <v>817</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H231" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>938</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>939</v>
+      </c>
+      <c r="D232" t="s">
+        <v>816</v>
+      </c>
+      <c r="E232" t="s">
+        <v>817</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H232" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>942</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>943</v>
+      </c>
+      <c r="D233" t="s">
+        <v>816</v>
+      </c>
+      <c r="E233" t="s">
+        <v>817</v>
+      </c>
+      <c r="F233" t="s">
+        <v>91</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H233" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>946</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>947</v>
+      </c>
+      <c r="D234" t="s">
+        <v>816</v>
+      </c>
+      <c r="E234" t="s">
+        <v>817</v>
+      </c>
+      <c r="F234" t="s">
+        <v>77</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H234" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>950</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>951</v>
+      </c>
+      <c r="D235" t="s">
+        <v>816</v>
+      </c>
+      <c r="E235" t="s">
+        <v>817</v>
+      </c>
+      <c r="F235" t="s">
+        <v>77</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H235" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>954</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>955</v>
+      </c>
+      <c r="D236" t="s">
+        <v>816</v>
+      </c>
+      <c r="E236" t="s">
+        <v>817</v>
+      </c>
+      <c r="F236" t="s">
+        <v>956</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H236" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>959</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>960</v>
+      </c>
+      <c r="D237" t="s">
+        <v>816</v>
+      </c>
+      <c r="E237" t="s">
+        <v>817</v>
+      </c>
+      <c r="F237" t="s">
+        <v>62</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H237" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>963</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>964</v>
+      </c>
+      <c r="D238" t="s">
+        <v>816</v>
+      </c>
+      <c r="E238" t="s">
+        <v>817</v>
+      </c>
+      <c r="F238" t="s">
+        <v>45</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H238" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>967</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>968</v>
+      </c>
+      <c r="D239" t="s">
+        <v>816</v>
+      </c>
+      <c r="E239" t="s">
+        <v>817</v>
+      </c>
+      <c r="F239" t="s">
+        <v>147</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="H239" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>971</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>972</v>
+      </c>
+      <c r="D240" t="s">
+        <v>816</v>
+      </c>
+      <c r="E240" t="s">
+        <v>817</v>
+      </c>
+      <c r="F240" t="s">
+        <v>887</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="H240" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>975</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>976</v>
+      </c>
+      <c r="D241" t="s">
+        <v>816</v>
+      </c>
+      <c r="E241" t="s">
+        <v>817</v>
+      </c>
+      <c r="F241" t="s">
+        <v>887</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H241" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>979</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>980</v>
+      </c>
+      <c r="D242" t="s">
+        <v>816</v>
+      </c>
+      <c r="E242" t="s">
+        <v>817</v>
+      </c>
+      <c r="F242" t="s">
+        <v>887</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H242" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>983</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>984</v>
+      </c>
+      <c r="D243" t="s">
+        <v>816</v>
+      </c>
+      <c r="E243" t="s">
+        <v>817</v>
+      </c>
+      <c r="F243" t="s">
+        <v>887</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="H243" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>987</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>988</v>
+      </c>
+      <c r="D244" t="s">
+        <v>816</v>
+      </c>
+      <c r="E244" t="s">
+        <v>817</v>
+      </c>
+      <c r="F244" t="s">
+        <v>62</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H244" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>991</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>992</v>
+      </c>
+      <c r="D245" t="s">
+        <v>816</v>
+      </c>
+      <c r="E245" t="s">
+        <v>817</v>
+      </c>
+      <c r="F245" t="s">
+        <v>62</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H245" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>995</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>996</v>
+      </c>
+      <c r="D246" t="s">
+        <v>816</v>
+      </c>
+      <c r="E246" t="s">
+        <v>817</v>
+      </c>
+      <c r="F246" t="s">
+        <v>72</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H246" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>999</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D247" t="s">
+        <v>816</v>
+      </c>
+      <c r="E247" t="s">
+        <v>817</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D248" t="s">
+        <v>816</v>
+      </c>
+      <c r="E248" t="s">
+        <v>817</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D249" t="s">
+        <v>816</v>
+      </c>
+      <c r="E249" t="s">
+        <v>817</v>
+      </c>
+      <c r="F249" t="s">
+        <v>77</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D250" t="s">
+        <v>816</v>
+      </c>
+      <c r="E250" t="s">
+        <v>817</v>
+      </c>
+      <c r="F250" t="s">
+        <v>77</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D251" t="s">
+        <v>816</v>
+      </c>
+      <c r="E251" t="s">
+        <v>817</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D252" t="s">
+        <v>816</v>
+      </c>
+      <c r="E252" t="s">
+        <v>817</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F253" t="s">
+        <v>887</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F254" t="s">
+        <v>72</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>10</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F255" t="s">
+        <v>36</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>17</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>22</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>26</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F258" t="s">
+        <v>45</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>31</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F259" t="s">
+        <v>62</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
         <v>35</v>
       </c>
-      <c r="G35" s="1" t="s">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="D260" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>10</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1058</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>