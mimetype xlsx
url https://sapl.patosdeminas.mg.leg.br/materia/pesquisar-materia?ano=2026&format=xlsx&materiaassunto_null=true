--- v1 (2026-03-25)
+++ v2 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="1059">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2152" uniqueCount="1111">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1245,254 +1245,386 @@
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/094.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal indicando a implantação do serviço de recolhimento de veículos em situação de abandono nas ruas da cidade</t>
   </si>
   <si>
     <t>31426</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31426/095_reestabelecer_fornecimento_de_agua_rev.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a ligação/restabelecimento do fornecimento de água na quadra poliesportiva localizada na Praça Ataídes Deus Vieira, situada no Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>31425</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31425/096.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada de pedestres ou de um redutor de velocidade (quebra-molas) na Rua São Geraldo, esquina com a Rua Geraldo Saturnino da Silva, Bairro Cerrado.</t>
   </si>
   <si>
     <t>31427</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31427/097.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a implementação, na rede municipal de ensino, do tema “Violência de Gênero” como conteúdo transversal a ser trabalhado no ambiente escolar.</t>
   </si>
   <si>
     <t>31428</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31428/098.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de serviços de limpeza geral na praça da comunidade de Sertãozinho, incluindo capina e poda das árvores, bem como a execução de obras de calçamento no local,</t>
   </si>
   <si>
     <t>31429</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31429/099.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a cobertura da quadra localizada na Praça da Lagoinha.</t>
   </si>
   <si>
     <t>31430</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando  a estruturação de um centro municipal de acolhimento transitório de animais.</t>
   </si>
   <si>
     <t>31431</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31431/101.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a criação do cargo público de resgatista de fauna silvestre, no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>31432</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31432/102.pdf</t>
+  </si>
+  <si>
     <t>31452</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31452/103.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a pintura de faixa de pedestres e realização de outras melhorias no trânsito para facilitar a travessia dos pedestres no cruzamento entre a Rua dos Miosotes e a Rua das Petúnias, Bairro Jardim Paraiso.</t>
   </si>
   <si>
     <t>31453</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31453/104.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de gestões para que a Copasa realize a instalação de outdoors na entrada da cidade e em pontos estratégicos do município, com o objetivo de informar à população e aos visitantes sobre a realização de obras em andamento.</t>
   </si>
   <si>
     <t>31454</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31454/105.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada de pedestres ou de um redutor de velocidade (quebra-molas) na Rua Osvando Amaro Teixeira, na altura do nº 382, localizada no Bairro Laranjeiras.</t>
   </si>
   <si>
     <t>31458</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31458/106.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a implantação do Programa “Cemitério Verde”, com a promoção de arborização e áreas verdes no entorno do cemitério do Município de Patos de Minas.</t>
   </si>
   <si>
     <t>31459</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando o asfaltamento do trecho compreendido a partir da rotatória Patense/Alagoas, onde começa a estrada de chão em direção ao Aterro Sanitário até o Trevo da Macumba, aproximadamente 3 km de extensão, coordenadas geográficas: 18.603663917852757, -46.54594511086799 (início), - 18.584679, - 46.560893 (final do trevo).</t>
   </si>
   <si>
     <t>31460</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31460/108.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de gestões para que a Viação Pássaro Branco exija que todos os funcionários da empresa utilizem, de forma obrigatória, crachás de identificação durante o exercício de suas funções.</t>
   </si>
   <si>
     <t>31461</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31461/109.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação estratégica de três redutores de velocidade (quebra-molas) na Rua Flamboyant, sendo um entre as ruas Sibipiruna e Pau-Brasil, outro entre as ruas Pai D’óleo e Castanheiras e outro entre as ruas Aroeiras e Tamboril, Bairro Morada do Sol.</t>
   </si>
   <si>
     <t>31462</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
+    <t>José Eustáquio de Faria Junior, Antônio Jorge de Oliveira Cury - Toninho Cury</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a criação de pontos de apoio para motoentregadores no município de Patos de Minas/MG.</t>
   </si>
   <si>
     <t>31463</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando a implantação câmeras inteligentes, com reconhecimento facial dos alunos, identificando automaticamente quando o estudante entrar e sair, nas seguintes escolas municipais: Frei Leopoldo, Maria Inez Rubinger de Queiroz Rodrigues, Norma Borges Beluco, Professor Jacques Corrêa da Costa, Professor Aristides Memória, Professora Madalena Maria de Melo, Professora Marluce Martins de Oliveira Scher, Professora Marisa Murça e Anexo Jacques Corrêa (bairro Caramuru).</t>
   </si>
   <si>
     <t>31464</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31464/112.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a realização de pintura da quadra do Centro Municipal de Educação Infantil - Cmei - Cebolinha, localizado na Rua Acarapés, 471, no Bairro Caramuru.</t>
   </si>
   <si>
     <t>31465</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31465/113.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a instalação de aparelhos de ar-condicionado no Restaurante Popular, localizado na Rua Vereador João Pacheco, nº 150, no Bairro Santo Antônio.,</t>
   </si>
   <si>
     <t>31466</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31466/114.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a adequação da calçada em frente ao Tiro de Guerra, localizado na Rua Vereador João Pacheco, nº 260, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>31467</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31467/115.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando o recapeamento de trecho da Rua Belo Horizonte, esquina com a Rua Guanabara, Bairro Cerrado.</t>
   </si>
   <si>
     <t>31468</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31468/116.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando o recapeamento de trecho da Avenida Presidente Tancredo Neves, Bairro Ipanema, próximo ao condomínio Laguna.</t>
   </si>
   <si>
     <t>31469</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31469/117.pdf</t>
+  </si>
+  <si>
     <t>Ao Prefeito Municipal, indicando a implantação de redutor de velocidade na Rua Vereador João Pacheco, nas proximidades do número 1583.</t>
   </si>
   <si>
+    <t>31480</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31480/118.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a realização de limpeza e roçagem das margens do acostamento da Rodovia Natalino Caixeta, especialmente no trecho compreendido entre o Novo Auto Posto Serrinha e o Bar da Sombras.</t>
+  </si>
+  <si>
+    <t>31481</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31481/119.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de faixa de pedestres em frente à Igreja Assembleia de Deus Missão, localizada na Rua Otávio Borges, nº 15, Bairro Aurélio Caixeta.</t>
+  </si>
+  <si>
+    <t>31482</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31482/120.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a instalação de travessia elevada na Avenida Paranaíba, número 1241, em frente ao Centro Educacional Criança Feliz/Colégio Roma, Bairro Santa Terezinha.</t>
+  </si>
+  <si>
+    <t>31483</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31483/121.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando o recapeamento asfáltico em toda a extensão da Rua Aristeu Caetano de Andrade, localizada no Bairro Padre Eustáquio.</t>
+  </si>
+  <si>
+    <t>31484</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a manutenção dos parquinhos e academia da Praça do Cruzeiro, localizada no Bairro Nossa Senhora das Graças e na Praça Ataídes Deus Vieira, localizada no Bairro Novo Horizonte.</t>
+  </si>
+  <si>
+    <t>31485</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31485/123.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito Municipal, indicando a reforma da quadra poliesportiva do Distrito de Pilar.</t>
+  </si>
+  <si>
     <t>31475</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção Aplausos</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31475/apl_001.pdf</t>
+  </si>
+  <si>
     <t>Ao Conselho Municipal de Defesa e Conservação do Meio Ambiente de Patos de Minas - Codema pela significativa atuação nas questões ambientais em nosso município.</t>
   </si>
   <si>
     <t>31476</t>
   </si>
   <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31476/apl_002.pdf</t>
+  </si>
+  <si>
     <t>Ao Grupo de Atuação Especial de Combate ao Crime Organizado - Gaeco - Regional Patos de Minas pela realização da Operação Titan, que resultou no desmantelamento da organização criminosa especializada em furto, clonagem e venda ilegal de veículos no Triângulo Mineiro e Alto Paranaíba.</t>
   </si>
   <si>
     <t>31477</t>
   </si>
   <si>
     <t>À Igreja Apostólica Galileu - Galileu Church pelo relevante e dedicado serviço evangelístico, social e humanitário, por meio do qual tem amparado e transformado a vida de centenas de pessoas no município de Patos de Minas.</t>
   </si>
   <si>
     <t>31256</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Gladston Gabriel da Silva</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/1686_medalha_da_mulher_barbara_guimaraes_nogueira_rev.pdf</t>
@@ -1899,56 +2031,65 @@
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31407/1719_medalha_de_merito_destaque_esportivo_do_ano_thales_santos_affa_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR, THALES SANTOS AFFÁ.</t>
   </si>
   <si>
     <t>31418</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31418/1720_medalha_de_merito_destaque_esportivo_do_ano_jorge_luiz_da_silva_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO ANTÔNIO DE PÁDUA TEIXEIRA “PÃO” - DESTAQUE ESPORTIVO DO ANO AO SENHOR, JORGE LUIS DA SILVA.</t>
   </si>
   <si>
     <t>31451</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.docx</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR JOSÉ GUILHERME ROCHA CUNHA.</t>
   </si>
   <si>
+    <t>31479</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA DAS MÃES À SRA. SANDRA CRISTINA CHAVES RODRIGUES.</t>
+  </si>
+  <si>
     <t>31340</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31340/1000_altera_lei_complementar_699_23_codigo_posturas_e_revoga_arts_do_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 699, DE 27 DE DEZEMBRO DE 2023, QUE INSTITUI O CÓDIGO DE POSTURAS", REVOGA ARTIGOS DA LEI Nº 2.550, DE 22 DE DEZEMBRO DE 1989 "CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PATOS DE MINAS", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31456</t>
   </si>
   <si>
     <t>1003</t>
@@ -2454,50 +2595,62 @@
   <si>
     <t>31472</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/6621_altera_destinacao_de_bem_publico_municipal.pdf</t>
   </si>
   <si>
     <t>ALTERA A DESTINAÇÃO DE BEM PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31473</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31473/6622_dispoe_sobre_poliitica_municipal_do_turismo_e_cria_o_fundo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Turismo, reorganiza o Conselho Municipal de Turismo (COMTUR), cria o Fundo Municipal de Turismo (FUMTUR) e dá outras providências.</t>
   </si>
   <si>
+    <t>31478</t>
+  </si>
+  <si>
+    <t>6623</t>
+  </si>
+  <si>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31478/6623_altera_lei_9078_25_repasse_financeiro_ao_consep_aquisicao_de_onibus.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI Nº 9.078, DE 22 DE DEZEMBRO DE 2025, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS E JURÍDICAS” AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DO CRÉDITO ORÇAMENTÁRIO QUE MENCIONA (Formalização de parcerias, com transferência de recursos, entre o Município de Patos de Minas e o Conselho de Segurança Pública de Patos de Minas (28º BPM PRT3/Patos de Minas), no valor de R$ 514.780,00 (quinhentos e quatorze mil setecentos e oitenta reais)</t>
+  </si>
+  <si>
     <t>31215</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA GUIOMAR FERNANDES MOREIRA A UNIDADE BÁSICA DE SAÚDE - UBS LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>31216</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf</t>
@@ -2842,50 +2995,53 @@
     <t>6580</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31360/6580_institui_o_programa_praca_do_acolhimento_no_municipio_de_patos_de_minas_ver2_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O PROGRAMA “PRAÇA DO ACOLHIMENTO”; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31361</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/6581_estabelece_medidas_para_garantir_o_acesso_seguro_e_responsavel_ao_spray_de_extratos_vegetais_rev.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MEDIDAS PARA GARANTIR O ACESSO SEGURO E RESPONSÁVEL AO SPRAY DE EXTRATOS VEGETAIS COMO INSTRUMENTO DE LEGÍTIMA DEFESA PARA MULHERES, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>31362</t>
   </si>
   <si>
     <t>6582</t>
+  </si>
+  <si>
+    <t>Paulo Henrique Fernandes Caixeta, Brenda Évellyn Santos</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31362/6582_diretrizes_politica_municipal_de_incentivo_e_fortalecimento_da_agricultura_familiar_ver2_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES PARA A “POLÍTICA MUNICIPAL DE INCENTIVO E FORTALECIMENTO DA AGRICULTURA FAMILIAR” NO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31363</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/6583_institui_o_programa_memoria_limpa_proibe_dar_nome_de_pessoas_em_bens_publicos_por_pessoas_condenadas_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “MEMÓRIA LIMPA”, QUE DISPÕE SOBRE A VEDAÇÃO À ATRIBUIÇÃO DE NOMES DE PESSOAS CONDENADAS POR CRIMES COM SENTENÇA TRANSITADA EM JULGADO A LOGRADOUROS E BENS PÚBLICOS DO MUNICÍPIO DE PATOS DE MINAS; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31364</t>
   </si>
   <si>
     <t>6584</t>
   </si>
@@ -3552,56 +3708,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31233/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31235/007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31237/009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31239/011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31241/013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31245/014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31247/016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31260/022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31274/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31276/027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31278/029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31280/031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31282/033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31284/035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31291/036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31293/038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31297/042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31299/044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31305/046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31307/048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31313/050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31315/052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31317/054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31319/056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31321/058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31322/059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31342/061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31345/064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31346/065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31348/067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31350/069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31352/071.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31378/073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31380/075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31382/077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31384/079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31386/081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31388/083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31409/086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31411/088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31412/089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31416/093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31426/095_reestabelecer_fornecimento_de_agua_rev.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/1686_medalha_da_mulher_barbara_guimaraes_nogueira_rev.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31257/1687_medalha_da_mulher_liliane_pereira_costa_nakao_rev.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/1688_medalha_da_mulher_eva_maria_fonseca_rev.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31265/1689_medalha_da_mulher_marisa_fonseca_de_freitas_rev.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/1690_medalha_da_mulher_regina_aparecida_cardoso_rev.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31267/1691_medalha_da_mulher_maria_jose_moreira_tosta_rev.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/1692_medalha_da_mulher_cleidilene_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31269/1693_medalha_da_mulher_patricia_rodrigues_dias_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/1694_concede_titulo_cidadao_patense_junio_amaral_rev.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/1695_medalha_da_mulher_deni_maria_borges_ribeiro_rev.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31287/1696_medalha_da_mulher_lourdes_caixeta_de_castro_rev.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/1697_medalha_da_mulher_celia_olimpia_rodrigues_de_souza_rev.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31289/1698_medalha_da_mulher_rosa_maria_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/1699_medalha_da_mulher_gabriela_correa_borges_rev.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31301/1700_medalha_da_mulher_maria_hilda_lima_de_carvalho_rev.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/1701_medalha_da_mulher_lucimar_teixeira_da_mota_stabile_rev.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31311/1702_medalha_da_mulher_renilda_abadia_de_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/1703_medalha_da_mulher_erika_araujo_vita_rev.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31392/1704_concede_titulo_cidadao_patense_jose_ferreira_de_morais_rev.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/1705_medalha_de_merito_destaque_esportivo_do_ano_caua_lagares_e_queiroz_rev.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31394/1706_medalha_de_merito_destaque_esportivo_do_ano_antonio_matias_pimentel_rev.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/1707_medalha_de_merito_destaque_esportivo_do_ano_equipe_de_handebol_feminino_da_e._m._prof._marluce_martins_de_oliveira_scher_rev.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31396/1708_medalha_de_merito_destaque_esportivo_do_ano_marden_teixeira_braz_rev.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/1709_medalha_de_merito_destaque_esportivo_do_ano_carlos_henrique_candido_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31398/1710_medalha_de_merito_destaque_esportivo_do_ano_ronie_ribeiro_da_silva_-_buiu_rev.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/1711_medalha_de_merito_destaque_esportivo_do_ano_yan_gomes_maciel_rev.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31400/1712_medalha_de_merito_destaque_esportivo_do_ano_alexandre_teotonio_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/1713_medalha_de_merito_destaque_esportivo_do_ano_frank_pereira_braga_rev.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31402/1714_medalha_de_merito_destaque_esportivo_do_ano_caua_henrique_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31403/1715_medalha_de_merito_destaque_esportivo_do_ano_igor_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/1716_medalha_de_merito_destaque_esportivo_do_ano_charlen_andre_da_silva_ferreira_rev.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31405/1717_medalha_de_merito_destaque_esportivo_do_ano_rosineite_lacerda_de_medeiros_rev.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/1718_medalha_de_merito_destaque_esportivo_do_ano_marcelo_nascimento_canuto_da_silva_e_sheyla_oliveira_de_andrade_grupo_bora_correr_rev.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31407/1719_medalha_de_merito_destaque_esportivo_do_ano_thales_santos_affa_rev.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31418/1720_medalha_de_merito_destaque_esportivo_do_ano_jorge_luiz_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31340/1000_altera_lei_complementar_699_23_codigo_posturas_e_revoga_arts_do_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31456/1003_altera_lei_complementar_657_22_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/1002_veda_a_participacao_em_concursos_publicos_e_a_nomeacao_pela_administracao_direta_e_indireta_de_pessoas_condenadas_pela_lei_federal_n._11.340_2006_rev.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/6545_altera_a_lei_9078_25_repasse_financeiro_ao_cisalp.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31272/6553_autoriza_municipio_ceder_imovel_a_copasa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31303/6554_altera_a_lei_9078_25_repasse_financeiro_ao_cdc_de_moreiras.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31324/6558_altera_lei_9078_25_repasse_financeiro_ao_fia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/6559_altera_lei_9078_25_repasse_ao_fia_casa_das_meninas.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31326/6560_altera_lei_9078_25_repasse_financeiro_ao_fia_-_casa_da_sopa_tia_euzapia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/6561_altera_lei_9078_25_repasse_financeiro_ao_fia_-_assistencia_chico_xavier.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31328/6562_altera_lei_9078_25_repasse_financeiro_ao_fia-_associacao_entre_lacos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/6563_altera_lei_9078_25_repasse_ao_fia_-_lar_de_paulo_e_estevao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31330/6564_altera_lei_9078_25_repasse_ao_fid_-_fundacao_pro-curar-se.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/6565_altera_lei_9078_25_repasse_financeiro_a_ass._de_produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31332/6566_altera_lei_9078_25_repasse_a_ass._de_santos_reis_de_major_porto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31333/6567_altera_lei_9078_25_repasse_a_amm_cnm_fmp_e_fnp.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/6568_altera_lei_9078_25_repasse_ao_fid_ass._dos_deficientes_visuais.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31335/6569_altera_lei_9078_25_repasse_ao_consep_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/6570_altera_lei_9078_25_repasse_ao_consep_realizacao_de_corrida_do_batalhao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31337/6571_autoriza_executivo_a_aderir_plano_de_amortizacao_de_debitos_junto_a_pgfn.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31339/6572_autoriza_dacao_em_pagto_de_imoveis_a_ccm_construtora_e_materiais_de_construcao_ltda..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31366/6586_altera_lei_7923_2020_servico_de_inspecao_animal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/6587_altera_lei_9078_25_repasse_financeiro_ass._produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31368/6588_altera_lei_9078_25_repasse_financeiro_a_ass._moradores_e_produtores_rurais_de_leal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/6589_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/6591_altera_lei_9078_25_repasse_a_uniao_nacional_dos_conselhos_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31372/6592_autoriza_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/6593_altera_lei_9078_25_repasse_ao_centro_educacional_infantil_escolinha_tia_edna.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31374/6594_altera_lei_9078_25_repasse_financeiro_a_apac.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/6595_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31436/6598_altera_lei_9078_25__viacao_passaro_branco_ltda..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/6599_autoria_iprem_a_reajustar_os_beneficios_previdenciarios.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31420/6600_concede_reajuste_de_vencimentos_ao_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31448/6614_altera_lei_9078_25_repasse_financeiro_a_lpd.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/6615_altera_lei_9078_25_repasse_financeiro_a_apae.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31450/6616_relatorio_do_processo_digital_no_5.655-2026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/6617_altera_lei_9078_25_subvencao_ass._circuito_turistico_caminhos_do_cerrado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/6618_altera_a_redacao_do_caput_do_art._6o_da_lei_no_6.545_de_27_de_fevereiro_de_2012_que_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/6619_altera_lei_9078_25_subvencao_a_associacao_vem_ser.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/6620_altera_lei_9078_25_subvencao_ao_rotary_club_patos_de_minas_paranaiba.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/6621_altera_destinacao_de_bem_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31473/6622_dispoe_sobre_poliitica_municipal_do_turismo_e_cria_o_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31253/6544_divulgacao_da_identidade_de_pessoas_condenadas_por_crimes_contra_animais_rev.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/6546_diretrizes_de_incentivo_ao_jovem_empreendedor_rev.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31262/6548_suprime_o_paragrafo_unico_do_art._13_e_altera_o_caput_do_art._13_da_lei_no_6.200.2010_transporte_de_escolares_rev.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31263/6549_atendimento_prioritario_para_pais_responsaveis_legais_ou_cuidadores_rev.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/6550_institui_a_semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/6551__dispoe_sobre_a_fiscalizacao_e_o_acompanhamento_da_execucao_de_emendas_parlamentares_rev.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31271/6552_institui_o__dia_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31309/6555_cria_o_botao_do_panico_para_mulheres_em_situacao_de_violencia_rev.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/6556_politica_municipal_de_transparencia_em_obras_publicas_rev.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/6557_obrigatoriedade_de_registro_em_video_dos_procedimentos_de_banho_rev.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/6573_denomina_barbara_lopes_magalhaes_a_ubs_do_bairro_morada_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31354/6574_institui_o_programa_empreendedorismo_na_melhor_idade_no_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/6575_institui_e_inclui_no_calendario_oficial_do_municipio_a_semana_municipal_de_combate_e_conscientizacao_sobre_o_cancer_de_pele_rev.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31356/6576_institui_a_semana_municipal_do_agronegocio_inclui_a_data_no_calendario_oficial_do_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/6577_denomina_adiron_antonio_da_silva_a_atual_rua_wb_localizada_no_bairro_alto_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31358/6578_protocolo_de_atendimento_aos_portadores_de_alopecia_areata_rev.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/6579_institui_o_dia_e_a__semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31360/6580_institui_o_programa_praca_do_acolhimento_no_municipio_de_patos_de_minas_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/6581_estabelece_medidas_para_garantir_o_acesso_seguro_e_responsavel_ao_spray_de_extratos_vegetais_rev.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31362/6582_diretrizes_politica_municipal_de_incentivo_e_fortalecimento_da_agricultura_familiar_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/6583_institui_o_programa_memoria_limpa_proibe_dar_nome_de_pessoas_em_bens_publicos_por_pessoas_condenadas_rev.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31364/6584_institui_diretrizes_para_a_capacitacao_de_servidores_que_atuam_na_rede_publica_de_saude_rev.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/6585_protocolo_de_atencao_humanizada_em_situacao_de_perda_gestacional_rev.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31370/6590_dispoe_sobre_a_vedacao_de_praticas_de_intimidacao_contra_servidores_publicos_municipais_durante_o_exercicio_de_suas_funcoes_rev.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31434/6596_denomina_rua_maria_braz_borges_a_atual_rual_iv_no_bairro_coracao_eucaristico_rev.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/6597_dispoe_sobre_a_instituicao_da_semana_municipal_de_conscientizacao_e_orientacao_sobre_ciclomotores_e_veiculos_eletricos_rev.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/6601_concede_reajuste_aos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31422/6602_revisao_prefeito_e_vice._2026.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/6603_revisao_secretarios_municipais.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31424/6604_concede_revisao_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/6605_dispoe_sobre_a_autorizacao_e_regulamentacao_do_uso_de_produtos_quimicos_herbicidas_para_limpeza_e_controle_de_vegetacao_em_areas_publicas_no_municipio_de_patos_de_minas_rev.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31438/6606_dispoe_sobre_a_terceirizacao_da_administracao_manutencao_e_operacao_dos_cemiterios_rurais_rev.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/6607_dispoe_sobre_a_obrigatoriedade_de_concessionarias_e_revendas_de_veiculos_novos_e_seminovos_afixarem_cartazes_informativos_acerca_do_direito_a_isencao_do_ipva_rev.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31440/6608_denomina_rua_vilson_jose_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/6609_execucao_de_hinos_nacional_e_de_patos_de_minas_em_eventos_rev.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31442/6610_diretrizes_para_capacitacao_de_profissionais_na_identificacao_de_sinais_de_abuso_moral_sexual_exploracao_infantil_rev.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/6611_diretrizes_de_incentivo_a_educacao_empreendedora_e_financeira_no_municipio_rev.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31444/6612_denomina_rua_lucia_emilia_alves_barcelos_rev.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/6613_denomina_dr._jose_claudio_arpini_a_unidade_basica_de_saude_do_bairro_nova_floresta_rev.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/353_dispoe_sobre_regulamentacao_dos_procedimentos_de_registro_cadastral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31446/354_altera_a_resolucao_326.25.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/req_002.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31390/003_convovacao_para_esclarecimentos_inerentes_as_suas_pastas_aos_presidentes_dos_cdcs_-_conselhos_de_desenvolvimento_comunitarios_rev_.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/req_004.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/req_005.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31376/mocao_congratulacao_001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31229/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31231/003_revitalizacao_da_quadra_do_cruzeiro_localizada_no_bairro_nossa_senhora_das_gracas_rev.odt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31233/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31235/007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31237/009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31239/011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31241/013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31245/014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31247/016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31248/017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31250/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31251/020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31260/022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31274/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31276/027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31278/029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31280/031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/032.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31282/033.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31284/035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31291/036.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/037.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31293/038.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/040.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31297/042.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31299/044.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/045.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31305/046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31307/048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31313/050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/051.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31315/052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31317/054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31319/056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31321/058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31322/059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/060.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31342/061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31345/064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31346/065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31348/067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31350/069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31352/071.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31378/073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31380/075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31382/077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31384/079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31386/081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31388/083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31409/086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31411/088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31412/089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31416/093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31426/095_reestabelecer_fornecimento_de_agua_rev.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31425/096.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31427/097.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31428/098.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31429/099.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31431/101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31432/102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31452/103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31453/104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31454/105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31458/106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31460/108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31461/109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31464/112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31465/113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31466/114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31467/115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31468/116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31469/117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31480/118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31481/119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31482/120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31483/121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31485/123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31475/apl_001.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31476/apl_002.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/1686_medalha_da_mulher_barbara_guimaraes_nogueira_rev.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31257/1687_medalha_da_mulher_liliane_pereira_costa_nakao_rev.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/1688_medalha_da_mulher_eva_maria_fonseca_rev.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31265/1689_medalha_da_mulher_marisa_fonseca_de_freitas_rev.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/1690_medalha_da_mulher_regina_aparecida_cardoso_rev.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31267/1691_medalha_da_mulher_maria_jose_moreira_tosta_rev.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/1692_medalha_da_mulher_cleidilene_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31269/1693_medalha_da_mulher_patricia_rodrigues_dias_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/1694_concede_titulo_cidadao_patense_junio_amaral_rev.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/1695_medalha_da_mulher_deni_maria_borges_ribeiro_rev.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31287/1696_medalha_da_mulher_lourdes_caixeta_de_castro_rev.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/1697_medalha_da_mulher_celia_olimpia_rodrigues_de_souza_rev.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31289/1698_medalha_da_mulher_rosa_maria_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/1699_medalha_da_mulher_gabriela_correa_borges_rev.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31301/1700_medalha_da_mulher_maria_hilda_lima_de_carvalho_rev.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/1701_medalha_da_mulher_lucimar_teixeira_da_mota_stabile_rev.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31311/1702_medalha_da_mulher_renilda_abadia_de_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/1703_medalha_da_mulher_erika_araujo_vita_rev.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31392/1704_concede_titulo_cidadao_patense_jose_ferreira_de_morais_rev.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/1705_medalha_de_merito_destaque_esportivo_do_ano_caua_lagares_e_queiroz_rev.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31394/1706_medalha_de_merito_destaque_esportivo_do_ano_antonio_matias_pimentel_rev.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/1707_medalha_de_merito_destaque_esportivo_do_ano_equipe_de_handebol_feminino_da_e._m._prof._marluce_martins_de_oliveira_scher_rev.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31396/1708_medalha_de_merito_destaque_esportivo_do_ano_marden_teixeira_braz_rev.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/1709_medalha_de_merito_destaque_esportivo_do_ano_carlos_henrique_candido_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31398/1710_medalha_de_merito_destaque_esportivo_do_ano_ronie_ribeiro_da_silva_-_buiu_rev.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/1711_medalha_de_merito_destaque_esportivo_do_ano_yan_gomes_maciel_rev.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31400/1712_medalha_de_merito_destaque_esportivo_do_ano_alexandre_teotonio_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/1713_medalha_de_merito_destaque_esportivo_do_ano_frank_pereira_braga_rev.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31402/1714_medalha_de_merito_destaque_esportivo_do_ano_caua_henrique_fernandes_rev.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31403/1715_medalha_de_merito_destaque_esportivo_do_ano_igor_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/1716_medalha_de_merito_destaque_esportivo_do_ano_charlen_andre_da_silva_ferreira_rev.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31405/1717_medalha_de_merito_destaque_esportivo_do_ano_rosineite_lacerda_de_medeiros_rev.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/1718_medalha_de_merito_destaque_esportivo_do_ano_marcelo_nascimento_canuto_da_silva_e_sheyla_oliveira_de_andrade_grupo_bora_correr_rev.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31407/1719_medalha_de_merito_destaque_esportivo_do_ano_thales_santos_affa_rev.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31418/1720_medalha_de_merito_destaque_esportivo_do_ano_jorge_luiz_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/1721_concede_titulo_cidadao_patense_jose_guilherme_rocha_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31340/1000_altera_lei_complementar_699_23_codigo_posturas_e_revoga_arts_do_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31456/1003_altera_lei_complementar_657_22_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/999_altera_lei_320_zoneamentos_ruas_tonho_do_nico_amelia_souza_virgilio_souza_e_rasmo_rocha_rev.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/1002_veda_a_participacao_em_concursos_publicos_e_a_nomeacao_pela_administracao_direta_e_indireta_de_pessoas_condenadas_pela_lei_federal_n._11.340_2006_rev.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31221/6539_dispoe_sobre_a_criacao_do_conselho_municipal_de_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/6545_altera_a_lei_9078_25_repasse_financeiro_ao_cisalp.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31272/6553_autoriza_municipio_ceder_imovel_a_copasa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31303/6554_altera_a_lei_9078_25_repasse_financeiro_ao_cdc_de_moreiras.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31324/6558_altera_lei_9078_25_repasse_financeiro_ao_fia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/6559_altera_lei_9078_25_repasse_ao_fia_casa_das_meninas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31326/6560_altera_lei_9078_25_repasse_financeiro_ao_fia_-_casa_da_sopa_tia_euzapia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/6561_altera_lei_9078_25_repasse_financeiro_ao_fia_-_assistencia_chico_xavier.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31328/6562_altera_lei_9078_25_repasse_financeiro_ao_fia-_associacao_entre_lacos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/6563_altera_lei_9078_25_repasse_ao_fia_-_lar_de_paulo_e_estevao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31330/6564_altera_lei_9078_25_repasse_ao_fid_-_fundacao_pro-curar-se.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/6565_altera_lei_9078_25_repasse_financeiro_a_ass._de_produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31332/6566_altera_lei_9078_25_repasse_a_ass._de_santos_reis_de_major_porto.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31333/6567_altera_lei_9078_25_repasse_a_amm_cnm_fmp_e_fnp.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/6568_altera_lei_9078_25_repasse_ao_fid_ass._dos_deficientes_visuais.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31335/6569_altera_lei_9078_25_repasse_ao_consep_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/6570_altera_lei_9078_25_repasse_ao_consep_realizacao_de_corrida_do_batalhao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31337/6571_autoriza_executivo_a_aderir_plano_de_amortizacao_de_debitos_junto_a_pgfn.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31339/6572_autoriza_dacao_em_pagto_de_imoveis_a_ccm_construtora_e_materiais_de_construcao_ltda..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31366/6586_altera_lei_7923_2020_servico_de_inspecao_animal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/6587_altera_lei_9078_25_repasse_financeiro_ass._produtores_de_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31368/6588_altera_lei_9078_25_repasse_financeiro_a_ass._moradores_e_produtores_rurais_de_leal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/6589_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/6591_altera_lei_9078_25_repasse_a_uniao_nacional_dos_conselhos_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31372/6592_autoriza_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/6593_altera_lei_9078_25_repasse_ao_centro_educacional_infantil_escolinha_tia_edna.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31374/6594_altera_lei_9078_25_repasse_financeiro_a_apac.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/6595_altera_lei_9078_25_repasse_financeiro_as_obras_sociais_euripedes_barsanulfo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31436/6598_altera_lei_9078_25__viacao_passaro_branco_ltda..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/6599_autoria_iprem_a_reajustar_os_beneficios_previdenciarios.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31420/6600_concede_reajuste_de_vencimentos_ao_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31448/6614_altera_lei_9078_25_repasse_financeiro_a_lpd.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/6615_altera_lei_9078_25_repasse_financeiro_a_apae.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31450/6616_relatorio_do_processo_digital_no_5.655-2026.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/6617_altera_lei_9078_25_subvencao_ass._circuito_turistico_caminhos_do_cerrado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/6618_altera_a_redacao_do_caput_do_art._6o_da_lei_no_6.545_de_27_de_fevereiro_de_2012_que_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/6619_altera_lei_9078_25_subvencao_a_associacao_vem_ser.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/6620_altera_lei_9078_25_subvencao_ao_rotary_club_patos_de_minas_paranaiba.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/6621_altera_destinacao_de_bem_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31473/6622_dispoe_sobre_poliitica_municipal_do_turismo_e_cria_o_fundo_municipal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31478/6623_altera_lei_9078_25_repasse_financeiro_ao_consep_aquisicao_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31215/6532_denomina_unidade_basica_de_saude_guiomar_fernandes_moreira_a_unidade_basica_de_saude_do_planato_localizado_no_bairro_planalto_rev.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/6533_institui_o_programa_direita_livre_no_municipio_de_patos_de_minas_conforme_o_art._44-a_do_codigo_de_transito_brasileiro_rev.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31219/6534__dispoe_sobre_a_vedacao_do_fechamento_da_suspensao_da_nucleacao_ou_da_transferencia_rev.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/6535_conversao_multas__de_natureza_leve_em_doacao_de_sangue_rev.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/6536_denomina_rua_armando_carioca_rev.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/6537_denomina_dr._dirceu_pacheco_o_centro_de_atencao_psicossocial_juvenil_rev.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31223/6538__dispoe_sobre_a_transicao_energetica_nos_predios_publicos_municipais_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31225/6541_institui_o_dia_municipal_de_conscientizada_da_psoriase_rev.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/6542_programa_municipal_de_estimulo_ao_empreendedorismo_de_maes_atipicas_rev.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31227/6543_dispoe_sobre_a_proibicao_de_invasao_ocupacao_e_fechamento_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31253/6544_divulgacao_da_identidade_de_pessoas_condenadas_por_crimes_contra_animais_rev.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/6546_diretrizes_de_incentivo_ao_jovem_empreendedor_rev.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31262/6548_suprime_o_paragrafo_unico_do_art._13_e_altera_o_caput_do_art._13_da_lei_no_6.200.2010_transporte_de_escolares_rev.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31263/6549_atendimento_prioritario_para_pais_responsaveis_legais_ou_cuidadores_rev.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/6550_institui_a_semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/6551__dispoe_sobre_a_fiscalizacao_e_o_acompanhamento_da_execucao_de_emendas_parlamentares_rev.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31271/6552_institui_o__dia_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31309/6555_cria_o_botao_do_panico_para_mulheres_em_situacao_de_violencia_rev.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/6556_politica_municipal_de_transparencia_em_obras_publicas_rev.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/6557_obrigatoriedade_de_registro_em_video_dos_procedimentos_de_banho_rev.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/6573_denomina_barbara_lopes_magalhaes_a_ubs_do_bairro_morada_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31354/6574_institui_o_programa_empreendedorismo_na_melhor_idade_no_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/6575_institui_e_inclui_no_calendario_oficial_do_municipio_a_semana_municipal_de_combate_e_conscientizacao_sobre_o_cancer_de_pele_rev.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31356/6576_institui_a_semana_municipal_do_agronegocio_inclui_a_data_no_calendario_oficial_do_municipio_de_patos_de_minas_e_da_outras_providencias_rev.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/6577_denomina_adiron_antonio_da_silva_a_atual_rua_wb_localizada_no_bairro_alto_da_serra_rev.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31358/6578_protocolo_de_atendimento_aos_portadores_de_alopecia_areata_rev.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/6579_institui_o_dia_e_a__semana_municipal_da_mae_atipica_rev.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31360/6580_institui_o_programa_praca_do_acolhimento_no_municipio_de_patos_de_minas_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/6581_estabelece_medidas_para_garantir_o_acesso_seguro_e_responsavel_ao_spray_de_extratos_vegetais_rev.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31362/6582_diretrizes_politica_municipal_de_incentivo_e_fortalecimento_da_agricultura_familiar_ver2_rev.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/6583_institui_o_programa_memoria_limpa_proibe_dar_nome_de_pessoas_em_bens_publicos_por_pessoas_condenadas_rev.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31364/6584_institui_diretrizes_para_a_capacitacao_de_servidores_que_atuam_na_rede_publica_de_saude_rev.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/6585_protocolo_de_atencao_humanizada_em_situacao_de_perda_gestacional_rev.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31370/6590_dispoe_sobre_a_vedacao_de_praticas_de_intimidacao_contra_servidores_publicos_municipais_durante_o_exercicio_de_suas_funcoes_rev.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31434/6596_denomina_rua_maria_braz_borges_a_atual_rual_iv_no_bairro_coracao_eucaristico_rev.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/6597_dispoe_sobre_a_instituicao_da_semana_municipal_de_conscientizacao_e_orientacao_sobre_ciclomotores_e_veiculos_eletricos_rev.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/6601_concede_reajuste_aos_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31422/6602_revisao_prefeito_e_vice._2026.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/6603_revisao_secretarios_municipais.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31424/6604_concede_revisao_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/6605_dispoe_sobre_a_autorizacao_e_regulamentacao_do_uso_de_produtos_quimicos_herbicidas_para_limpeza_e_controle_de_vegetacao_em_areas_publicas_no_municipio_de_patos_de_minas_rev.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31438/6606_dispoe_sobre_a_terceirizacao_da_administracao_manutencao_e_operacao_dos_cemiterios_rurais_rev.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/6607_dispoe_sobre_a_obrigatoriedade_de_concessionarias_e_revendas_de_veiculos_novos_e_seminovos_afixarem_cartazes_informativos_acerca_do_direito_a_isencao_do_ipva_rev.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31440/6608_denomina_rua_vilson_jose_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/6609_execucao_de_hinos_nacional_e_de_patos_de_minas_em_eventos_rev.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31442/6610_diretrizes_para_capacitacao_de_profissionais_na_identificacao_de_sinais_de_abuso_moral_sexual_exploracao_infantil_rev.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/6611_diretrizes_de_incentivo_a_educacao_empreendedora_e_financeira_no_municipio_rev.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31444/6612_denomina_rua_lucia_emilia_alves_barcelos_rev.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/6613_denomina_dr._jose_claudio_arpini_a_unidade_basica_de_saude_do_bairro_nova_floresta_rev.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/353_dispoe_sobre_regulamentacao_dos_procedimentos_de_registro_cadastral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31446/354_altera_a_resolucao_326.25.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/req_001.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/req_002.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31390/003_convovacao_para_esclarecimentos_inerentes_as_suas_pastas_aos_presidentes_dos_cdcs_-_conselhos_de_desenvolvimento_comunitarios_rev_.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/req_004.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/req_005.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2026/31376/mocao_congratulacao_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H261"/>
+  <dimension ref="A1:H269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="142" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6088,4318 +6244,4526 @@
       </c>
       <c r="H96" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>409</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>410</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>315</v>
+        <v>411</v>
       </c>
       <c r="H97" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>315</v>
+        <v>415</v>
       </c>
       <c r="H98" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
         <v>72</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>315</v>
+        <v>419</v>
       </c>
       <c r="H99" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
         <v>77</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>315</v>
+        <v>423</v>
       </c>
       <c r="H100" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
         <v>77</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H101" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
         <v>77</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>315</v>
+        <v>430</v>
       </c>
       <c r="H102" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>315</v>
+        <v>434</v>
       </c>
       <c r="H103" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>72</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="H104" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>72</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>315</v>
+        <v>441</v>
       </c>
       <c r="H105" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
         <v>205</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>315</v>
+        <v>445</v>
       </c>
       <c r="H106" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
         <v>91</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>315</v>
+        <v>449</v>
       </c>
       <c r="H107" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>91</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H108" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>36</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>315</v>
+        <v>456</v>
       </c>
       <c r="H109" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
         <v>36</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>315</v>
+        <v>460</v>
       </c>
       <c r="H110" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>36</v>
+        <v>464</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H111" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>91</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H112" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>147</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>315</v>
+        <v>471</v>
       </c>
       <c r="H113" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
         <v>147</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>315</v>
+        <v>475</v>
       </c>
       <c r="H114" t="s">
-        <v>461</v>
+        <v>476</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>462</v>
+        <v>477</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>147</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>315</v>
+        <v>479</v>
       </c>
       <c r="H115" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
         <v>27</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>315</v>
+        <v>483</v>
       </c>
       <c r="H116" t="s">
-        <v>467</v>
+        <v>484</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>468</v>
+        <v>485</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
         <v>27</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>315</v>
+        <v>487</v>
       </c>
       <c r="H117" t="s">
-        <v>470</v>
+        <v>488</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
         <v>45</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>315</v>
+        <v>491</v>
       </c>
       <c r="H118" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>494</v>
       </c>
       <c r="D119" t="s">
-        <v>475</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>476</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>315</v>
+        <v>495</v>
       </c>
       <c r="H119" t="s">
-        <v>477</v>
+        <v>496</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>478</v>
+        <v>497</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>498</v>
       </c>
       <c r="D120" t="s">
-        <v>475</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>476</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>315</v>
+        <v>499</v>
       </c>
       <c r="H120" t="s">
-        <v>479</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>22</v>
+        <v>502</v>
       </c>
       <c r="D121" t="s">
-        <v>475</v>
+        <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>476</v>
+        <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>315</v>
+        <v>503</v>
       </c>
       <c r="H121" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>483</v>
+        <v>506</v>
       </c>
       <c r="D122" t="s">
-        <v>484</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>486</v>
+        <v>18</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="H122" t="s">
-        <v>488</v>
+        <v>508</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>489</v>
+        <v>509</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>490</v>
+        <v>510</v>
       </c>
       <c r="D123" t="s">
-        <v>484</v>
+        <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>491</v>
+        <v>315</v>
       </c>
       <c r="H123" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>494</v>
+        <v>513</v>
       </c>
       <c r="D124" t="s">
-        <v>484</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>495</v>
+        <v>514</v>
       </c>
       <c r="H124" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>498</v>
+        <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>484</v>
+        <v>517</v>
       </c>
       <c r="E125" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>184</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>499</v>
+        <v>519</v>
       </c>
       <c r="H125" t="s">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>502</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>484</v>
+        <v>517</v>
       </c>
       <c r="E126" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="F126" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="H126" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>506</v>
+        <v>22</v>
       </c>
       <c r="D127" t="s">
-        <v>484</v>
+        <v>517</v>
       </c>
       <c r="E127" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="F127" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>507</v>
+        <v>315</v>
       </c>
       <c r="H127" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>509</v>
+        <v>526</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="D128" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E128" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F128" t="s">
-        <v>36</v>
+        <v>530</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>511</v>
+        <v>531</v>
       </c>
       <c r="H128" t="s">
-        <v>512</v>
+        <v>532</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>513</v>
+        <v>533</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="D129" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E129" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F129" t="s">
-        <v>45</v>
+        <v>222</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="H129" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>517</v>
+        <v>537</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="D130" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E130" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F130" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>519</v>
+        <v>539</v>
       </c>
       <c r="H130" t="s">
-        <v>520</v>
+        <v>540</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>521</v>
+        <v>541</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
       <c r="D131" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E131" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F131" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="H131" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>525</v>
+        <v>545</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="D132" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E132" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F132" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
       <c r="H132" t="s">
-        <v>528</v>
+        <v>548</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>549</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>550</v>
+      </c>
+      <c r="D133" t="s">
+        <v>528</v>
+      </c>
+      <c r="E133" t="s">
         <v>529</v>
       </c>
-      <c r="B133" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F133" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>531</v>
+        <v>551</v>
       </c>
       <c r="H133" t="s">
-        <v>532</v>
+        <v>552</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>533</v>
+        <v>553</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>534</v>
+        <v>554</v>
       </c>
       <c r="D134" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E134" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F134" t="s">
-        <v>535</v>
+        <v>36</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
       <c r="H134" t="s">
-        <v>537</v>
+        <v>556</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>538</v>
+        <v>557</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>539</v>
+        <v>558</v>
       </c>
       <c r="D135" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E135" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F135" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>540</v>
+        <v>559</v>
       </c>
       <c r="H135" t="s">
-        <v>541</v>
+        <v>560</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>542</v>
+        <v>561</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
       <c r="D136" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E136" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F136" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>544</v>
+        <v>563</v>
       </c>
       <c r="H136" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="D137" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E137" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F137" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="H137" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="D138" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E138" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F138" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="H138" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="D139" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E139" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F139" t="s">
-        <v>556</v>
+        <v>67</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="H139" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>560</v>
+        <v>578</v>
       </c>
       <c r="D140" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E140" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F140" t="s">
-        <v>205</v>
+        <v>579</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="H140" t="s">
-        <v>562</v>
+        <v>581</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>564</v>
+        <v>583</v>
       </c>
       <c r="D141" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E141" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F141" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
       <c r="H141" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>568</v>
+        <v>587</v>
       </c>
       <c r="D142" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E142" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F142" t="s">
-        <v>109</v>
+        <v>205</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>569</v>
+        <v>588</v>
       </c>
       <c r="H142" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="D143" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E143" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>573</v>
+        <v>592</v>
       </c>
       <c r="H143" t="s">
-        <v>574</v>
+        <v>593</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>575</v>
+        <v>594</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
       <c r="D144" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E144" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F144" t="s">
-        <v>205</v>
+        <v>62</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>577</v>
+        <v>596</v>
       </c>
       <c r="H144" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>580</v>
+        <v>599</v>
       </c>
       <c r="D145" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E145" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F145" t="s">
-        <v>62</v>
+        <v>600</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>581</v>
+        <v>601</v>
       </c>
       <c r="H145" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>583</v>
+        <v>603</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>584</v>
+        <v>604</v>
       </c>
       <c r="D146" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E146" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F146" t="s">
-        <v>147</v>
+        <v>205</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>585</v>
+        <v>605</v>
       </c>
       <c r="H146" t="s">
-        <v>586</v>
+        <v>606</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>587</v>
+        <v>607</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>588</v>
+        <v>608</v>
       </c>
       <c r="D147" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E147" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F147" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>589</v>
+        <v>609</v>
       </c>
       <c r="H147" t="s">
-        <v>590</v>
+        <v>610</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>591</v>
+        <v>611</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>592</v>
+        <v>612</v>
       </c>
       <c r="D148" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E148" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F148" t="s">
-        <v>222</v>
+        <v>109</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>593</v>
+        <v>613</v>
       </c>
       <c r="H148" t="s">
-        <v>594</v>
+        <v>614</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>595</v>
+        <v>615</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>596</v>
+        <v>616</v>
       </c>
       <c r="D149" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E149" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F149" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>597</v>
+        <v>617</v>
       </c>
       <c r="H149" t="s">
-        <v>598</v>
+        <v>618</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>599</v>
+        <v>619</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>600</v>
+        <v>620</v>
       </c>
       <c r="D150" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E150" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F150" t="s">
-        <v>535</v>
+        <v>205</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>601</v>
+        <v>621</v>
       </c>
       <c r="H150" t="s">
-        <v>602</v>
+        <v>622</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>603</v>
+        <v>623</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>604</v>
+        <v>624</v>
       </c>
       <c r="D151" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E151" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F151" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>605</v>
+        <v>625</v>
       </c>
       <c r="H151" t="s">
-        <v>606</v>
+        <v>626</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>607</v>
+        <v>627</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="D152" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E152" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F152" t="s">
-        <v>91</v>
+        <v>147</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>609</v>
+        <v>629</v>
       </c>
       <c r="H152" t="s">
-        <v>610</v>
+        <v>630</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="D153" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E153" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F153" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>613</v>
+        <v>633</v>
       </c>
       <c r="H153" t="s">
-        <v>614</v>
+        <v>634</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>615</v>
+        <v>635</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>616</v>
+        <v>636</v>
       </c>
       <c r="D154" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E154" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F154" t="s">
-        <v>486</v>
+        <v>222</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>617</v>
+        <v>637</v>
       </c>
       <c r="H154" t="s">
-        <v>618</v>
+        <v>638</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>619</v>
+        <v>639</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>620</v>
+        <v>640</v>
       </c>
       <c r="D155" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E155" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F155" t="s">
-        <v>556</v>
+        <v>72</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>621</v>
+        <v>641</v>
       </c>
       <c r="H155" t="s">
-        <v>622</v>
+        <v>642</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>623</v>
+        <v>643</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>624</v>
+        <v>644</v>
       </c>
       <c r="D156" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E156" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F156" t="s">
-        <v>67</v>
+        <v>579</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>625</v>
+        <v>645</v>
       </c>
       <c r="H156" t="s">
-        <v>626</v>
+        <v>646</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>628</v>
+        <v>648</v>
       </c>
       <c r="D157" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="E157" t="s">
-        <v>485</v>
+        <v>529</v>
       </c>
       <c r="F157" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>629</v>
+        <v>649</v>
       </c>
       <c r="H157" t="s">
-        <v>630</v>
+        <v>650</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>631</v>
+        <v>651</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>632</v>
+        <v>652</v>
       </c>
       <c r="D158" t="s">
-        <v>633</v>
+        <v>528</v>
       </c>
       <c r="E158" t="s">
-        <v>634</v>
+        <v>529</v>
       </c>
       <c r="F158" t="s">
-        <v>635</v>
+        <v>91</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="H158" t="s">
-        <v>637</v>
+        <v>654</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>638</v>
+        <v>655</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>639</v>
+        <v>656</v>
       </c>
       <c r="D159" t="s">
-        <v>633</v>
+        <v>528</v>
       </c>
       <c r="E159" t="s">
-        <v>634</v>
+        <v>529</v>
       </c>
       <c r="F159" t="s">
-        <v>635</v>
+        <v>27</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>640</v>
+        <v>657</v>
       </c>
       <c r="H159" t="s">
-        <v>641</v>
+        <v>658</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>642</v>
+        <v>659</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>643</v>
+        <v>660</v>
       </c>
       <c r="D160" t="s">
-        <v>644</v>
+        <v>528</v>
       </c>
       <c r="E160" t="s">
-        <v>645</v>
+        <v>529</v>
       </c>
       <c r="F160" t="s">
-        <v>486</v>
+        <v>530</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="H160" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="D161" t="s">
-        <v>644</v>
+        <v>528</v>
       </c>
       <c r="E161" t="s">
-        <v>645</v>
+        <v>529</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>600</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="H161" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="D162" t="s">
-        <v>654</v>
+        <v>528</v>
       </c>
       <c r="E162" t="s">
-        <v>655</v>
+        <v>529</v>
       </c>
       <c r="F162" t="s">
-        <v>635</v>
+        <v>67</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>656</v>
+        <v>669</v>
       </c>
       <c r="H162" t="s">
-        <v>657</v>
+        <v>670</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>659</v>
+        <v>672</v>
       </c>
       <c r="D163" t="s">
-        <v>654</v>
+        <v>528</v>
       </c>
       <c r="E163" t="s">
-        <v>655</v>
+        <v>529</v>
       </c>
       <c r="F163" t="s">
-        <v>635</v>
+        <v>109</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
       <c r="H163" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>663</v>
+        <v>676</v>
       </c>
       <c r="D164" t="s">
-        <v>654</v>
+        <v>528</v>
       </c>
       <c r="E164" t="s">
-        <v>655</v>
+        <v>529</v>
       </c>
       <c r="F164" t="s">
-        <v>635</v>
+        <v>109</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>664</v>
+        <v>315</v>
       </c>
       <c r="H164" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="D165" t="s">
-        <v>654</v>
+        <v>680</v>
       </c>
       <c r="E165" t="s">
-        <v>655</v>
+        <v>681</v>
       </c>
       <c r="F165" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="H165" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>671</v>
+        <v>686</v>
       </c>
       <c r="D166" t="s">
-        <v>654</v>
+        <v>680</v>
       </c>
       <c r="E166" t="s">
-        <v>655</v>
+        <v>681</v>
       </c>
       <c r="F166" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="H166" t="s">
-        <v>673</v>
+        <v>688</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>674</v>
+        <v>689</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="D167" t="s">
-        <v>654</v>
+        <v>691</v>
       </c>
       <c r="E167" t="s">
-        <v>655</v>
+        <v>692</v>
       </c>
       <c r="F167" t="s">
-        <v>635</v>
+        <v>530</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>676</v>
+        <v>693</v>
       </c>
       <c r="H167" t="s">
-        <v>677</v>
+        <v>694</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>679</v>
+        <v>696</v>
       </c>
       <c r="D168" t="s">
-        <v>654</v>
+        <v>691</v>
       </c>
       <c r="E168" t="s">
-        <v>655</v>
+        <v>692</v>
       </c>
       <c r="F168" t="s">
-        <v>635</v>
+        <v>13</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>680</v>
+        <v>697</v>
       </c>
       <c r="H168" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>699</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>700</v>
+      </c>
+      <c r="D169" t="s">
+        <v>701</v>
+      </c>
+      <c r="E169" t="s">
+        <v>702</v>
+      </c>
+      <c r="F169" t="s">
         <v>682</v>
       </c>
-      <c r="B169" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G169" s="1" t="s">
-        <v>684</v>
+        <v>703</v>
       </c>
       <c r="H169" t="s">
-        <v>685</v>
+        <v>704</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>686</v>
+        <v>705</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>687</v>
+        <v>706</v>
       </c>
       <c r="D170" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E170" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F170" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="H170" t="s">
-        <v>689</v>
+        <v>708</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>690</v>
+        <v>709</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>691</v>
+        <v>710</v>
       </c>
       <c r="D171" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E171" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F171" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>692</v>
+        <v>711</v>
       </c>
       <c r="H171" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>694</v>
+        <v>713</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>695</v>
+        <v>714</v>
       </c>
       <c r="D172" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E172" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F172" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>696</v>
+        <v>715</v>
       </c>
       <c r="H172" t="s">
-        <v>697</v>
+        <v>716</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>699</v>
+        <v>718</v>
       </c>
       <c r="D173" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E173" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F173" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>700</v>
+        <v>719</v>
       </c>
       <c r="H173" t="s">
-        <v>701</v>
+        <v>720</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>721</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>722</v>
+      </c>
+      <c r="D174" t="s">
+        <v>701</v>
+      </c>
+      <c r="E174" t="s">
         <v>702</v>
       </c>
-      <c r="B174" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F174" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="H174" t="s">
-        <v>705</v>
+        <v>724</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>706</v>
+        <v>725</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>707</v>
+        <v>726</v>
       </c>
       <c r="D175" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E175" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F175" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>708</v>
+        <v>727</v>
       </c>
       <c r="H175" t="s">
-        <v>709</v>
+        <v>728</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>710</v>
+        <v>729</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
       <c r="D176" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E176" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F176" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>712</v>
+        <v>731</v>
       </c>
       <c r="H176" t="s">
-        <v>713</v>
+        <v>732</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>714</v>
+        <v>733</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>715</v>
+        <v>734</v>
       </c>
       <c r="D177" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E177" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F177" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>716</v>
+        <v>735</v>
       </c>
       <c r="H177" t="s">
-        <v>717</v>
+        <v>736</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>718</v>
+        <v>737</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>719</v>
+        <v>738</v>
       </c>
       <c r="D178" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E178" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F178" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>720</v>
+        <v>739</v>
       </c>
       <c r="H178" t="s">
-        <v>721</v>
+        <v>740</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>722</v>
+        <v>741</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>723</v>
+        <v>742</v>
       </c>
       <c r="D179" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E179" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F179" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>724</v>
+        <v>743</v>
       </c>
       <c r="H179" t="s">
-        <v>725</v>
+        <v>744</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>726</v>
+        <v>745</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>727</v>
+        <v>746</v>
       </c>
       <c r="D180" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E180" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F180" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>728</v>
+        <v>747</v>
       </c>
       <c r="H180" t="s">
-        <v>729</v>
+        <v>748</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>731</v>
+        <v>750</v>
       </c>
       <c r="D181" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E181" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F181" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>732</v>
+        <v>751</v>
       </c>
       <c r="H181" t="s">
-        <v>733</v>
+        <v>752</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
       <c r="D182" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E182" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F182" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="H182" t="s">
-        <v>737</v>
+        <v>756</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>738</v>
+        <v>757</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>739</v>
+        <v>758</v>
       </c>
       <c r="D183" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E183" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F183" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>740</v>
+        <v>759</v>
       </c>
       <c r="H183" t="s">
-        <v>741</v>
+        <v>760</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>743</v>
+        <v>762</v>
       </c>
       <c r="D184" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E184" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F184" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>744</v>
+        <v>763</v>
       </c>
       <c r="H184" t="s">
-        <v>745</v>
+        <v>764</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>746</v>
+        <v>765</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="D185" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E185" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F185" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>748</v>
+        <v>767</v>
       </c>
       <c r="H185" t="s">
-        <v>749</v>
+        <v>768</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>750</v>
+        <v>769</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>751</v>
+        <v>770</v>
       </c>
       <c r="D186" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E186" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F186" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>752</v>
+        <v>771</v>
       </c>
       <c r="H186" t="s">
-        <v>753</v>
+        <v>772</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>754</v>
+        <v>773</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="D187" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E187" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F187" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>756</v>
+        <v>775</v>
       </c>
       <c r="H187" t="s">
-        <v>757</v>
+        <v>776</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>758</v>
+        <v>777</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>759</v>
+        <v>778</v>
       </c>
       <c r="D188" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E188" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F188" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="H188" t="s">
-        <v>761</v>
+        <v>780</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>763</v>
+        <v>782</v>
       </c>
       <c r="D189" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E189" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F189" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>764</v>
+        <v>783</v>
       </c>
       <c r="H189" t="s">
-        <v>765</v>
+        <v>784</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>766</v>
+        <v>785</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>767</v>
+        <v>786</v>
       </c>
       <c r="D190" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E190" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F190" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>768</v>
+        <v>787</v>
       </c>
       <c r="H190" t="s">
-        <v>769</v>
+        <v>788</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>770</v>
+        <v>789</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="D191" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E191" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F191" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>772</v>
+        <v>791</v>
       </c>
       <c r="H191" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
       <c r="D192" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E192" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F192" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>776</v>
+        <v>795</v>
       </c>
       <c r="H192" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>778</v>
+        <v>797</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="D193" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E193" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F193" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>780</v>
+        <v>799</v>
       </c>
       <c r="H193" t="s">
-        <v>781</v>
+        <v>800</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>782</v>
+        <v>801</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="D194" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E194" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F194" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>784</v>
+        <v>803</v>
       </c>
       <c r="H194" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="D195" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E195" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F195" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>788</v>
+        <v>807</v>
       </c>
       <c r="H195" t="s">
-        <v>789</v>
+        <v>808</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="D196" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E196" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F196" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
       <c r="H196" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>794</v>
+        <v>813</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
       <c r="D197" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E197" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F197" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="H197" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
       <c r="D198" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E198" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F198" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
       <c r="H198" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>802</v>
+        <v>821</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="D199" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E199" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F199" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>804</v>
+        <v>823</v>
       </c>
       <c r="H199" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
       <c r="D200" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E200" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F200" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>808</v>
+        <v>827</v>
       </c>
       <c r="H200" t="s">
-        <v>809</v>
+        <v>828</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="D201" t="s">
-        <v>654</v>
+        <v>701</v>
       </c>
       <c r="E201" t="s">
-        <v>655</v>
+        <v>702</v>
       </c>
       <c r="F201" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="H201" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>815</v>
+        <v>834</v>
       </c>
       <c r="D202" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E202" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F202" t="s">
-        <v>486</v>
+        <v>682</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>818</v>
+        <v>835</v>
       </c>
       <c r="H202" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>820</v>
+        <v>837</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="D203" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E203" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F203" t="s">
-        <v>18</v>
+        <v>682</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="H203" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>824</v>
+        <v>841</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="D204" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E204" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F204" t="s">
-        <v>62</v>
+        <v>682</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
       <c r="H204" t="s">
-        <v>827</v>
+        <v>844</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>829</v>
+        <v>846</v>
       </c>
       <c r="D205" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E205" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F205" t="s">
-        <v>18</v>
+        <v>682</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="H205" t="s">
-        <v>831</v>
+        <v>848</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
       <c r="D206" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E206" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F206" t="s">
-        <v>147</v>
+        <v>682</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>834</v>
+        <v>851</v>
       </c>
       <c r="H206" t="s">
-        <v>835</v>
+        <v>852</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
       <c r="D207" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E207" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F207" t="s">
-        <v>109</v>
+        <v>682</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="H207" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="D208" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E208" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F208" t="s">
-        <v>109</v>
+        <v>682</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="H208" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="D209" t="s">
-        <v>816</v>
+        <v>701</v>
       </c>
       <c r="E209" t="s">
-        <v>817</v>
+        <v>702</v>
       </c>
       <c r="F209" t="s">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>315</v>
+        <v>863</v>
       </c>
       <c r="H209" t="s">
-        <v>846</v>
+        <v>864</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>848</v>
+        <v>866</v>
       </c>
       <c r="D210" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E210" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F210" t="s">
-        <v>27</v>
+        <v>530</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>849</v>
+        <v>869</v>
       </c>
       <c r="H210" t="s">
-        <v>850</v>
+        <v>870</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>851</v>
+        <v>871</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>852</v>
+        <v>872</v>
       </c>
       <c r="D211" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E211" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F211" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>853</v>
+        <v>873</v>
       </c>
       <c r="H211" t="s">
-        <v>854</v>
+        <v>874</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>855</v>
+        <v>875</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>856</v>
+        <v>876</v>
       </c>
       <c r="D212" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E212" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F212" t="s">
         <v>62</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>857</v>
+        <v>877</v>
       </c>
       <c r="H212" t="s">
-        <v>858</v>
+        <v>878</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>859</v>
+        <v>879</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>860</v>
+        <v>880</v>
       </c>
       <c r="D213" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E213" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F213" t="s">
-        <v>861</v>
+        <v>18</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
       <c r="H213" t="s">
-        <v>863</v>
+        <v>882</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
       <c r="D214" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E214" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F214" t="s">
-        <v>866</v>
+        <v>147</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="H214" t="s">
-        <v>868</v>
+        <v>886</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>870</v>
+        <v>888</v>
       </c>
       <c r="D215" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E215" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F215" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>315</v>
+        <v>889</v>
       </c>
       <c r="H215" t="s">
-        <v>871</v>
+        <v>890</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>872</v>
+        <v>891</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>873</v>
+        <v>892</v>
       </c>
       <c r="D216" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E216" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>874</v>
+        <v>893</v>
       </c>
       <c r="H216" t="s">
-        <v>875</v>
+        <v>894</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>876</v>
+        <v>895</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>877</v>
+        <v>896</v>
       </c>
       <c r="D217" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E217" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F217" t="s">
-        <v>878</v>
+        <v>27</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>879</v>
+        <v>315</v>
       </c>
       <c r="H217" t="s">
-        <v>880</v>
+        <v>897</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>882</v>
+        <v>899</v>
       </c>
       <c r="D218" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E218" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F218" t="s">
         <v>27</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>883</v>
+        <v>900</v>
       </c>
       <c r="H218" t="s">
-        <v>884</v>
+        <v>901</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>885</v>
+        <v>902</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>886</v>
+        <v>903</v>
       </c>
       <c r="D219" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E219" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F219" t="s">
-        <v>887</v>
+        <v>27</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>888</v>
+        <v>904</v>
       </c>
       <c r="H219" t="s">
-        <v>889</v>
+        <v>905</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>890</v>
+        <v>906</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>891</v>
+        <v>907</v>
       </c>
       <c r="D220" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E220" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F220" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>892</v>
+        <v>908</v>
       </c>
       <c r="H220" t="s">
-        <v>893</v>
+        <v>909</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>894</v>
+        <v>910</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>895</v>
+        <v>911</v>
       </c>
       <c r="D221" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E221" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F221" t="s">
-        <v>77</v>
+        <v>912</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
       <c r="H221" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>898</v>
+        <v>915</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>899</v>
+        <v>916</v>
       </c>
       <c r="D222" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E222" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F222" t="s">
-        <v>77</v>
+        <v>917</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>900</v>
+        <v>918</v>
       </c>
       <c r="H222" t="s">
-        <v>901</v>
+        <v>919</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>902</v>
+        <v>920</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>903</v>
+        <v>921</v>
       </c>
       <c r="D223" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E223" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F223" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>904</v>
+        <v>315</v>
       </c>
       <c r="H223" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>906</v>
+        <v>923</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
       <c r="D224" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E224" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F224" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="H224" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="D225" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E225" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F225" t="s">
-        <v>72</v>
+        <v>929</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>912</v>
+        <v>930</v>
       </c>
       <c r="H225" t="s">
-        <v>913</v>
+        <v>931</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>914</v>
+        <v>932</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>915</v>
+        <v>933</v>
       </c>
       <c r="D226" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E226" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F226" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>916</v>
+        <v>934</v>
       </c>
       <c r="H226" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>918</v>
+        <v>936</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
       <c r="D227" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E227" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F227" t="s">
-        <v>72</v>
+        <v>938</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>920</v>
+        <v>939</v>
       </c>
       <c r="H227" t="s">
-        <v>921</v>
+        <v>940</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>922</v>
+        <v>941</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>923</v>
+        <v>942</v>
       </c>
       <c r="D228" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E228" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F228" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="H228" t="s">
-        <v>925</v>
+        <v>944</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>926</v>
+        <v>945</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
       <c r="D229" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E229" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F229" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>928</v>
+        <v>947</v>
       </c>
       <c r="H229" t="s">
-        <v>929</v>
+        <v>948</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>930</v>
+        <v>949</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>931</v>
+        <v>950</v>
       </c>
       <c r="D230" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E230" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F230" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="H230" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>935</v>
+        <v>954</v>
       </c>
       <c r="D231" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E231" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>936</v>
+        <v>955</v>
       </c>
       <c r="H231" t="s">
-        <v>937</v>
+        <v>956</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>938</v>
+        <v>957</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>939</v>
+        <v>958</v>
       </c>
       <c r="D232" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E232" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>940</v>
+        <v>959</v>
       </c>
       <c r="H232" t="s">
-        <v>941</v>
+        <v>960</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>942</v>
+        <v>961</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>943</v>
+        <v>962</v>
       </c>
       <c r="D233" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E233" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F233" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>944</v>
+        <v>963</v>
       </c>
       <c r="H233" t="s">
-        <v>945</v>
+        <v>964</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>946</v>
+        <v>965</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="D234" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E234" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F234" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>948</v>
+        <v>967</v>
       </c>
       <c r="H234" t="s">
-        <v>949</v>
+        <v>968</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>950</v>
+        <v>969</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>951</v>
+        <v>970</v>
       </c>
       <c r="D235" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E235" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F235" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>952</v>
+        <v>971</v>
       </c>
       <c r="H235" t="s">
-        <v>953</v>
+        <v>972</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>954</v>
+        <v>973</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>955</v>
+        <v>974</v>
       </c>
       <c r="D236" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E236" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F236" t="s">
-        <v>956</v>
+        <v>72</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>957</v>
+        <v>975</v>
       </c>
       <c r="H236" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>959</v>
+        <v>977</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>960</v>
+        <v>978</v>
       </c>
       <c r="D237" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E237" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F237" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="H237" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="D238" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E238" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F238" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>965</v>
+        <v>983</v>
       </c>
       <c r="H238" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="D239" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E239" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F239" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="H239" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
       <c r="D240" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E240" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F240" t="s">
-        <v>887</v>
+        <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>973</v>
+        <v>991</v>
       </c>
       <c r="H240" t="s">
-        <v>974</v>
+        <v>992</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>975</v>
+        <v>993</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>976</v>
+        <v>994</v>
       </c>
       <c r="D241" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E241" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F241" t="s">
-        <v>887</v>
+        <v>995</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>977</v>
+        <v>996</v>
       </c>
       <c r="H241" t="s">
-        <v>978</v>
+        <v>997</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>979</v>
+        <v>998</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>980</v>
+        <v>999</v>
       </c>
       <c r="D242" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E242" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F242" t="s">
-        <v>887</v>
+        <v>77</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>981</v>
+        <v>1000</v>
       </c>
       <c r="H242" t="s">
-        <v>982</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>984</v>
+        <v>1003</v>
       </c>
       <c r="D243" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E243" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F243" t="s">
-        <v>887</v>
+        <v>77</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>985</v>
+        <v>1004</v>
       </c>
       <c r="H243" t="s">
-        <v>986</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>987</v>
+        <v>1006</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>988</v>
+        <v>1007</v>
       </c>
       <c r="D244" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E244" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F244" t="s">
-        <v>62</v>
+        <v>1008</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>989</v>
+        <v>1009</v>
       </c>
       <c r="H244" t="s">
-        <v>990</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>991</v>
+        <v>1011</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>992</v>
+        <v>1012</v>
       </c>
       <c r="D245" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E245" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F245" t="s">
         <v>62</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>993</v>
+        <v>1013</v>
       </c>
       <c r="H245" t="s">
-        <v>994</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>995</v>
+        <v>1015</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>996</v>
+        <v>1016</v>
       </c>
       <c r="D246" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E246" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F246" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>997</v>
+        <v>1017</v>
       </c>
       <c r="H246" t="s">
-        <v>998</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>999</v>
+        <v>1019</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>1000</v>
+        <v>1020</v>
       </c>
       <c r="D247" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E247" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>1001</v>
+        <v>1021</v>
       </c>
       <c r="H247" t="s">
-        <v>1002</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>1003</v>
+        <v>1023</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>1004</v>
+        <v>1024</v>
       </c>
       <c r="D248" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E248" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F248" t="s">
-        <v>13</v>
+        <v>938</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>1005</v>
+        <v>1025</v>
       </c>
       <c r="H248" t="s">
-        <v>1006</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>1008</v>
+        <v>1028</v>
       </c>
       <c r="D249" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E249" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F249" t="s">
-        <v>77</v>
+        <v>938</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="H249" t="s">
-        <v>1010</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="D250" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E250" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F250" t="s">
-        <v>77</v>
+        <v>938</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>1013</v>
+        <v>1033</v>
       </c>
       <c r="H250" t="s">
-        <v>1014</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1015</v>
+        <v>1035</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>1016</v>
+        <v>1036</v>
       </c>
       <c r="D251" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E251" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>938</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>1017</v>
+        <v>1037</v>
       </c>
       <c r="H251" t="s">
-        <v>1018</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1019</v>
+        <v>1039</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>1020</v>
+        <v>1040</v>
       </c>
       <c r="D252" t="s">
-        <v>816</v>
+        <v>867</v>
       </c>
       <c r="E252" t="s">
-        <v>817</v>
+        <v>868</v>
       </c>
       <c r="F252" t="s">
-        <v>1021</v>
+        <v>62</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>1022</v>
+        <v>1041</v>
       </c>
       <c r="H252" t="s">
-        <v>1023</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>1024</v>
+        <v>1043</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>1025</v>
+        <v>1044</v>
       </c>
       <c r="D253" t="s">
-        <v>1026</v>
+        <v>867</v>
       </c>
       <c r="E253" t="s">
-        <v>1027</v>
+        <v>868</v>
       </c>
       <c r="F253" t="s">
-        <v>887</v>
+        <v>62</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
       <c r="H253" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>1030</v>
+        <v>1047</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>1031</v>
+        <v>1048</v>
       </c>
       <c r="D254" t="s">
-        <v>1026</v>
+        <v>867</v>
       </c>
       <c r="E254" t="s">
-        <v>1027</v>
+        <v>868</v>
       </c>
       <c r="F254" t="s">
         <v>72</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>1032</v>
+        <v>1049</v>
       </c>
       <c r="H254" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>10</v>
+        <v>1052</v>
       </c>
       <c r="D255" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E255" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F255" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1037</v>
+        <v>1053</v>
       </c>
       <c r="H255" t="s">
-        <v>1038</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1039</v>
+        <v>1055</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>17</v>
+        <v>1056</v>
       </c>
       <c r="D256" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E256" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F256" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="H256" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>22</v>
+        <v>1060</v>
       </c>
       <c r="D257" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E257" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F257" t="s">
-        <v>1043</v>
+        <v>77</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="H257" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>26</v>
+        <v>1064</v>
       </c>
       <c r="D258" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E258" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F258" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
       <c r="H258" t="s">
-        <v>1048</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1049</v>
+        <v>1067</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>31</v>
+        <v>1068</v>
       </c>
       <c r="D259" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E259" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F259" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="H259" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1052</v>
+        <v>1071</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>35</v>
+        <v>1072</v>
       </c>
       <c r="D260" t="s">
-        <v>1035</v>
+        <v>867</v>
       </c>
       <c r="E260" t="s">
-        <v>1036</v>
+        <v>868</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>1073</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>315</v>
+        <v>1074</v>
       </c>
       <c r="H260" t="s">
-        <v>1053</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1054</v>
+        <v>1076</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F261" t="s">
+        <v>938</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F262" t="s">
+        <v>72</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
         <v>10</v>
       </c>
-      <c r="D261" t="s">
-[...5 lines deleted...]
-      <c r="F261" t="s">
+      <c r="D263" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F263" t="s">
+        <v>36</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>17</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F264" t="s">
         <v>13</v>
       </c>
-      <c r="G261" s="1" t="s">
-[...3 lines deleted...]
-        <v>1058</v>
+      <c r="G264" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>22</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F265" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>26</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F266" t="s">
+        <v>45</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>31</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F267" t="s">
+        <v>62</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>35</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F268" t="s">
+        <v>13</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>10</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F269" t="s">
+        <v>13</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1110</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10620,50 +10984,58 @@
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>