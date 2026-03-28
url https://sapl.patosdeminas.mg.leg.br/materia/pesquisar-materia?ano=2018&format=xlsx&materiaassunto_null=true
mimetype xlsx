--- v0 (2025-12-08)
+++ v1 (2026-03-28)
@@ -54,7664 +54,7664 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>24477</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">Isaías Martins de Oliveira </t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24477/24477_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24477/24477_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES NA RUA PADRE CALDEIRA, EM FRENTE AO HOSPITAL NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24478</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24478/24478_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24478/24478_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REDUÇÃO DO VALOR DA TAXA DE SEPULTAMENTO EM JAZIGO NO CEMITÉRIO MUNICIPAL DE SANTA CRUZ.</t>
   </si>
   <si>
     <t>24479</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24479/24479_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24479/24479_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES, JUNTO À DIREÇÃO DA VIAÇÃO PÁSSARO BRANCO LTDA., VISANDO À DISPONIBILIZAÇÃO DE UMA LINHA DO TRANSPORTE COLETIVO URBANO MUNICIPAL PARA O BAIRRO CAMPOS ELÍSEOS. </t>
   </si>
   <si>
     <t>24480</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24480/24480_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24480/24480_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A DOAÇÃO DE TERRENO PARA CONSTRUÇÃO DA SEDE DA ASSOCIAÇÃO DOS MORADORES DO BAIRRO JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>24481</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Mauri Sérgio Rodrigues - Mauri da JL</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24481/24481_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24481/24481_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A                   CONSTRUÇÃO DE UM HOSPITAL MUNICIPAL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>24482</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24482/24482_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24482/24482_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS, JUNTO AO SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO SOCIAL, PARA A AGILIZAÇÃO DOS PROCESSOS REFERENTES ÀS SOLICITAÇÕES DE ESCRITURAS DEFINITIVAS DOS IMÓVEIS DO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24502</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24502/24502_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24502/24502_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO GOVERNADOR DO ESTADO DE MINAS GERAIS, FERNANDO PIMENTEL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AQUISIÇÃO/DESTINAÇÃO DE UM HELICÓPTERO PARA OS ATENDIMENTOS PRÉ-HOSPITALARES DE ALTA COMPLEXIDADE NO MUNICÍPIO DE PATOS DE MINAS E REGIÃO, COM BASE NA CIDADE DE PATOS DE MINAS/MG. </t>
   </si>
   <si>
     <t>24503</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24503/24503_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24503/24503_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A COBERTURA DO PONTO DE ÔNIBUS LOCALIZADO NA BR 365, ESQUINA COM A ESTRADA DOS CANÊDOS, PRÓXIMO AS MOLAS BRASIL, NO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>24504</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24504/24504_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24504/24504_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE REPAROS NOS MATA-BURROS LOCALIZADOS NAS ESTRADAS DE ACESSO ÀS COMUNIDADES DE RANCHINHO E BASÍLIOS, NO DISTRITO DE AREADO (CHUMBO).</t>
   </si>
   <si>
     <t>24505</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24505/24505_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24505/24505_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CRIAÇÃO DO FUNDO MUNICIPAL DE APOIO ÀS ESTRADA RURAIS DESTINADO À RECUPERAÇÃO, MELHORIA E MANUTENÇÃO DAS ESTRADAS VICINAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24506</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Lásaro Borges de Oliveira - Lásaro Borges</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24506/24506_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24506/24506_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O EFETIVO CUMPRIMENTO DA LEI Nº 7581/18, QUE &amp;#8220;DISPÕE SOBRE A IMPLANTAÇÃO DE FAIXAS ELEVADAS DE SEGURANÇA PARA TRAVESSIA DE PEDESTRES EM FRENTE ÁS ESCOLAS E CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL, NO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;, ESPECIALMENTE, EM FRENTE À ESCOLA ESTADUAL ABÍLIO CAIXETA DE QUEIROZ, ESCOLA ESTADUAL PROFESSORA PAULINA DE MELO PORTO E O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL CEBOLINHA II.</t>
   </si>
   <si>
     <t>24507</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>David Antônio Sanches - David Balla</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24507/24507_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24507/24507_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO DA ESTRADA (PATROLAR E COLOCAR CASCALHO) LOCALIZADA NO FINAL DA AVENIDA VEREADOR JOSÉ CAIXETA MAGALHÃES, NO BAIRRO IPANEMA.</t>
   </si>
   <si>
     <t>24508</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24508/24508_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24508/24508_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACA DE CARGA E DESCARGA NA RUA TEÓFILO OTONI, 41, CENTRO.</t>
   </si>
   <si>
     <t>24509</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24509/24509_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24509/24509_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS, JUNTO AOS ÓRGÃOS MUNICIPAIS, PARA A DESIGNAÇÃO DE UM SERVIDOR SUBSTITUTO DURANTE O PERÍODO DE FÉRIAS DO TITULAR DO CARGO, VISANDO AO PROSSEGUIMENTO DAS ATIVIDADES DESENVOLVIDAS NO SETOR.</t>
   </si>
   <si>
     <t>24510</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Maria Beatriz de Castro A. Savassi - Béia Savassi</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24510/24510_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24510/24510_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ATUALIZAÇÃO E INSTALAÇÃO DE PLACAS DE DENOMINAÇÃO NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24511</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24511/24511_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24511/24511_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA E PODA DE ÁRVORES NA PRAÇA DA COMUNIDADE RURAL DE LANHOSOS.</t>
   </si>
   <si>
     <t>24512</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Nivaldo Tavares dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24512/24512_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24512/24512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO DE FAIXA DE PEDESTRES NA AVENIDA PARACATU, 68, EM FRENTE À EMPRESA VIEIRA E SILVA, NO BAIRRO DO ROSÁRIO. </t>
   </si>
   <si>
     <t>24513</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24513/24513_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24513/24513_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA OLÍMPIA NUNES ARAÚJO, NO BAIRRO CÔNEGO GETÚLIO.</t>
   </si>
   <si>
     <t>24514</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24514/24514_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24514/24514_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CRIAÇÃO DE INCENTIVOS PARA A GERAÇÃO DE EMPREGO E RENDA AOS MORADORES DOS DISTRITOS E COMUNIDADES RURAIS DE NOSSO MUNICÍPIO, VISANDO A FIXAÇÃO DO HOMEM NO CAMPO.</t>
   </si>
   <si>
     <t>24515</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24515/24515_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24515/24515_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO, TAIS COMO INSTALAÇÃO DE LUZES CENTRAIS, NO MONUMENTO DO CENTENÁRIO DE PATOS DE MINAS, LOCALIZADO NA PRAÇA DOM EDUARDO.</t>
   </si>
   <si>
     <t>24516</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Edimê Erlinda de Lima Avelar, João Batista Gonçalves - Cabo Batista</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24516/24516_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24516/24516_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE SEMÁFOROS, COM CONTADOR REGRESSIVO OU PONTOS DE ILUMINAÇÃO, BEM COMO SINALIZAÇÃO DE ALERTA (CÍRCULO LUMINOSO QUE ACENDE E APAGA) NAS VIAS COM FISCALIZAÇÃO ELETRÔNICA. </t>
   </si>
   <si>
     <t>24541</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24541/24541_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24541/24541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ATENDIMENTO ÀS DEMANDAS PARA MELHORIA DOS SERVIÇOS PRESTADOS PELA UPA PORTE III, TAIS COMO:_x000D_
 &amp;#8226;	INSTALAÇÃO DE CÂMARAS DE SEGURANÇA;_x000D_
 &amp;#8226;	FECHAMENTO DO PORTÃO DOS FUNDOS, DE ACESSO ÀS AMBULÂNCIAS, PARA EVITAR A PASSAGEM DA POPULAÇÃO;_x000D_
 &amp;#8226;	FIXAÇÃO, EM LOCAL VISÍVEL, DO QUADRO DE MÉDICOS QUE ESTÃO DE PLANTÃO;_x000D_
 &amp;#8226;	AUMENTO DO NÚMERO DE VIGILANTES;_x000D_
 &amp;#8226;	AUMENTO DA QUANTIDADE DE BEBEDOUROS;_x000D_
 &amp;#8226;	MANUTENÇÃO DOS APARELHOS DE AR CONDICIONADO, MÁQUINAS, COMPUTADORES ETC._x000D_
 </t>
   </si>
   <si>
     <t>24542</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24542/24542_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24542/24542_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE LUMINÁRIAS NA RUA GOIÂNIA E DE PADRÕES EM TODAS AS CASAS DA RUA BETIM, NO DISTRITO DE ALAGOAS.</t>
   </si>
   <si>
     <t>24543</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24543/24543_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24543/24543_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO COMANDANTE-GERAL DA POLÍCIA MILITAR DE MINAS GERAIS, CORONEL HELBERT FIGUEIRÓ DE LOURDES, COM CÓPIA PARA O COMANDANTE DA DÉCIMA REGIÃO DA POLÍCIA MILITAR, CORONEL PM WALDIMIR SOARES, INDICANDO ADOTAREM MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO DA 156ª COMPANHIA DE POLÍCIA MILITAR, VINCULADA AO 15° BATALHÃO DE POLÍCIA MILITAR DE PATOS DE MINAS, NÃO REALIZANDO, ASSIM, A EXTINÇÃO DA COMPANHIA. </t>
   </si>
   <si>
     <t>24544</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24544/24544_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24544/24544_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE UMA CANALETA NA AVENIDA AFONSO QUEIROZ, ENTRE AS RESIDÊNCIAS DE Nº 1029 A 1125, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>24545</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24545/24545_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24545/24545_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A COBERTURA DO PARQUINHO INFANTIL DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CMEI, LOCALIZADO NA ESCOLA MUNICIPAL &amp;#8220;PROFESSOR ARISTIDES MEMÓRIA&amp;#8221; - CAIC.</t>
   </si>
   <si>
     <t>24546</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24546/24546_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24546/24546_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACAS INDICATIVAS COM OS NOMES DAS RUAS OU REALIZAÇÃO DE PINTURA NOS POSTES NO LOTEAMENTO SANTA CLARA, NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24547</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24547/24547_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24547/24547_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PRESIDENTE DA CÂMARA MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A EXIBIÇÃO DOS HINOS NACIONAL E DE PATOS DE MINAS NO TELÃO DURANTE OS EVENTOS DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>24548</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24548/24548_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24548/24548_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A SINCRONIZAÇÃO DOS SEMÁFOROS NA AVENIDA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>24549</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24549/24549_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24549/24549_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O CADASTRAMENTO DE PROPOSTA NO SICONV VISANDO AO EMPENHO DE RECURSOS FINANCEIROS NO MINISTÉRIO DA AGROPECUÁRIA, PECUÁRIA E ABASTECIMENTO, DESTINADOS À RECUPERAÇÃO E MANUTENÇÃO DA ESTRADA VICINAL, ACESSO PELA BR 365, PASSANDO PELO DISTRITO DE BONSUCESSO, COM DESTINO À CIDADE DE TIROS.</t>
   </si>
   <si>
     <t>24550</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24550/24550_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24550/24550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À SUPERINTENDENTE REGIONAL DE ENSINO DE PATOS DE MINAS, ELIZABETH MARIA NASCIMENTO SILVA, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO DE UMA ESCOLA NO CENTRO DE INTERNAÇÃO PROVISÓRIA DE PATOS DE MINAS DESTINADA AOS JOVENS QUE ESTÃO EM CUMPRIMENTO DE MEDIDA DE INTERNAÇÃO. </t>
   </si>
   <si>
     <t>24558</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24558/24558_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24558/24558_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONTRATAÇÃO DE UMA EMPRESA TERCEIRIZADA PARA A MANUTENÇÃO DAS ESTRADAS RURAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24568</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Maria Dalva da Mota Azevedo - Dalva Mota , João Batista Gonçalves - Cabo Batista</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24568/24568_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24568/24568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE CONSULTÓRIO ODONTOLÓGICO FIXO NO DISTRITO DE CHUMBO (AREADO). </t>
   </si>
   <si>
     <t>24569</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24569/24569_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24569/24569_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO GERENTE REGIONAL DA COPASA/MG, SAULO DE LIMA BERNARDES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ELIMINAÇÃO DO MAU CHEIRO DECORRENTE DAS ATIVIDADES DA ESTAÇÃO DE TRATAMENTO DE ESGOTO DA COPASA/MG, NAS PROXIMIDADES DOS BAIRROS RESIDENCIAL QUEBEC E CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>24570</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24570/24570_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24570/24570_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA AVENIDA RODRIGO CASTILHO DE AVELAR, MARGINAL DA BR 365, TRECHO DO KM 407 AO 408.</t>
   </si>
   <si>
     <t>24571</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24571/24571_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24571/24571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A EXECUÇÃO DE OBRAS DE MELHORIAS NA RUA VEREADOR DR. JOSEPH BORGES DE QUEIROZ, NO BAIRRO DISTRITO INDUSTRIAL II, TAIS COMO:_x000D_
 1) SERVIÇOS DE SANEAMENTO BÁSICO E REDE DE ESGOTO;_x000D_
 2) INSTALAÇÃO DE POSTES E LUMINÁRIAS;_x000D_
 3) PAVIMENTAÇÃO ASFÁLTICA._x000D_
 </t>
   </si>
   <si>
     <t>24572</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24572/24572_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24572/24572_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A EXECUÇÃO DE OBRAS DE MELHORIAS NO BECO (ANTIGA RUA DO CANAVIAL) SITUADO PRÓXIMO À AVENIDA VEREADOR DR. JOSEPH BORGES DE QUEIROZ, NO BAIRRO DISTRITO INDUSTRIAL II, TAIS COMO:_x000D_
 1) SERVIÇOS DE SANEAMENTO BÁSICO E REDE DE ESGOTO;_x000D_
 2) INSTALAÇÃO DE POSTES E LUMINÁRIAS;_x000D_
 3) PAVIMENTAÇÃO ASFÁLTICA._x000D_
 </t>
   </si>
   <si>
     <t>24573</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24573/24573_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24573/24573_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO GERENTE REGIONAL DA COPASA/MG, SAULO DE LIMA BERNARDES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AGILIZAÇÃO DA CONSTRUÇÃO DA REDE DE ESGOTO NA RUA DOS CANÊDOS, LOCALIZADA NO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>24574</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24574/24574_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24574/24574_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A RECONSTRUÇÃO DA PONTE GRANDE DO RIBEIRÃO E DA PONTE DO RIBEIRÃO DO NOÉ DE PAULA, AMBAS LOCALIZADAS NA COMUNIDADE DE CAPELA DAS POSSES.</t>
   </si>
   <si>
     <t>24575</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24575/24575_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24575/24575_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AMPLIAÇÃO DO HORÁRIO DE FUNCIONAMENTO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ARCO IRIS, LOCALIZADO NO DISTRITO DE SANTANA DE PATOS.</t>
   </si>
   <si>
     <t>24592</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24592/24592_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24592/24592_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE ROTATÓRIA NO CRUZAMENTO DA AVENIDA FRANCISCO DE PAULA FERREIRA COM A AVENIDA VEREADOR DOUTOR JOSEPH BORGES QUEIROZ, BEM COMO PARA A REALIZAÇÃO DE ALARGAMENTO E PROLONGAMENTO DA AVENIDA FRANCISCO DE PAULA FERREIRA ATÉ A AVENIDA PRESIDENTE JUSCELINO KUBITSCHEK, NO BAIRRO RESIDENCIAL GRAMADO.</t>
   </si>
   <si>
     <t>24593</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24593/24593_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24593/24593_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES DESTINADAS À CONCLUSÃO DAS OBRAS DE CONSTRUÇÃO DO CÂMPUS DA UFU, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24594</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24594/24594_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24594/24594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CELEBRAÇÃO DE CONVÊNIO OU OUTRO INSTRUMENTO JURÍDICO COM O CENTRO UNIVERSITÁRIO DE PATOS DE MINAS - UNIPAM, COM VISTAS A OFERECER, POR MEIO DO CURSO DE AGRONOMIA, SERVIÇOS DE ANÁLISE DE SOLO AOS PRODUTORES RURAIS DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>24595</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24595/24595_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24595/24595_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA DO CANTEIRO CENTRAL DA AVENIDA OTAVINA ALVES SOUZA E  PARA A FISCALIZAÇÃO/NOTIFICAÇÃO DOS PROPRIETÁRIOS PARA LIMPEZA DOS LOTES SUJOS DO BAIRRO ALTO DO LIMOEIRO.</t>
   </si>
   <si>
     <t>24596</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24596/24596_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24596/24596_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REGULAMENTAÇÃO DA LEI MUNICIPAL N.º 7.536, DE 31 DE OUTUBRO DE 2017, QUE ALTERA A LEI N.º 3.213/1993, QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DE CEMITÉRIOS-JARDINS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24597</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24597/24597_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24597/24597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO VERTICAL E HORIZONTAL NA RUA MARIA CONCEIÇÃO BORGES FILHA, LOCALIZADA NO BAIRRO PLANALTO. </t>
   </si>
   <si>
     <t>24598</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24598/24598_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24598/24598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A MUNICIPALIZAÇÃO DA CASA DE PROMOÇÃO HUMANA.  </t>
   </si>
   <si>
     <t>24599</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24599/24599_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24599/24599_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONCLUSÃO, IMEDIATA, DAS OBRAS DE CONSTRUÇÃO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL &amp;#8211; CMEI DO BAIRRO ALTO DO LIMOEIRO.</t>
   </si>
   <si>
     <t>24600</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t xml:space="preserve">Maria Dalva da Mota Azevedo - Dalva Mota </t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24600/24600_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24600/24600_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A RESTAURAÇÃO DO CAMPO DE FUTEBOL LOCALIZADO NO DISTRITO DE PINDAÍBAS.</t>
   </si>
   <si>
     <t>24602</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24602/24602_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24602/24602_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONCLUSÃO, IMEDIATA, DA OBRA DE CONSTRUÇÃO DA REDE PLUVIAL DA BACIA DO CÓRREGO ÁGUA LIMPA, NAS IMEDIAÇÕES DOS BAIRROS CAIÇARAS E ROSÁRIO. </t>
   </si>
   <si>
     <t>24620</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24620/24620_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24620/24620_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO GOVERNADOR DO ESTADO DE MINAS GERAIS; VICE-GOVERNADOR DO ESTADO DE MINAS GERAIS; DEPUTADO ESTADUAL DR. HELY TARQUÍNIO; E CHEFE DE POLÍCIA CIVIL DE MINAS GERAIS, INDICANDO A ADOÇÃO DE MEDIDAS PARA O AUMENTO DO EFETIVO DA POLÍCIA CIVIL, ESPECIALMENTE DE INVESTIGADORES DE POLÍCIA, PARA ATUAREM NO 10º DEPARTAMENTO DA POLÍCIA CIVIL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24625</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24625/24625_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24625/24625_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO E/OU MELHORIAS DA REDE ELÉTRICA NA COMUNIDADE DE SERTÃOZINHO.</t>
   </si>
   <si>
     <t>24626</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24626/24626_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24626/24626_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO ASFÁLTICO DAS VIAS DA COMUNIDADE DE SERTÃOZINHO, BEM COMO PARA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA A BR ATÉ A ENTRADA DESSA LOCALIDADE.</t>
   </si>
   <si>
     <t>24627</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24627/24627_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24627/24627_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A RETIRADA DE ÁRVORES E INSTALAÇÃO DE POSTES/LUMINÁRIAS NA PRAÇA CENTRAL DA COMUNIDADE DE SERTÃOZINHO.</t>
   </si>
   <si>
     <t>24628</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24628/24628_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24628/24628_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO DE TERAPIAS INTEGRATIVAS, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24629</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Paulo Augusto Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24629/24629_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24629/24629_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, EM TODA A EXTENSÃO DA RUA JOSÉ LUIZ FERREIRA, LOCALIZADA NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>24630</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24630/24630_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24630/24630_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA SEBASTIÃO BORGES DE OLIVEIRA, LOCALIZADA NO BAIRRO JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>24631</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24631/24631_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24631/24631_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA ANTÔNIO FERREIRA DE CAMARGOS, LOCALIZADA NO BAIRRO RESIDENCIAL BARREIRO.</t>
   </si>
   <si>
     <t>24632</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Francisco Carlos Frechiani</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24632/24632_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24632/24632_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ADEQUAÇÃO DA JORNADA DE TRABALHO DOS TÉCNICOS EM RADIOLOGIA DO MUNICÍPIO CONFORME A LEI FEDERAL N.º 7.394, DE 29 DE OUTUBRO DE 1985, QUE REGULA O EXERCÍCIO DA PROFISSÃO DE TÉCNICO EM RADIOLOGIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24633</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24633/24633_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24633/24633_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL CONCEDENDO ISENÇÃO DO IMPOSTO SOBRE SERVIÇOS (ISS) PARA TODAS AS ATIVIDADES LIGADAS AO PROGRAMA INTERNET PARA TODOS E, POSTERIORMENTE, SOLICITAÇÃO AO MINISTÉRIO DAS CIDADES DE INSTALAÇÃO DAS ANTENAS EM TODAS AS COMUNIDADES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24634</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24634/24634_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24634/24634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA RUA OLAVO AMORIM, PRÓXIMO AO Nº. 105, NO BAIRRO SOBRADINHO. </t>
   </si>
   <si>
     <t>24635</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24635/24635_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24635/24635_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES PARA A HABILITAÇÃO DO MUNICÍPIO DE PATOS DE MINAS NO PROGRAMA MELHOR EM CASA - SERVIÇO DE ATENÇÃO DOMICILIAR, DISPONIBILIZADO PELO GOVERNO FEDERAL, REGULAMENTADO PELA PORTARIA GM/MS N.º 825, DE 25/04/2016.</t>
   </si>
   <si>
     <t>24636</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24636/24636_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24636/24636_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL, ALTERANDO A LEI Nº 2.870/91, CONCEDENDO ISENÇÃO DE IMPOSTO PREDIAL AOS POSSUIDORES DE IMÓVEIS SITUADOS NAS MARGENS DO RIO PARANAÍBA.</t>
   </si>
   <si>
     <t>24637</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24637/24637_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24637/24637_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS NA RUA DO ACRE, PRÓXIMO AO NÚMERO 125, NO BAIRRO LAGOA GRANDE.</t>
   </si>
   <si>
     <t>24638</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24638/24638_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24638/24638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, NA RUA HERMELINO BRAZ E NO ENTORNO DA PRAÇA ATAÍDES DE DEUS VIEIRA, LOCALIZADA NO BAIRRO NOVO HORIZONTE. </t>
   </si>
   <si>
     <t>24652</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24652/24652_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24652/24652_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ATUALIZAÇÃO DA MOVIMENTAÇÃO DOS PROCESSOS PROTOCOLADOS NO SISTEMA DE PESQUISA ONLINE DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>24653</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24653/24653_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24653/24653_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA E REESTRUTURAÇÃO DO GALPÃO DO PRODUTOR RURAL &amp;#8220;ADELINO DA MOTA MAGALHÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24654</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24654/24654_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24654/24654_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA DA ESCOLA MUNICIPAL GINO ANDRÉ BARBOSA, EM POSSES DO CHUMBO.</t>
   </si>
   <si>
     <t>24655</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24655/24655_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24655/24655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE CAPINA, LIMPEZA, PAVIMENTAÇÃO DA CALÇADA E MELHORIAS NA ILUMINAÇÃO DA PRAÇA FREI ILDEU MOREIRA, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>24656</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24656/24656_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24656/24656_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A RECUPERAÇÃO ASFÁLTICA DA RUA FIRMO JOSÉ PIÃO, ENTRE AS RUAS PONTO CHIC E ARTHUR MAGALHÃES, NO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>24657</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24657/24657_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24657/24657_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA E AMPLIAÇÃO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL BRANCA DE NEVE, LOCALIZADO NO BAIRRO ABNER AFONSO.</t>
   </si>
   <si>
     <t>24658</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24658/24658_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24658/24658_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL LUIZ GONZAGA RIBEIRO - SUBTENENTE GONZAGA, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ALOCAÇÃO DE RECURSOS FINANCEIROS, POR MEIO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), DESTINADOS À AQUISIÇÃO DE EQUIPAMENTOS PARA AS UNIDADES DE ATENÇÃO ESPECIALIZADA EM SAÚDE DO MUNICÍPIO DE PATOS DE MINAS/MG.</t>
   </si>
   <si>
     <t>24659</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24659/24659_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24659/24659_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE ILUMINAÇÃO EM FRENTE À IGREJA DE CABECEIRA DO AREADO.</t>
   </si>
   <si>
     <t>24660</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24660/24660_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24660/24660_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AMPLIAÇÃO DA REDE ELÉTRICA NA AVENIDA DAS BANANEIRAS, NA COMUNIDADE DE BAIXADINHA (VILA SÃO JOÃO).</t>
   </si>
   <si>
     <t>24661</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24661/24661_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24661/24661_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO ELETRÔNICO &amp;#8220;PROJETO OLHO VIVO&amp;#8221; NAS COMUNIDADES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24662</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24662/24662_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24662/24662_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, NA RUA PROFESSOR JOÃO LEITE, CENTRO. </t>
   </si>
   <si>
     <t>24663</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24663/24663_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24663/24663_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O PATROLAMENTO E COLOCAÇÃO DE CASCALHO NA RUA RIO DE JANEIRO, LOCALIZADA NO DISTRITO DE ALAGOAS.</t>
   </si>
   <si>
     <t>24664</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24664/24664_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24664/24664_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ANULAÇÃO DAS MULTAS DE TRÂNSITO OCORRIDAS NOS LOCAIS ONDE OS SEMÁFOROS ESTIVEREM FUNCIONANDO SEM TEMPORIZADORES.</t>
   </si>
   <si>
     <t>24665</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24665/24665_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24665/24665_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS, JUNTO À SECRETARIA DE PLANEJAMENTO/FISCALIZAÇÃO DE POSTURAS PARA QUE NÃO HAJA INDEFERIMENTO DOS PROCESSOS DE SOLICITAÇÃO DE ALVARÁ DE FUNCIONAMENTO E LOCALIZAÇÃO QUANDO O LOTE SE ENCONTRAR EM SITUAÇÃO DE TERRENO BALDIO, BEM COMO, QUE SEJA FEITO O ENCAMINHAMENTO DO PROCESSO AO CADASTRO IMOBILIÁRIO AO SER CONSTATADA ESSA SITUAÇÃO.</t>
   </si>
   <si>
     <t>24666</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24666/24666_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24666/24666_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ABERTURA DO CANTEIRO DA AVENIDA EMÍLIA VIEIRA PIÃO, EM FRENTE À RUA ROMEU GONÇALVES DE ARAÚJO, NO BAIRRO PLANALTO (LOTEAMENTO JARDIM ITÁLIA).</t>
   </si>
   <si>
     <t>24667</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24667/24667_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24667/24667_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES, JUNTO À VIAÇÃO PÁSSARO BRANCO LTDA, PARA A AMPLIAÇÃO DE ITINERÁRIO DO TRANSPORTE COLETIVO URBANO MUNICIPAL NO BAIRRO PLANALTO (LOTEAMENTO JARDIM ITÁLIA).</t>
   </si>
   <si>
     <t>24668</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24668/24668_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24668/24668_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA DO TELHADO DA QUADRA POLIESPORTIVA E PODA DAS ÁRVORES QUE ESTÃO ATINGINDO A FIAÇÃO ELÉTRICA NA ESCOLA MUNICIPAL ABDIAS CALDEIRA BRANT, LOCALIZADA NO DISTRITO DE ALAGOAS.</t>
   </si>
   <si>
     <t>24695</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24695/24695_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24695/24695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O  ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL AMPLIANDO O PERÍMETRO URBANO DO DISTRITO DE SANTANA DE PATOS. </t>
   </si>
   <si>
     <t>24707</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24707/24707_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24707/24707_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE REFORMAS ESTRUTURAIS NO CEMITÉRIO DO DISTRITO DE ALAGOAS.</t>
   </si>
   <si>
     <t>24708</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24708/24708_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24708/24708_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AMPLIAÇÃO E REFORMA DO CENTRO MUNICIPAL EDUCAÇÃO INFANTIL - CMEI ARCO IRIS, LOCALIZADO NO DISTRITO DE SANTANA DE PATOS.</t>
   </si>
   <si>
     <t>24709</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24709/24709_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24709/24709_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES, JUNTO À EMPRESA ALGAR TELECOM LTDA, PARA A AMPLIAÇÃO DA VELOCIDADE DA CONEXÃO DE INTERNET BANDA LARGA NA COMUNIDADE DE BAIXADINHA DOS GONÇALVES (VILA SÃO JOÃO).</t>
   </si>
   <si>
     <t>24710</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24710/24710_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24710/24710_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A EXECUÇÃO DOS SERVIÇOS PÚBLICOS DE LIMPEZA, RETIRADA DE ENTULHOS E ABERTURA DAS RUAS DA COMUNIDADE DE BAIXADINHA DOS GONÇALVES (VILA SÃO JOÃO).</t>
   </si>
   <si>
     <t>24711</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24711/24711_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24711/24711_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES PARA O EMPENHO DE RECURSOS FINANCEIROS DESTINADOS À IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NO DISTRITO DE SANTANA DE PATOS.</t>
   </si>
   <si>
     <t>24712</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24712/24712_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24712/24712_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NAS INSTALAÇÕES DA VIGILÂNCIA SANITÁRIA DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24713</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Sebastião Sousa de Almeida - Tião Mariano</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24713/24713_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24713/24713_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A PAVIMENTAÇÃO ASFÁLTICA DA RUA VIA DOS POMARES, LOCALIZADA NO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>24714</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24714/24714_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24714/24714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA JOAQUIM DAS CHAGAS, SUBSTITUINDO AS LÂMPADAS DE VAPOR DE MERCÚRIO POR VAPOR DE SÓDIO. </t>
   </si>
   <si>
     <t>24715</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24715/24715_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24715/24715_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACAS OU REALIZAÇÃO DE PINTURA NOS POSTES COM A DENOMINAÇÃO DAS VIAS PÚBLICAS LOCALIZADAS NOS DISTRITOS DE SANTANA DE PATOS, AREADO, BONSUCESSO, MAJOR PORTO, PINDAÍBAS, PILAR E ALAGOAS. </t>
   </si>
   <si>
     <t>24716</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24716/24716_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24716/24716_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O EMPENHO DE RECURSOS NO MINISTÉRIO DA AGROPECUÁRIA, PECUÁRIA E ABASTECIMENTO E/OU COMPANHIA DE DESENVOLVIMENTO DO VALE SÃO FRANCISCO DESTINADOS À AQUISIÇÃO DE UMA GRADE ARADORA E DE UMA CARRETA BASCULANTE PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE BREJO COMPRIDO E MATA DA GUARIROBA.</t>
   </si>
   <si>
     <t>24717</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24717/24717_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24717/24717_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL ALTERANDO A LEI N.º 7.613/2018, DE FORMA QUE CONSTE AS COTAS 780 E 782 COMO ÁREA DE PRESERVAÇÃO PERMANENTE NÃO EDIFICANTE, E, AINDA, QUE SEJA DE 50 METROS DENTRO DO PERÍMETRO URBANO AS MARGENS DO RIO PARANAÍBA, MANTENDO OS 100 METROS APENAS FORA DESSE PERÍMETRO.</t>
   </si>
   <si>
     <t>24718</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Walter Geraldo de Araújo - Waltinho da Polícia Civ</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24718/24718_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24718/24718_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL REGULAMENTANDO O VALOR DA PASSAGEM PARA ESTUDANTES NO TRANSPORTE COLETIVO URBANO MUNICIPAL, LIMITANDO A COBRANÇA FEITA PELA EMPRESA CONCESSIONÁRIA DOS SERVIÇOS EM 50% DO VALOR DA PASSAGEM INTEGRAL E GARANTINDO AOS ESTUDANTES A GRATUIDADE NO TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>24743</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24743/24743_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24743/24743_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO DA RUA FRANCISCO BRAGA MOTA, LOCALIZADA NO BAIRRO JARDIM PANORÂMICO.</t>
   </si>
   <si>
     <t>24744</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24744/24744_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24744/24744_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO DA RUA ANTÔNIO RABELO DE SOUZA, ESQUINA COM A RUA BRAZ FELIPE ARAÚJO, NO BAIRRO AURÉLIO CAIXETA.</t>
   </si>
   <si>
     <t>24745</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24745/24745_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24745/24745_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES, JUNTO À VIAÇÃO PÁSSARO BRANCO LTDA., PARA A AMPLIAÇÃO DO ITINERÁRIO DO TRANSPORTE COLETIVO URBANO MUNICIPAL ATÉ A RUA SEBASTIÃO DA LOTA, NO BAIRRO CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>24746</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24746/24746_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24746/24746_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO DO PROJETO PATOSBIKE, FUNDAMENTADO NOS TERMOS DA LEI COMPLEMENTAR Nº 271, DE 1º DE NOVEMBRO DE 2006, QUE &amp;#8220;INSTITUIU O PLANO DIRETOR DO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;. </t>
   </si>
   <si>
     <t>24747</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24747/24747_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24747/24747_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACAS PROIBINDO O ESTACIONAMENTO DE CAMINHÕES NA RUA ALMIR DA SILVA MATOS E NA AVENIDA TOMAZ DE AQUINO, ATÉ A AVENIDA DEPUTADO BINGA.</t>
   </si>
   <si>
     <t>24748</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24748/24748_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24748/24748_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL SUBTENENTE GONZAGA, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ALOCAÇÃO DE RECURSOS FINANCEIROS, POR MEIO DE EMENDA PARLAMENTAR, DESTINADOS À AQUISIÇÃO DE MATERIAIS E EQUIPAMENTOS PARA A UPA PORTE III, LOCALIZADA NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24749</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24749/24749_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24749/24749_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO DE SOLO (PINTURA DE PARE) NO CRUZAMENTO DAS RUAS SERGIPE E MATO GROSSO, ESQUINA DA UNIDADE BÁSICA DE SAÚDE ANDRÉ LUIZ, NO BAIRRO CRISTO REDENTOR.</t>
   </si>
   <si>
     <t>24750</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24750/24750_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24750/24750_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE UMA CAIXA D&amp;#8217;ÁGUA NA COMUNIDADE DE SAPÉ.</t>
   </si>
   <si>
     <t>24765</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24765/24765_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24765/24765_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONCESSÃO DE ADICIONAL DE 10% DE INCENTIVO À DOCÊNCIA, CONFORME ARTIGO 51 DA LEI COMPLEMENTAR N.º 381/2012, PARA OS EDUCADORES INFANTIS, QUE TAMBÉM ATUAM COMO DOCENTES EM SALA DE AULA.</t>
   </si>
   <si>
     <t>24766</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24766/24766_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24766/24766_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS DOS BÁLSAMOS E DOS EUCALIPTOS, BAIRRO JARDIM ESPERANÇA; NA RUA GERALDO QUEIROZ, BAIRRO JARDIM DOS ANDRADAS; NA RUA AURORA VIEIRA DE JESUS, BAIRRO CERRADO; NA RUA CLARA CAIXETA DE SOUZA, BAIRRO GUANABARA; NA RUA ITAPICURU, BAIRRO SOBRADINHO E NA RUA 04, NO BAIRRO RESIDENCIAL MONJOLO.</t>
   </si>
   <si>
     <t>24767</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24767/24767_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24767/24767_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA NOS CANTEIROS, NA ROTATÓRIA E NOS LOTES, BEM COMO DE FISCALIZAÇÃO/NOTIFICAÇÃO DOS PROPRIETÁRIOS DOS LOTES SUJOS, NO BAIRRO MORADA DA SERRA.</t>
   </si>
   <si>
     <t>24768</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24768/24768_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24768/24768_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA DO CÓRREGO EXISTENTE PRÓXIMO À RUA JOÃO DIAS SOARES, NO BAIRRO JARDIM RECANTO.</t>
   </si>
   <si>
     <t>24769</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t xml:space="preserve">João Batista Gonçalves - Cabo Batista, Maria Dalva da Mota Azevedo - Dalva Mota </t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24769/24769_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24769/24769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE UM DESVIO PROVISÓRIO NA ESTRADA QUE LIGA OS DISTRITOS DE MAJOR PORTO A BONSUCESSO, EM RAZÃO DA INTERDIÇÃO DA PONTE SOBRE O CÓRREGO DO CHUMBO. </t>
   </si>
   <si>
     <t>24770</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24770/24770_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24770/24770_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO DIRETOR-PRESIDENTE DA CONSERBRAS, WALTER FERREIRA SOARES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE UM CONTAINER PARA CAPTAÇÃO DE LIXO EM FRENTE AO CENTRO DE INTERNAÇÃO PROVISÓRIA DE PATOS DE MINAS - CEIP. </t>
   </si>
   <si>
     <t>24771</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24771/24771_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24771/24771_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE LIMPEZA, COM URGÊNCIA, DE UM TERRENO BALDIO, SITUADO NA RUA CESAR LELES DOS SANTOS, NO BAIRRO AFONSO QUEIROZ.</t>
   </si>
   <si>
     <t>24772</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24772/24772_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24772/24772_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE SEMÁFORO PARA PEDESTRES NA RUA AGENOR MACIEL, ESQUINA COM A RUA ANA DE OLIVEIRA, CENTRO.</t>
   </si>
   <si>
     <t>24801</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Braz Paulo de Oliveira Júnior</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24801/24801_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24801/24801_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA ACELERAR O PROCESSO DE LICITAÇÃO PARA A IDENTIFICAÇÃO DAS VIAS PÚBLICAS, COM PLACAS DE DENOMINAÇÃO, EM PATOS DE MINAS E EM SUAS LOCALIDADES RURAIS.</t>
   </si>
   <si>
     <t>24802</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24802/24802_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24802/24802_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REDUÇÃO DOS VALORES DAS TAXAS DE LICENÇA DE LOCALIZAÇÃO E FUNCIONAMENTO, DE LICENÇA PARA OCUPAÇÃO DO SOLO NAS VIAS E LOGRADOUROS PÚBLICOS E DE LICENÇA DE LOCALIZAÇÃO E FUNCIONAMENTO - ESTACIONAMENTO DE VEÍCULOS - INERENTES À EXPLORAÇÃO DE ESTACIONAMENTO DE VEÍCULOS E COMÉRCIO AMBULANTE DE MERCADORIAS E ALIMENTOS NO PERÍODO DE REALIZAÇÃO DA FESTA NACIONAL DO MILHO - FENAMILHO.</t>
   </si>
   <si>
     <t>24803</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24803/24803_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24803/24803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DIRETOR-PRESIDENTE DA CONSERBRAS, WALTER FERREIRA SOARES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE UM CONTAINER PARA CAPTAÇÃO DE LIXO NA PRAÇA FRANCISCO MACHADO - RUA WALDEMAR LOPES CANÇADO, NO BAIRRO ABNER AFONSO, E NA PRAÇA NOSSA SENHORA DE FÁTIMA - AVENIDA PARACATU, NO BAIRRO ROSÁRIO.</t>
   </si>
   <si>
     <t>24804</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24804/24804_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24804/24804_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A RESTAURAÇÃO DA CAPELA E DO CEMITÉRIO DA VILA DE BONSUCESSO VELHO.</t>
   </si>
   <si>
     <t>24805</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24805/24805_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24805/24805_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE TEMPORIZADORES EM TODOS OS SEMÁFOROS DE NOSSA CIDADE. </t>
   </si>
   <si>
     <t>24806</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24806/24806_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24806/24806_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA ARI PESSOA FRANCO, NO BAIRRO IPANEMA.</t>
   </si>
   <si>
     <t>24807</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24807/24807_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24807/24807_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE UM PROJETO DE LEI À CÂMARA MUNICIPAL CONCEDENDO ISENÇÃO DOS IMPOSTOS MUNICIPAIS AOS BENEFICIÁRIOS DA LEI COMPLEMENTAR N.º 578, DE 17 DE ABRIL DE 2018, QUE DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA DE QUE TRATA A LEI 13.465, DE 11 DE JULHO DE 2017, NA MODALIDADE REURB DE INTERESSE SOCIAL (REURB-S).</t>
   </si>
   <si>
     <t>24825</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24825/24825_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24825/24825_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA LIBERAÇÃO DA ENTRADA DOS CIDADÃOS NA ÁREA COBERTA DAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO DE PATOS DE MINAS, A PARTIR DAS 5 HORAS DA MANHÃ, ENQUANTO AGUARDAM O HORÁRIO DE MARCAÇÃO DE CONSULTAS.</t>
   </si>
   <si>
     <t>24826</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24826/24826_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24826/24826_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, NA RUA DOS CAETÉS, BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>24827</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24827/24827_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24827/24827_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA MELHORIAS NA LIMPEZA DA RUA JOSÉ EUSTÁQUIO ARAÚJO, NO BAIRRO CIDADE JARDIM, PRÓXIMO À PRAÇA JOÃO RICARDO OLIVEIRA.</t>
   </si>
   <si>
     <t>24828</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24828/24828_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24828/24828_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA INSTALAÇÃO DE LIXEIRAS NA PRAÇA TIÃO DO JAIME, LOCALIZADA ENTRE A RUA DOS ABRANTES E RUA DOS BARIRIS, NO BAIRRO CERRADO.</t>
   </si>
   <si>
     <t>24829</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24829/24829_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24829/24829_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA REALIZAÇÕES DE GESTÕES, JUNTO AO DIRETOR DOS CORREIOS DE PATOS DE MINAS, SENHOR JUAREZ PINHEIRO COELHO JUNIOR, VISANDO À REALIZAÇÃO DA ENTREGA DE CORRESPONDÊNCIAS E MERCADORIAS, DIARIAMENTE, NOS BAIRROS QUEBEC I E II</t>
   </si>
   <si>
     <t>24830</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24830/24830_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24830/24830_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA REFORMA DA PONTE DO RIBEIRÃO DO CURRALEIRO, LOCALIZADA ENTRE AS COMUNIDADES CAPELA DAS POSSE E BEBEDOURO DAS POSSES.</t>
   </si>
   <si>
     <t>24831</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24831/24831_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24831/24831_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA INSTALAÇÃO DE UM ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA AVENIDA PADRE ALMIR, ENTRE AS RUAS JOAQUIM DAS CHAGAS E BARÃO DO RIO BRANCO.</t>
   </si>
   <si>
     <t>24832</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Braz Paulo de Oliveira Júnior, Isaías Martins de Oliveira , Maria Dalva da Mota Azevedo - Dalva Mota , Paulo Augusto Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24832/24832_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24832/24832_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA REESTRUTURAÇÃO DO PLANO DE CARREIRA E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO DE PATOS DE MINAS, EQUIPARANDO/ENQUADRANDO O STATUS PROFISSIONAL E JURÍDICO DO CARGO DE EDUCADOR INFANTIL AO DE PROFESSOR DE EDUCAÇÃO BÁSICA, ASSEGURANDO-LHE OS MESMOS DIREITOS PARA TODOS OS FINS, INCLUSIVE DE TRATAMENTO E POLÍTICA SALARIAL, REMUNERAÇÃO, GRATIFICAÇÕES E APOSENTADORIA.</t>
   </si>
   <si>
     <t>24833</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24833/24833_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24833/24833_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO CHEFE DO SERVIÇO DA UNIDADE LOCAL DA SUPERINTENDÊNCIA REGIONAL NO ESTADO DE MINAS GERAIS DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES - DNIT, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA REALIZAÇÃO DE ESTUDOS VISANDO À REDUÇÃO DA VELOCIDADE MÁXIMA PERMITIDA DE 60 KM/H PARA 40 KM/H, NA BR 354 - KM 235, COM À RESPECTIVA ALTERAÇÃO DE CONTROLADORES ELETRÔNICOS DE VELOCIDADE PARA REDUTORES ELETRÔNICOS DE VELOCIDADE, E, TAMBÉM, A REALOCAÇÃO, SE POSSÍVEL, DOS RADARES FIXOS ANTES DOS ACESSOS PARA QUEM SEGUE.</t>
   </si>
   <si>
     <t>24834</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24834/24834_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24834/24834_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA URBANIZAÇÃO DAS PRAÇAS &amp;#8220;MANOEL EUCLIDES CORDEIRO&amp;#8221;, &amp;#8220;DR. FERNANDO FALEIROS VALADÃO&amp;#8221;, &amp;#8220;MARIA GUIMARÃES AMORIM&amp;#8221; E &amp;#8220;JOSÉ MARIA DA SILVA&amp;#8221;, LOCALIZADAS NO BAIRRO RESIDENCIAL GRAMADO.</t>
   </si>
   <si>
     <t>24850</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24850/24850_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24850/24850_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA E LIMPEZA DO CEMITÉRIO DA COMUNIDADE DE SERTÃOZINHO.</t>
   </si>
   <si>
     <t>24851</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24851/24851_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24851/24851_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE CAIXAS COLETORAS DE ÁGUAS PLUVIAIS (BOCAS DE LOBO) E A RECOMPOSIÇÃO ASFÁLTICA NA RUA ELIZA PEREIRA DA FONSECA, BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>24852</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24852/24852_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24852/24852_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O PATROLAMENTO E COLOCAÇÃO DE CASCALHO NA ESTRADA QUE DÁ ACESSO À FAZENDA LAGOINHA, DE PROPRIEDADE DO SR. GERALDO NOGUEIRA DE LIMA, COM CERCA DE 2 KM DE EXTENSÃO ATÉ A PONTE JOSÉ NOGUEIRA DA MOTA, PRÓXIMO AO DISTRITO DE MAJOR PORTO.</t>
   </si>
   <si>
     <t>24853</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24853/24853_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24853/24853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO NA AVENIDA MARABÁ, EM FRENTE AO CONDOMÍNIO MORADAS. </t>
   </si>
   <si>
     <t>24854</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24854/24854_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24854/24854_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE REPAROS NA PINTURA DAS FAIXAS DE PEDESTRES, LOCALIZADAS NAS PROXIMIDADES DA ESCOLA ESTADUAL PAULINA DE MELO PORTO, NO BAIRRO ITAMARATI.</t>
   </si>
   <si>
     <t>24855</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24855/24855_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24855/24855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL E GERENTE DA COPASA, SAULO DE LIMA BERNARDES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A LIGAÇÃO DE ÁGUA NA PRAÇA TIÃO DO JAIME, LOCALIZADA ENTRE AS RUAS DOS ABRANTES E DOS BARIRIS, NO BAIRRO CERRADO.       </t>
   </si>
   <si>
     <t>24856</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24856/24856_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24856/24856_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES VISANDO AO EMPENHO DE RECURSOS FINANCEIROS DESTINADOS À IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NO DISTRITO DE ARRAIAL DOS AFONSOS.</t>
   </si>
   <si>
     <t>24857</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24857/24857_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24857/24857_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACAS INDICANDO A DENOMINAÇÃO DAS VIAS NOS PÓRTICOS SEMAFÓRICOS, AO LADO DO SEMÁFORO DE CADA CRUZAMENTO DA CIDADE.</t>
   </si>
   <si>
     <t>24858</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24858/24858_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24858/24858_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ADESÃO AO PROGRAMA CENTRO POP - CENTRO DE REFERÊNCIA ESPECIALIZADO PARA POPULAÇÃO EM SITUAÇÃO DE RISCO, ATRAVÉS DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL - SMDS, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24859</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24859/24859_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24859/24859_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA MAIOR RIGOR NA FISCALIZAÇÃO DOS IMÓVEIS PÚBLICOS DO MUNICÍPIO, QUE ESTÃO TOMADOS POR ENTULHOS E RESTOS DE MATERIAIS DE CONSTRUÇÃO, EM CUMPRIMENTO AO DISPOSTO NO PARÁGRAFO ÚNICO E NO &amp;#8220;CAPUT&amp;#8221; DO ART. 84 DA LEI COMPLEMENTAR 379, DE 24 DE JANEIRO DE 2012, QUE &amp;#8220;INSTITUI O CÓDIGO DE POSTURA DO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24860</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24860/24860_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24860/24860_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A URBANIZAÇÃO DO TERRENO, DE PROPRIEDADE DO MUNICÍPIO, LOCALIZADO NA RUA ANA MARIA CAMPOS BUENO, NO BAIRRO PADRE EUSTÁQUIO (ILUMINAÇÃO, DISPONIBILIZAÇÃO DE BANCOS, MESAS, LIXEIRAS, ACADEMIA AO AR LIVRE, ARBORIZAÇÃO E JARDINS, DENTRE OUTROS).</t>
   </si>
   <si>
     <t>24861</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24861/24861_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24861/24861_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE COBERTURA DA QUADRA DE ESPORTES DO BAIRRO RESIDENCIAL PIZOLATO.</t>
   </si>
   <si>
     <t>24862</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24862/24862_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24862/24862_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A IMPLANTAÇÃO DE UM CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL NO DISTRITO DE BONSUCESSO. </t>
   </si>
   <si>
     <t>24863</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24863/24863_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24863/24863_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÕES DE GESTÕES, JUNTO À COMPANHIA ENERGÉTICA DE MINAS GERAIS S.A. &amp;#8211; CEMIG, VISANDO À INSTALAÇÃO DE AQUECEDORES SOLARES NO CONJUNTO HABITACIONAL SOL NASCENTE, ATRAVÉS DO PROGRAMA &amp;#8220;ENERGIA INTELIGENTE&amp;#8221;. </t>
   </si>
   <si>
     <t>24876</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24876/24876_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24876/24876_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ARBORIZAÇÃO NO ENTORNO DO CÓRREGO LOCALIZADO NA RUA ARISTEU CAETANO DE ANDRADE E AVENIDA PADRE VITOR COELHO DE ALMEIDA, NO BAIRRO LARANJEIRAS.</t>
   </si>
   <si>
     <t>24877</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24877/24877_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24877/24877_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O CALÇAMENTO DA PASSARELA NO ENTORNO DO CÓRREGO LOCALIZADO NA RUA ARISTEU CAETANO DE ANDRADE E AVENIDA PADRE VITOR COELHO DE ALMEIDA, NO BAIRRO LARANJEIRAS.</t>
   </si>
   <si>
     <t>24878</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24878/24878_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24878/24878_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL CONCEDENDO ISENÇÃO DO PAGAMENTO DE IPTU ÀS ASSOCIAÇÕES DE MORADORES DOS BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>24879</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24879/24879_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24879/24879_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA E LIMPEZA NA CRECHE-ESCOLA EDNA BORGES BABILÔNIA, LOCALIZADA NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24880</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24880/24880_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24880/24880_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE TRAVESSIA ELEVADA OU A IMPLANTAÇÃO DE FAIXA DE PEDESTRES NA RUA PADRE ANTÔNIO DIAS, EM FRENTE À ENTRADA E SAÍDA DOS ESTUDANTES DO COLÉGIO TIRADENTES, NO BAIRRO CÉU AZUL, BEM COMO PARA A IMPLANTAÇÃO DE PLACAS COM A SINALIZAÇÃO DE ÁREA ESCOLAR E A DEMARCAÇÃO DE UM LOCAL APROPRIADO E EXCLUSIVO PARA O ESTACIONAMENTO DE VANS ESCOLARES PARA EMBARQUE E DESEMBARQUE NOS HORÁRIOS DE ENTRADA E SAÍDA DE ALUNOS.</t>
   </si>
   <si>
     <t>24881</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24881/24881_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24881/24881_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA  A CONSTRUÇÃO DE TRAVESSIA ELEVADA EM FRENTE AO CENTRO CLÍNICO DO UNIPAM, NA AVENIDA MARABÁ. </t>
   </si>
   <si>
     <t>24882</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24882/24882_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24882/24882_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO GRUPO ALGAR TELECOM (CTBC), COPASA E CEMIG, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ALTERAÇÃO, NAS FATURAS E NA LISTA SABE (TELEFONES), DA DENOMINAÇÃO DA RUA 01 PARA RUA JOSÉ DIAS MOREIRA, NO BAIRRO NOSSA SENHORA DE FÁTIMA, CONFORME A LEI MUNICIPAL Nº 7.642, DE 19 DE JULHO DE 2018. </t>
   </si>
   <si>
     <t>24883</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24883/24883_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24883/24883_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A DIMINUIÇÃO DA CALÇADA NA PRAÇA LOCALIZADA EM FRENTE À RUA JOÃO GONÇALVES DE SOUZA, 314, NO BAIRRO JARDIM PANORÂMICO, VISANDO À AMPLIAÇÃO DA ÁREA PARA ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>24884</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24884/24884_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24884/24884_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO/CONSERTO DO APARELHO DE RAIO X INSTALADO NA UPA III, COM URGÊNCIA.</t>
   </si>
   <si>
     <t>24885</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24885/24885_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24885/24885_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO DO MADEIRAMENTO DA PONTE E DA PASSARELA DA ORLA DA LAGOA GRANDE. </t>
   </si>
   <si>
     <t>24906</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24906/24906_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24906/24906_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AMPLIAÇÃO DO CEMITÉRIO NO DISTRITO DE MAJOR PORTO.</t>
   </si>
   <si>
     <t>24907</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24907/24907_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24907/24907_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE POSTES E LÂMPADAS (DE PREFERÊNCIA LÂMPADAS DE LED), NO CAMPO DE FUTEBOL LOCALIZADO ENTRE AS RUAS ALEMAR RODRIGUES CUNHA, MARIA DE FÁTIMA BORGES, UM E A AVENIDA DILERMANDO GOMES DE DEUS, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>24908</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24908/24908_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24908/24908_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NAS PROXIMIDADES DA SEDE DA ORDEM DOS ADVOGADOS DO BRASIL - OAB, NA AVENIDA PADRE ALMIR NEVES DE MEDEIROS.</t>
   </si>
   <si>
     <t>24909</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24909/24909_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24909/24909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO (INSTALAÇÃO DE POSTES E LÂMPADAS DE LED) DA PRAÇA MANOEL QUEIROZ (BOM JESUS), NO BAIRRO ALVORADA.      </t>
   </si>
   <si>
     <t>24910</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24910/24910_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24910/24910_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO (INSTALAÇÃO DE POSTES E LÂMPADAS DE LED) DA PRAÇA SEBASTIÃO MARTINS DE MAGALHÃES, LOCALIZADA NO BAIRRO JARDIM RECANTO.</t>
   </si>
   <si>
     <t>24911</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24911/24911_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24911/24911_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PLACAS DE ADVERTÊNCIA SINALIZANDO &amp;#8220;CUIDADO: ANIMAIS NA PISTA&amp;#8221; EM TODA A EXTENSÃO DA RODOVIA LMG 743 (LEAL A MAJOR PORTO). </t>
   </si>
   <si>
     <t>24912</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24912/24912_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24912/24912_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONTENÇÃO DA EROSÃO NA ÁREA DE PRESERVAÇÃO AMBIENTAL, LOCALIZADA NOS BAIRROS JARDIM CÉU AZUL E RESIDENCIAL GRAMADO, COM URGÊNCIA, PROCEDENDO INTERVENÇÕES PREVISTAS NO PROCESSO 14.744/2016. </t>
   </si>
   <si>
     <t>24913</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24913/24913_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24913/24913_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE PROCESSO LICITATÓRIO PARA A CONTRATAÇÃO DOS SERVIÇOS DE TRANSPORTE PÚBLICO DE PASSAGEIROS (TRANSPORTE COLETIVO) NO NOSSO MUNICÍPIO, NÃO PERMITINDO A PRORROGAÇÃO, SEM LICITAÇÃO, DO CONTRATO VIGENTE.</t>
   </si>
   <si>
     <t>24914</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24914/24914_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24914/24914_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE PORTAS, COM URGÊNCIA, NOS BANHEIROS PÚBLICOS LOCALIZADOS NA PRAÇA DESEMBARGADOR FREDERICO (ANTIGA RODOVIÁRIA).</t>
   </si>
   <si>
     <t>24915</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24915/24915_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24915/24915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO CORONEL PM ALFREDO JOSÉ ALVES VELOSO, DIRETOR DE EDUCAÇÃO ESCOLAR E ASSISTÊNCIA SOCIAL DA PMMG, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A DISPONIBILIZAÇÃO DE VAGAS NAS UNIDADES DO COLÉGIO TIRADENTES (CTPM) AOS NETOS DE MILITARES DA POLÍCIA MILITAR E DO CORPO DE BOMBEIROS MILITAR DE MINAS GERAIS. </t>
   </si>
   <si>
     <t>24916</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24916/24916_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24916/24916_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A AQUISIÇÃO DE FILTRO PARA TRATAMENTO DE ÁGUA NA ESCOLA MUNICIPAL GINO ANDRÉ, LOCALIZADA NA COMUNIDADE DE POSSES DO CHUMBO.</t>
   </si>
   <si>
     <t>24917</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24917/24917_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24917/24917_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONTRATAÇÃO DE PESSOA FÍSICA OU JURÍDICA PARA REALIZAÇÃO DE SERVIÇO DE CORTE DE MADEIRAS, PARA A REFORMA DAS PONTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24944</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24944/24944_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24944/24944_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REESTRUTURAÇÃO DO PLANO DE CARREIRA E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO DE PATOS DE MINAS, EQUIPARANDO/ENQUADRANDO O STATUS PROFISSIONAL E JURÍDICO DO CARGO DE INTERPRETE EDUCACIONAL DE LIBRAS AO DE PROFESSOR DE EDUCAÇÃO BÁSICA, MEDIANTE A ALTERAÇÃO DA DENOMINAÇÃO DESSE PROFISSIONAL PARA PROFESSOR INTERLOCUTOR, ASSEGURANDO-LHE OS MESMOS DIREITOS PARA TODOS OS FINS, INCLUSIVE DE REMUNERAÇÃO, ACUMULAÇÃO DE CARGOS, FÉRIAS, INCENTIVO TITULAÇÃO E APOSENTADORIA.</t>
   </si>
   <si>
     <t>24945</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24945/24945_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24945/24945_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, SARGENTO RODRIGUES, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ALTERAÇÃO DA LEI Nº 20.010, DE 5 DE JANEIRO DE 2012, QUE &amp;#8220;DISPÕE SOBRE O SISTEMA DE ENSINO DA POLÍCIA MILITAR DO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, A FIM DE DISPONIBILIZAR/OPORTUNIZAR AOS NETOS DE MILITARES DA POLÍCIA MILITAR E DO CORPO DE BOMBEIROS MILITAR VAGAS NAS UNIDADES DO COLÉGIO TIRADENTES (CTPM).</t>
   </si>
   <si>
     <t>24946</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24946/24946_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24946/24946_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO E/OU PAVIMENTAÇÃO ASFÁLTICA DA RUA GABRIEL PEREIRA, ENTRE AS RUAS OLÍMPIO FERREIRA E TUPIS, NO BAIRRO NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>24947</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24947/24947_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24947/24947_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO E/OU PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA TOMAZ DE AQUINO, NO BAIRRO ROSÁRIO/NOSSA SENHORA DAS GRAÇAS.      </t>
   </si>
   <si>
     <t>24948</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24948/24948_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24948/24948_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RECAPEAMENTO E/OU PAVIMENTAÇÃO ASFÁLTICA DA RUA ZECA MOTA, NOS BAIRROS ALVORADA E RESIDENCIAL SORRISO.</t>
   </si>
   <si>
     <t>24949</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24949/24949_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24949/24949_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O ENVIO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA VISANDO À ALTERAÇÃO DA LEI COMPLEMENTAR Nº 226, DE 31 DE MARÇO DE 2005, QUE &amp;#8220;AUTORIZA A CONTRATAÇÃO DE AGENTE COMUNITÁRIO DE SAÚDE E DE VISITADOR SANITÁRIO PARA ATENDER OS PROGRAMAS PACS, PSF E COMBATE À DENGUE, FIXA VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, ADEQUANDO-A ÀS ALTERAÇÕES PROMOVIDAS PELAS LEI FEDERAIS Nº 11.350, DE 5 DE OUTUBRO DE 2006, E 13.595, DE 5 DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>24950</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>RETIRADA DE PAUTA</t>
   </si>
   <si>
     <t>24951</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24951/24951_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24951/24951_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA NO RESIDENCIAL PIZOLATO, BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24953</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Maria Dalva da Mota Azevedo - Dalva Mota , Isaías Martins de Oliveira , Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24953/24953_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24953/24953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O EFETIVO CUMPRIMENTO DA LEI Nº 6.106, DE 23 DE JUNHO DE 2009, QUE &amp;#8220;DISPÕE SOBRE A DIVULGAÇÃO DE LISTAGEM DE PACIENTES QUE AGUARDAM CIRURGIAS ELETIVAS NA REDE PÚBLICA HOSPITALAR DO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>24952</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24952/24952_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24952/24952_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, REALIZAR GESTÕES, JUNTO À DIREÇÃO DA VIAÇÃO PÁSSARO BRANCO LTDA., VISANDO À  DISPONIBILIZAÇÃO DE UMA LINHA DO TRANSPORTE COLETIVO URBANO MUNICIPAL PARA O BAIRRO JARDIM EUROPA. </t>
   </si>
   <si>
     <t>24964</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24964/24964_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24964/24964_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE UMA TRAVESSIA ELEVADA/FAIXA DE PEDESTRES NA RUA MARECHAL RONDON, PRÓXIMO AO SUPERMERCADO BORGES, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>24965</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24965/24965_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24965/24965_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS, EM CARÁTER DE URGÊNCIA, PARA O SISTEMA DE DRENAGEM PLUVIAL DA AVENIDA TOMAZ DE AQUINO, NOS BAIRROS NOSSA SENHORA DAS GRAÇAS E ALVORADA.</t>
   </si>
   <si>
     <t>24966</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24966/24966_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24966/24966_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INSTALAÇÃO DE POSTES E LÂMPADAS DE LED NA AVENIDA TOMAZ DE AQUINO, NAS PROXIMIDADES DOS COMÉRCIOS CHICUS BAR, MERCEARIA PATOS, BAR DO ROGÉRIO ETC., COM EXTENSÃO AOS BAIRROS ALVORADA E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>24967</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24967/24967_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24967/24967_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES PARA A IMPLANTAÇÃO DO PROGRAMA FAMÍLIA ACOLHEDORA NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24968</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24968/24968_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24968/24968_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ALTERAÇÃO NA LEGISLAÇÃO OU DA INTERPRETAÇÃO, PERMITINDO A ACUMULAÇÃO DE UM CARGO DE SECRETÁRIO ESCOLAR COM OUTRO DE PROFESSOR. </t>
   </si>
   <si>
     <t>24969</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24969/24969_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24969/24969_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A DISPONIBILIZAÇÃO DE MÉDICO PEDIATRA, NO PERÍODO DIURNO E NOTURNO, PARA ATENDIMENTO ÀS URGÊNCIAS E EMERGÊNCIAS DA POPULAÇÃO INFANTOJUVENIL NA UNIDADE DE PRONTO ATENDIMENTO - UPA - III. </t>
   </si>
   <si>
     <t>24970</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24970/24970_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24970/24970_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REFORMA E MANUTENÇÃO DO CORETO LOCALIZADO NA PRAÇA DOM JOSÉ COIMBRA, NO DISTRITO DE PINDAÍBAS.</t>
   </si>
   <si>
     <t>24971</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24971/24971_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24971/24971_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO DE ESTADO ADJUNTO DE ESPORTES, RICARDO SAPI, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A DISPONIBILIZAÇÃO DE UMA ACADEMIA AO AR LIVRE PARA SER IMPLANTADA NA PRAÇA VEREADOR LEÃO TOLENTINO DE CASTRO, LOCALIZADA NO BAIRRO NOVA FLORESTA, MUNICÍPIO DE PATOS DE MINAS/MG.</t>
   </si>
   <si>
     <t>24972</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24972/24972_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24972/24972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SUPERINTENDENTE REGIONAL DO BANCO DO BRASIL, EDINEI PEREIRA DE OLIVEIRA, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O RETORNO DOS SERVIÇOS ENVOLVENDO TRANSAÇÕES EM ESPÉCIE, TAIS COMO RECEBIMENTOS, SAQUES E DEPÓSITOS, PRESTADOS PELA AGÊNCIA CENTRAL DE CORREIOS DE PATOS DE MINAS COMO CORRESPONDENTE BANCÁRIO DO BANCO DO BRASIL. </t>
   </si>
   <si>
     <t>24973</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Nivaldo Tavares dos Santos, Mauri Sérgio Rodrigues - Mauri da JL</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24973/24973_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24973/24973_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, NA RUA ANTÔNIO CAETANO DE MENEZES, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>24974</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24974/24974_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24974/24974_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE ESTACIONAMENTO NA AVENIDA GETÚLIO VARGAS.  </t>
   </si>
   <si>
     <t>24975</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24975/24975_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24975/24975_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A ADEQUAÇÃO DO HORÁRIO DE TRABALHO DOS SERVIDORES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>24976</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24976/24976_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24976/24976_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A MANUTENÇÃO DAS ESTRADAS DA COMUNIDADE DE CAMPO ALEGRE.</t>
   </si>
   <si>
     <t>24977</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24977/24977_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24977/24977_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, COM URGÊNCIA, NA RUA FRANCISCO VIEIRA DA CUNHA, NO BAIRRO JARDIM PANORÂMICO.</t>
   </si>
   <si>
     <t>24978</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24978/24978_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24978/24978_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O DESENVOLVIMENTO DE PROJETOS ESPORTIVOS NAS QUADRAS POLIESPORTIVAS DOS BAIRROS BOA VISTA, JARDIM PANORÂMICO, CRISTO REDENTOR, SANTA LUZIA E SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>24979</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24979/0190.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24979/0190.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A INCLUSÃO, NO EDITAL DE LICITAÇÃO DO TRANSPORTE COLETIVO URBANO DE PASSAGEIROS DE PATOS DE MINAS, CLÁUSULAS SOCIAIS DIVIDINDO IGUALMENTE ENTRE O MUNICÍPIO E A EMPRESA CESSIONÁRIA, OS CUSTOS FINANCEIROS DAS GRATUIDADES PREVISTAS EM LEI, TAIS COMO:_x000D_
 1.	A EMPRESA CESSIONÁRIA DEVERÁ FORNECER AO MUNICÍPIO PASSAGENS NO VALOR DE 50% DO PREÇO EFETIVAMENTE COBRADO DO CIDADÃO COMUM, REFERENTE A BENEFÍCIOS CONCEDIDOS ATRAVÉS DAS GRATUIDADES MEDIANTE REPASSE MUNICIPAL, FICANDO A EMPRESA CESSIONÁRIA RESPONSÁVEL PELOS OUTROS 50%, SEM ONERAR O VALOR DA TARIFA NORMAL, SOB FORMA DE RESPONSABILIDADE SOCIAL;_x000D_
 2.	A CONCESSÃO DESSES DESCONTOS NÃO PODERÁ FAZER PARTE DA PLANILHA QUE COMPÕEM OS CUSTOS TARIFÁRIOS ESTIPULADO PELO MUNICÍPIO;_x000D_
 3.	A EMPRESA VENCEDORA SE RESPONSABILIZARÁ PELA CONSTRUÇÃO E MANUTENÇÃO DE ABRIGOS DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS, NAS PRINCIPAIS VIAS EM QUE CIRCULAM OS ÔNIBUS COLETIVOS;_x000D_
 4.	A EMPRESA CESSIONÁRIA DEVERÁ REALIZAR A IMPLANTAÇÃO DA PASSAGEM ÚNICA, COM CONSTRUÇÃO DE TERMINAIS DE INTEGRAÇÃO DE PASSAGEIROS, INTERLIGANDO TODAS AS LINHAS OU ROTAS DO TRANSPORTE PÚBLICO, EM NO MÁXIMO 2 (DOIS) ANOS, A CONTAR DO INÍCIO DA EXECUÇÃO DOS SERVIÇOS PELA EMPRESA VENCEDORA.</t>
   </si>
   <si>
     <t>24980</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24980/24980_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24980/24980_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A COBERTURA DA QUADRA POLIESPORTIVA E REFORMA DA ESCOLA ESTADUAL JUCA MANDU, LOCALIZADA NO DISTRITO DE SANTANA DE PATOS.</t>
   </si>
   <si>
     <t>24981</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA O CUMPRIMENTO DA LEI COMPLEMENTAR N° 579, DE 22 DE MAIO DE 2018, QUE &amp;#8220;DISPÕE SOBRE A REGULARIZAÇÃO DE LOTES NA MODALIDADE DE DESDOBRO NO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24982</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24982/24982_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24982/24982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA RONALDO FERNANDES DE SOUSA, LOCALIZADA NO BAIRRO CORAÇÃO EUCARÍSTICO, BEM COMO DE UMA FAIXA DE PEDESTRES, PRÓXIMO À RUA ZILMA DOS REIS XAVIER, NA ENTRADA DO REFERIDO BAIRRO. </t>
   </si>
   <si>
     <t>24983</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24983/24983_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24983/24983_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, INDICANDO ADOTAR MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DE GESTÕES PARA CONSCIENTIZAÇÃO DOS PRODUTORES RURAIS QUANTO À IMPORTÂNCIA DE SE MANTER AS CANALETAS DE ESCOAMENTO DAS ENXURRADAS SEMPRE LIMPAS, EVITANDO, ASSIM, QUE AS ESTRADAS SEJAM DANIFICADAS.</t>
   </si>
   <si>
     <t>24990</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24990/0195.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24990/0195.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de calçada no entorno da Biquinha do Bairro Caramuru, por se tratar de área pertencente à Prefeitura.</t>
   </si>
   <si>
     <t>24991</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24991/0196.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24991/0196.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal e ao Secretário de Obras Públicas, indicando adotar medidas necessárias para a realização de gestões para o recapeamento asfáltico ou operação tapa-buracos, bem como para melhorias na rede coletora de esgoto da Rua 7, no Bairro Residencial Sorriso.</t>
   </si>
   <si>
     <t>24992</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24992/0197.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24992/0197.pdf</t>
   </si>
   <si>
     <t>Ao Comandante do 15° Batalhão de Polícia Militar, Tenente Coronel PM Emerson Rocha de Azevedo, indicando adotar medidas necessárias para a realização de gestões para o retorno do policiamento escolar, composto por guarnição específica.</t>
   </si>
   <si>
     <t>24993</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24993/0198.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24993/0198.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o recapeamento e/ou pavimentação asfáltica da Rua Mata dos Fernandes, no Bairro Vila Garcia.</t>
   </si>
   <si>
     <t>24994</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24994/0199.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24994/0199.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de redutor de velocidade na Rua Divina Ferreira, localizada no Distrito de Major Porto.</t>
   </si>
   <si>
     <t>24995</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24995/0200.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24995/0200.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de redutor de velocidade na Rua João Fernandes, localizada no Distrito de Major Porto.</t>
   </si>
   <si>
     <t>24996</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24996/0201.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24996/0201.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de poda de árvores da Avenida João Rodrigues da Silva, no Bairro Jardim Céu Azul.</t>
   </si>
   <si>
     <t>24997</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24997/0202.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24997/0202.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de iluminação pública na Rua Ibrahim Alves Moreira, no Bairro Jardim Céu Azul.</t>
   </si>
   <si>
     <t>24998</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24998/0203.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24998/0203.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de iluminação pública na entrada do Bairro Alto da Serra.</t>
   </si>
   <si>
     <t>24999</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24999/0204.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24999/0204.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de semáforo no cruzamento da Rua Mata dos Fernandes com as ruas Ubá e Gigante, no Bairro Vila Garcia.</t>
   </si>
   <si>
     <t>25000</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25000/0205.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25000/0205.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a revitalização e arborização das áreas verdes na Avenida Getúlio Vargas.</t>
   </si>
   <si>
     <t>25001</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25001/0206.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25001/0206.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a revogação dos incisos I, II, III e VIII, do Decreto 4.520, de 1º de outubro de 2018, no que tange à exigência de cópias atualizadas, emitidas a menos de 90 (noventa) dias, de certidões de nascimento, casamento e escritura pública de declaração de união estável, para atualização cadastral do servidor no Sistema de Escrituração Digital das Obrigações Fiscais, Previdenciárias e Trabalhistas (eSocial).</t>
   </si>
   <si>
     <t>25048</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25048/0207.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25048/0207.pdf</t>
   </si>
   <si>
     <t>Ao Superintendente Regional dos Correios, Senhor Juarez Pinheiro Coelho Junior, indicando adotar medidas necessárias para a adoção de medidas para a realização de processo seletivo ou contratação de funcionários, em regime de urgência, para entrega de correspondências e mercadorias em todo Município de Patos de Minas.</t>
   </si>
   <si>
     <t>25049</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25049/0208.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25049/0208.pdf</t>
   </si>
   <si>
     <t>Ao Gerente Regional da Copasa/MG, Saulo de Lima Bernardes, indicando adotar medidas necessárias para a construção de muros no entorno, implantação de Cinturão Verde e aquisição de produtos químicos para minimizar o mau cheiro decorrente das atividades da Estação de Tratamento de Esgoto da COPASA/MG.</t>
   </si>
   <si>
     <t>25050</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25050/0209.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25050/0209.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o patrolamento das estradas de Colônia Agrícola e disponibilização dos recursos financeiros no orçamento de 2019 para o asfaltamento dessas vias.</t>
   </si>
   <si>
     <t>25051</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25051/0210.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25051/0210.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para encaminhamento à Câmara Municipal de projeto de lei alterando a qualificação do cargo de Coordenador de Centro Municipal de Educação Infantil, anexo IX da Lei Complementar nº 553, de 8 de maio de 2017, para que o cargo seja provido também por servidores graduados em Estudos Sociais, Filosofia, Geografia, História, Letras, Psicologia e Sociologia.</t>
   </si>
   <si>
     <t>25052</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25052/0211.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25052/0211.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o calçamento (construção de passeios/calçadas) no entorno da praça localizada na Rua Antônio Severo, entre as ruas Osvaldo Vaz de Andrade e Laura Lopes Braga, no Bairro Residencial Laranjeiras.</t>
   </si>
   <si>
     <t>25053</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25053/0212.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25053/0212.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de parque e de corredor verde na área pública localizada ao lado do Fórum “Olímpio Borges”, na Avenida Padre Almir Neves de Medeiros.</t>
   </si>
   <si>
     <t>25054</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25054/0213.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25054/0213.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de operação tapa-buracos, com urgência, na Rua Artur Magalhães, localizada no Bairro Jardim Aquários.</t>
   </si>
   <si>
     <t>25055</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, João Bosco de Castro Borges - Bosquinho</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25055/0214.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25055/0214.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a implantação do projeto “Bueiro Inteligente” como forma de aperfeiçoamento do sistema de drenagem das águas pluviais, inclusive, exigindo do proprietário da gleba a ser parcelada a responsabilidade pela execução das obras de infraestrutura necessárias à sua ocupação, nos termos da alínea “b” do § 1º do artigo 11, da Lei Complementar n.º 216, de 4 de agosto de 2004, adotando esse modelo de bueiro em nossa cidade e na implantação de rede pluvial nos novos loteamentos.</t>
   </si>
   <si>
     <t>25056</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25056/0215.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25056/0215.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o envio de projeto de lei a esta Casa Legislativa visando à alteração da Lei Complementar nº 553, de 8 de maio de 2017, com a finalidade de incluir os cargos de Telefonista Auxiliar de Regulação Médica -TARM do SAMU e Controlador de Frota do SAMU no rol dos cargos que laboram em regime de revezamento de turno, fazendo jus ao pagamento de plantões extraordinários, bem como de introduzir a concessão aos servidores ocupantes dos referidos cargos de adicional de 15% (quinze por cento) sobre o vencimento, a título de compensação, pelos serviços prestados aos sábados, domingos e feriados, nos termos da Lei Complementar nº 568, de 25 de outubro de 2017, que dispõe sobre a concessão de adicional de revezamento aos servidores da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>25057</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25057/0216.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25057/0216.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de poda de árvores e coqueiros, com urgência, no canteiro central da Avenida Marabá.</t>
   </si>
   <si>
     <t>25058</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25058/0217.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25058/0217.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o cumprimento da Lei nº 13.595, de 5 de janeiro 2018, que “altera a Lei nº 11.350, de 5 de outubro de 2006, para dispor sobre a reformulação das atribuições, a jornada e as condições de trabalho, o grau de formação profissional, os cursos de formação técnica e continuada e a indenização de transporte dos profissionais Agentes Comunitários de Saúde e Agentes de Combate às Endemias”, especialmente quanto ao piso salarial fixado em R$1.550,00, sendo R$1.250,00 em 2019, R$1.400,00 em 2020 e R$1.550,00 em 2021.</t>
   </si>
   <si>
     <t>25059</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25059/0218.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25059/0218.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de gestões visando à aquisição de recursos financeiros destinados à implantação de uma academia ao ar livre no canteiro central da avenida localizada no final da Rua São Geraldo.</t>
   </si>
   <si>
     <t>25060</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25060/0219.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25060/0219.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a demarcação, com tinta branca, das vagas para o estacionamento dos veículos nas vias públicas, como medida facilitadora da correta utilização do espaço público..</t>
   </si>
   <si>
     <t>25061</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25061/0220.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25061/0220.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para realização de melhorias na estrada que dá acesso à comunidade rural de Ponto Chic, nas proximidades da propriedade da família do Dr. Alírio, realizando, especialmente, o cascalhamento da estrada e o desvio para a água das chuvas.</t>
   </si>
   <si>
     <t>25062</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25062/0221.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25062/0221.pdf</t>
   </si>
   <si>
     <t>À Direção do Sesi/MG, indicando adotar medidas necessárias para a manutenção do ensino médio na unidade educacional do Serviço Social da Indústria – Sesi/MG de Patos de Minas.</t>
   </si>
   <si>
     <t>25085</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25085/0222.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25085/0222.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de placas de sinalização na Rua Christino Joaquim da Silva - Christino Vida, que dá acesso às comunidades de Arraial dos Afonsos e Ponto Chic, nos termos da Lei Municipal nº 7.621, de 7 de maio de 2018, bem como na Estrada José Antônio Domingos, que dá acesso ao Distrito de Bonsucesso, nos termos da Lei nº 6.939, de 18 de junho de 2014, em anexo.</t>
   </si>
   <si>
     <t>25088</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25088/0223.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25088/0223.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de parquinho infantil na Praça Paraíso José de Oliveira, localizada no Distrito de Bonsucesso.</t>
   </si>
   <si>
     <t>25089</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25089/0224.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25089/0224.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de academia ao ar livre e de parquinho infantil na praça localizada na Rua Antônio Severo, entre as ruas Osvaldo Vaz de Andrade e Laura Lopes Braga, no Bairro Residencial Laranjeiras.</t>
   </si>
   <si>
     <t>25090</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25090/0225.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25090/0225.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de gestões para a implantação de medidas de controle do uso do passe livre e das demais gratuidades no transporte público coletivo de Patos de Minas, tais como: _x000D_
 1 - Determinação à empresa concessionária do transporte urbano de passageiro/transporte coletivo de implantação da biometria para os beneficiados com passe livre e demais gratuidades sustentadas pelo Município, de forma que a passagem pela roleta seja liberada somente por meio da leitura digital; e de implantação de outro dispositivo similar à biometria nos casos em que não seja possível a aplicação desta._x000D_
 2	- Inclusão, no próximo edital de licitação dos serviços de transporte público urbano de passageiros, da determinação de a empresa concessionária implantar e implementar esses necessários equipamentos de controle._x000D_
 3	- Implantação, na Prefeitura Municipal, de equipamento/software que permita ao Município acompanhar, em tempo real, a utilização do passe livre e das demais gratuidades de todos os beneficiados.</t>
   </si>
   <si>
     <t>25091</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>CPP - Comissão de Participação Popular</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25091/0226.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25091/0226.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a intensificação da fiscalização nas construções novas e antigas, garantindo a implantação de recursos adaptativos para as pessoas com necessidades especiais e limitações de locomoção.</t>
   </si>
   <si>
     <t>25092</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25092/0227.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25092/0227.pdf</t>
   </si>
   <si>
     <t>Ao Presidente da Câmara Municipal, indicando adotar medidas necessárias para a aquisição e afixação de placa nas dependências do plenário com a gravação dos nomes dos participantes, e respectivas escolas, do Parlamento Jovem - Edição 2018.</t>
   </si>
   <si>
     <t>25093</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25093/0228.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25093/0228.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a aquisição do “Kit com frascos para alimentação enteral e de Equipo Macrogotas” para serem disponibilizados, por meio da Farmácia Municipal, à população.</t>
   </si>
   <si>
     <t>25094</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25094/0229.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25094/0229.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de dois postes de energia elétrica na Rua José Ferreira Porto, em frente à Vila Olímpica da URT, no Bairro Cidade Nova.</t>
   </si>
   <si>
     <t>25095</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25095/0230.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25095/0230.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de melhorias na rede pluvial da Rua Zina Rocha, no Bairro Caramuru.</t>
   </si>
   <si>
     <t>25096</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25096/0231.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25096/0231.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de um muro de arrimo na Rua Canjeranas, no Bairro Jardim Esperança, com o intuito de se evitar o desabamento/desmoronamento do talude.</t>
   </si>
   <si>
     <t>25108</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>Lásaro Borges de Oliveira - Lásaro Borges, Braz Paulo de Oliveira Júnior, Edimê Erlinda de Lima Avelar, Isaías Martins de Oliveira , João Batista Gonçalves - Cabo Batista, Maria Beatriz de Castro A. Savassi - Béia Savassi, Maria Dalva da Mota Azevedo - Dalva Mota , Nivaldo Tavares dos Santos, Otaviano Marques de Amorim, Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25108/0232.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25108/0232.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a construção de um reservatório de água no Bairro Nossa Senhora de Fátima, podendo ser construído no espaço existente entre o campo de futebol e a sede da Associação Comunitária.</t>
   </si>
   <si>
     <t>25109</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25109/0233.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25109/0233.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a demolição do barracão abandonado localizado entre a sede da Associação Comunitária dos Moradores do Bairro Nossa Senhora de Fátima e o campo de futebol do mesmo bairro.</t>
   </si>
   <si>
     <t>25111</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25111/0234.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25111/0234.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o reperfilamento ou recapeamento asfáltico no Parque Recreativo Doutor Itagiba Augusto Silva (orla da Lagoa Grande), no Bairro Lagoa Grande.</t>
   </si>
   <si>
     <t>25112</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25112/0235.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25112/0235.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a abertura de um centro municipal de educação infantil para o Bairro Jardim Panorâmico.</t>
   </si>
   <si>
     <t>25113</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25113/0236.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25113/0236.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de gestões para o efetivo cumprimento da Lei n.º 6.007, de 17 de junho de 2008, que “altera a redação da lei nº 5.676, de 13 de dezembro de 2005, que “Assegura aos idosos e portadores de deficiência reserva de vagas nos estacionamentos públicos e privados no município de Patos de Minas e dá outras providências”, a fim de isentar essas pessoas do pagamento de estacionamento rotativo na vaga identificada como sendo para o uso de idosos e deficientes, pelo período de duas horas, nos termos do § 2° do artigo 1° da referida Lei n.º 6.007/2008.</t>
   </si>
   <si>
     <t>25114</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25114/0237.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25114/0237.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de processo licitatório visando à terceirização da manutenção das estradas rurais de nosso município.</t>
   </si>
   <si>
     <t>25115</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25115/0238.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25115/0238.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a urbanização da praça localizada no Bairro Jardim Peluzzo, próximo à UPA, incluindo a instalação de uma academia ao ar livre.</t>
   </si>
   <si>
     <t>25116</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25116/0239.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25116/0239.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias visando à destinação de uma área, abaixo do Centro Municipal de Educação Infantil Heleno Luís, no Bairro Jardim Peluzzo, para estacionamento dos veículos que conduzem pacientes e respectivos familiares à UPA.</t>
   </si>
   <si>
     <t>25117</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25117/0240.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25117/0240.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a implantação de rede de internet e wi-fi livre e gratuita nas praças e órgãos públicos do município de Patos de Minas.</t>
   </si>
   <si>
     <t>25118</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25118/0241.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25118/0241.pdf</t>
   </si>
   <si>
     <t>Ao Deputado Estadual Sargento Rodrigues, indicando adotar medidas necessárias para a alocação de recursos financeiros destinados à aquisição de duas motos-resgate destinadas ao Serviço de Atendimento Móvel de Urgência - SAMU no município de Patos de Minas.</t>
   </si>
   <si>
     <t>25110</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25110/0242.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25110/0242.pdf</t>
   </si>
   <si>
     <t>0242/2018	Ao Prefeito Municipal, indicando realizar melhorias no câmpus do Instituto Federal de Educação, Ciência e Tecnologia do Triangulo Mineiro - IFTM em Patos de Minas, tais como:_x000D_
 • terceirização da prestação de serviços para o câmpus, tais como: vigilância, limpeza, conservação e serviços gerais;_x000D_
 •  viabilização da via de acesso ao câmpus pela BR 354;_x000D_
 •  confecção das placas de sinalização do câmpus Patos de Minas;_x000D_
 •  disponibilização de meio de transporte para atividades externas, como educação física, etc.;_x000D_
 •  disponibilização de Alvará de Funcionamento (pendências no AVCB);_x000D_
 • disponibilização de local para práticas de atividades esportivas (aulas de educação física e treinos para participação dos alunos em competições);_x000D_
 •  auxílio em eventos (infraestrutura e consumíveis);_x000D_
 • disponibilização de espaços públicos para divulgação do IFTM (por exemplo durante a Festa Nacional do Milho);_x000D_
 • disponibilização do Teatro Leão de Formosa para a realização de eventos do câmpus.</t>
   </si>
   <si>
     <t>25122</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Lásaro Borges de Oliveira - Lásaro Borges, João Batista Gonçalves - Cabo Batista</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25122/0243.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25122/0243.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a alteração no trânsito, com urgência, nas proximidades da Clínica de Reabilitação, localizada no Bairro Jardim Peluzzo.</t>
   </si>
   <si>
     <t>25123</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25123/0244.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25123/0244.pdf</t>
   </si>
   <si>
     <t>Ao Deputado Federal Luiz Gonzaga Ribeiro - Subtenente Gonzaga, indicando adotar medidas necessárias visando à destinação de recursos para a Associação Vem Ser de Proteção e Assistência à Criança e ao Adolescente de Patos de Minas.</t>
   </si>
   <si>
     <t>25125</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25125/0245.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25125/0245.pdf</t>
   </si>
   <si>
     <t>Ao Deputado Federal Luiz Gonzaga Ribeiro - Subtenente Gonzaga, indicando adotar medidas necessárias visando à disponibilização de duas academias da saúde para Patos de Minas/MG, sendo uma para o Bairro Alto da Serra (Residencial Pizolato) e a outra para o Bairro Sebastião Amorim.</t>
   </si>
   <si>
     <t>25126</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25126/0246.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25126/0246.pdf</t>
   </si>
   <si>
     <t>Ao Deputado Federal Luiz Gonzaga Ribeiro - Subtenente Gonzaga, indicando adotar medidas necessárias para a aquisição de duas vans para a Secretaria de Saúde do nosso munícipio.</t>
   </si>
   <si>
     <t>25127</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25127/0247.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25127/0247.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a realização de parceria entre o Município de Patos de Minas com o Hospital São Lucas e o Unipam, visando à melhoria e agilidade no atendimento médico de nossa população.</t>
   </si>
   <si>
     <t>25128</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25128/0248.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25128/0248.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a instalação de extintores de incêndio na Escola Municipal Norma Borges Beluco.</t>
   </si>
   <si>
     <t>25129</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Otaviano Marques de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25129/0249.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25129/0249.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para a abertura da Rua dos Carajás, no Bairro Abner Afonso, e de uma rua interligando o Bairro Abner Afonso à Avenida Marabá.</t>
   </si>
   <si>
     <t>25130</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25130/0250.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25130/0250.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, indicando adotar medidas necessárias para o arrendamento do Hospital São Lucas pelo Município de Patos de Minas, visando à melhoria e agilidade no atendimento médico de nossa população.</t>
   </si>
   <si>
     <t>24566</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24566/24566_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24566/24566_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DIRETOR-PRESIDENTE DO GRUPO ABC, VALDEMAR MARTINS AMARAL POR ACREDITAR NO POTENCIAL DE PATOS DE MINAS, INAUGURANDO GRANDE EMPREENDIMENTO EM NOSSA TERRA, O HIPERMERCADO ABC.</t>
   </si>
   <si>
     <t>24567</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24567/24567_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24567/24567_texto_integral.pdf</t>
   </si>
   <si>
     <t>À MIRIAN CAMILA DA SILVA, PELO SEU INGRESSO NO MESTRADO DE ENGENHARIA ELÉTRICA DA UNIVERSIDADE FEDERAL DE UBERLÂNDIA - UFU.</t>
   </si>
   <si>
     <t>24613</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24613/24613_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24613/24613_texto_integral.pdf</t>
   </si>
   <si>
     <t>À COOPERATIVA DE CRÉDITO SICOOB CREDIPATOS PELOS 30 ANOS DE HISTÓRIA DEDICADOS AO APOIO E INVESTIMENTO NA COOPERAÇÃO, CONSTITUINDO-SE NUMA DAS MAIORES COOPERATIVAS DE CRÉDITO DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>24614</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24614/24614_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24614/24614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO COMANDANTE DA DÉCIMA REGIÃO DE POLÍCIA MILITAR, CORONEL WALDIMIR SOARES FERREIRA, PELA BRILHANTE ATUAÇÃO EM PROL DA SEGURANÇA PÚBLICA DE NOSSA COMUNIDADE. </t>
   </si>
   <si>
     <t>24669</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24669/24669_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24669/24669_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA GERALDA WILSON RIBEIRO EM COMEMORAÇÃO DO "DIA DAS MÃES".</t>
   </si>
   <si>
     <t>24672</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24672/24672_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24672/24672_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SINDICATO DOS PRODUTORES RURAIS DE PATOS DE MINAS PELOS 60 ANOS DE REALIZAÇÃO DA FESTA NACIONAL DO MILHO - FENAMILHO.</t>
   </si>
   <si>
     <t>24670</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24670/24670_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24670/24670_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA LÚCIA DI DONATO EM COMEMORAÇÃO DO "DIA DAS MÃES".</t>
   </si>
   <si>
     <t>24688</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24688/mocao_009_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24688/mocao_009_2018.pdf</t>
   </si>
   <si>
     <t>À SENHORA SABRINA NUNES PELO LANÇAMENTO DO LIVRO &amp;#8220;INCIDENTE DE RESOLUÇÃO DE DEMANDAS REPETITIVAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24671</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24671/24671_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24671/24671_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA TATIANA COIMBRA AMARAL EM COMEMORAÇÃO DO "DIA DAS MÃES".</t>
   </si>
   <si>
     <t>24673</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24673/24673_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24673/24673_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AOS INTEGRANTES DO PROJETO &amp;#8220;CRESCER COM ARTE&amp;#8221; PELO RELEVANTE TRABALHO DESENVOLVIDO NO ÂMBITO SOCIAL EM NOSSA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>24674</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24674/24674_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24674/24674_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARIA THEREZINHA DE SOUSA BORGES EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24675</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24675/24675_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24675/24675_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARIA DE FÁTIMA ANDRADE EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24676</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24676/24676_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24676/24676_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA ANA MARIA DE OLIVEIRA EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24677</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24677/24677_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24677/24677_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À SENHORA MARIA TIMOTEO DOS SANTOS EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24678</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24678/24678_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24678/24678_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARIA ALICE DE SOUSA GONÇALVES EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24679</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24679/24679_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24679/24679_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA REGINA DE FÁTIMA FRANÇA FERREIRA EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24680</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24680/24680_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24680/24680_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA ALDA DE OLIVEIRA TEIXEIRA DANNEMANN EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24681</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24681/24681_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24681/24681_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA DILMA MARIA DE ANDRADE CAIXETA EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24682</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24682/24682_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24682/24682_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA VANDA MARIA DE ARAÚJO ROSA EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24683</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24683/24683_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24683/24683_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARIA DE LOURDES SANTOS MOURA DE MENDONÇA EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24684</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24684/24684_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24684/24684_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO INSTITUTO PRESBITERIANO DE EDUCAÇÃO &amp;#8211; IPÊ, PELO BRILHANTE TRABALHO EDUCACIONAL DESENVOLVIDO COM AS CRIANÇAS E OS ADOLESCENTES, DURANTE SEUS 20 ANOS DE EXISTÊNCIA NA CIDADE DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24685</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24685/24685_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24685/24685_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA ELZA DE FÁTIMA SOUSA RODRIGUES, EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24686</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24686/24686_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24686/24686_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARIA ABADIA GARCIA VECCHI, EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24687</t>
   </si>
   <si>
     <t>Braz Paulo de Oliveira Júnior</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24687/24687_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24687/24687_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA CELMA GERALDA MOREIRA VIDA, EM COMEMORAÇÃO DO &amp;#8220;DIA DAS MÃES&amp;#8221;.</t>
   </si>
   <si>
     <t>24720</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24720/24720_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24720/24720_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR ADAILTON FERREIRA DE MAGALHÃES &amp;#8211; PAQUINHA PELOS 25 ANOS DE DEDICAÇÃO E PROFISSIONALISMO NA ÁREA DE SAPATARIA DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>24721</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24721/24721_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24721/24721_texto_integral.pdf</t>
   </si>
   <si>
     <t>APLAUSOS AO AUTODIDATA ARTISTA PLÁSTICO GABRIEL BATISTA DE SANT&amp;#8217;ANA PELA MAGNÍFICA EXPOSIÇÃO DE PINTURAS &amp;#8220;SOB A LUZ DE GABRIEL&amp;#8221;.</t>
   </si>
   <si>
     <t>24735</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24735/24735_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24735/24735_texto_integral.pdf</t>
   </si>
   <si>
     <t>AOS MILITARES DO 15° BATALHÃO DE POLÍCIA MILITAR E DAS COMPANHIAS DE POLÍCIA MILITAR 86ª, 156ª E 230ª PELA SIGNIFICATIVA REDUÇÃO NOS ÍNDICES DE CRIMES VIOLENTOS EM NOSSA CIDADE, NO PERÍODO DE ABRIL DE 2017 A ABRIL DE 2018.</t>
   </si>
   <si>
     <t>24736</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24736/24736_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24736/24736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SENHOR ARISTEU JUSTO DA COSTA PELO EDIFICANTE TRABALHO VOLUNTÁRIO DE CUIDADO DO CANTEIRO CENTRAL DA AVENIDA AFONSO QUEIROZ, NO BAIRRO SEBASTIÃO AMORIM. </t>
   </si>
   <si>
     <t>24738</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24738/24738_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24738/24738_texto_integral.pdf</t>
   </si>
   <si>
     <t>AOS CAMINHONEIROS DE PATOS DE MINAS E DO BRASIL PELA INICIATIVA DE MOBILIZAÇÃO E PARALISAÇÃO DAS ATIVIDADES DO TRANSPORTE DE CARGAS EM TODO PAÍS, EM PROL DE MELHORIAS NAS CONDIÇÕES DE TRABALHO DA CATEGORIA E DA REDUÇÃO DOS PREÇOS DE IMPOSTOS DOS COMBUSTÍVEIS.</t>
   </si>
   <si>
     <t>24739</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24739/24739_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24739/24739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO CAIÇARAS COUNTRY CLUBE PELOS 56 ANOS DE EXISTÊNCIA.  </t>
   </si>
   <si>
     <t>24737</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24737/24737_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24737/24737_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PASTOR CARLOS ALBERTO MACHADO PELO EXPRESSIVO TRABALHO DE EVANGELIZAÇÃO NA IGREJA EVANGÉLICA FÉ E MILAGRES E NA CASA DAS MENINAS DOS OLHOS DE DEUS.</t>
   </si>
   <si>
     <t>24774</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24774/24774_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24774/24774_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR SEBASTIÃO PEREIRA DE SOUSA, PELO BRILHANTE TRABALHO VOLUNTÁRIO DE CUIDADO COM O CANTEIRO CENTRAL DA EXTENSÃO DA AVENIDA FÁTIMA PORTO.</t>
   </si>
   <si>
     <t>24776</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24776/24776_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24776/24776_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR FABIO ZANOLI PINHEIRO PELA DEDICAÇÃO À MODALIDADE ESPORTIVA "CORRIDA DE RUA" EM NOSSO MUNICÍPIO, PROPORCIONANDO MAIS SAÚDE E QUALIDADE DE VIDA À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>24777</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24777/24777_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24777/24777_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SENHORA EDNÉYA CÉLIA TAVARES PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA EDUCACIONAL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24778</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24778/24778_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24778/24778_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR JOÃO BERNARDINO VAZ DA ROCHA - &amp;#8220;TARZAN&amp;#8221; PELA GARRA, LUTA E SUPERAÇÃO DIÁRIA A FAVOR DA VIDA, AO VIVENCIAR E ABRAÇAR A CAUSA DOS ALCOÓLICOS ANÔNIMOS, E PELA REALIZAÇÃO DO &amp;#8220;FORRÓ DO TARZAN&amp;#8221;, CONTRIBUINDO PARA O ENTRETENIMENTO DA POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>24779</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24779/24779_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24779/24779_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR JOSIAS BARBOSA LAGARES PELOS 58 ANOS DE DEDICAÇÃO E INOVAÇÃO NA PRODUÇÃO DE MÓVEIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24780</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24780/24780_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24780/24780_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PROJETO &amp;#8220;A PARTE QUE FALTA NA POLÍTICA&amp;#8221;, DO PROGRAMA DE APRENDIZAGEM PROFISSIONAL DA REDE CIDADÃ, PELA OPORTUNIDADE CONCEDIDA AOS JOVENS DE PARTICIPAR DE DEBATES E REFLEXÕES, CONTRIBUINDO PARA MAIOR CONSCIENTIZAÇÃO POLÍTICA DA JUVENTUDE DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>25013</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25013/mocao_040_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25013/mocao_040_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR GEOVANE NOGUEIRA COELHO PELO EDIFICANTE TRABALHO SOCIAL REALIZADO À FRENTE DO LIONS CENTRO PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24818</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24818/24818_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24818/24818_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ROTARY CLUBE PATOS DE MINAS GUARATINGA PELA FUNDAÇÃO E DESENVOLVIMENTO DO BANCO DE ÓCULOS, PRESTANDO ASSISTÊNCIA OFTALMOLÓGICA E DOAÇÃO DE ÓCULOS A CRIANÇAS CARENTES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24814</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24814/24814_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24814/24814_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO CASAL ARNALDO CRISTINO DA SILVA E NEUSA FRANCISCA DE OLIVEIRA SILVA PELO EDIFICANTE TRABALHO VOLUNTÁRIO REALIZADO EM PROL DAS PESSOAS NECESSITADAS.</t>
   </si>
   <si>
     <t>25019</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25019/mocao_043_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25019/mocao_043_2018.pdf</t>
   </si>
   <si>
     <t>AO ROTARY CLUBE GUARATINGA PELO EDIFICANTE TRABALHO VOLUNTÁRIO A FAVOR DOS NOSSOS IRMÃOS MAIS NECESSITADOS, MEDIANTE O DESENVOLVIMENTO DO PROJETO SOCIAL DE GABINETES DENTÁRIOS, EM PARCERIA COM O UNIPAM E A PREFEITURA MUNICIPAL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24904</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24904/24904_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24904/24904_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR GERALDO NOGUEIRA ARCANJO PELO EDIFICANTE TRABALHO SOCIAL REALIZADO À FRENTE DA ASSOCIAÇÃO RENASCE PINDAÍBAS - ARPINDAS.</t>
   </si>
   <si>
     <t>24956</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24956/24956_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24956/24956_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ATLETA SAULO NOGUEIRA MORAIS JÚNIOR, POR SUAS CONQUISTAS NO 6º CAMPEONATO MUNDIAL DE KUNG FU, SEDIANDO NA CIDADE DE HUNT VALEY- USA.</t>
   </si>
   <si>
     <t>24957</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24957/24957_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24957/24957_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR JOSÉ EUSTÁQUIO BOTELHO PELA FUNDAÇÃO DA "PELADA DO ZÉ DO CÉU", QUE COMEMORA, NESTE ANO, 30 ANOS DE EXISTÊNCIA DAS PARTIDAS DE FUTEBOL ENTRE MILITARES E CIVIS REALIZADAS NO 15º BATALHÃO DE POLÍCIA MILITAR.</t>
   </si>
   <si>
     <t>25011</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25011/mocao_047_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25011/mocao_047_2018.pdf</t>
   </si>
   <si>
     <t>ÀS ESCOLAS DE PATOS DE MINAS QUE SE SOBRESSAÍRAM DE MANEIRA RELEVANTE NA AVALIAÇÃO DO ÍNDICE DE DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA - IDEB/2017 PROMOVIDA PELO MINISTÉRIO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>25012</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25012/mocao_048_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25012/mocao_048_2018.pdf</t>
   </si>
   <si>
     <t>À SENHORA MARLI CAMBRAIA GOMES DE MELO PELOS 20 ANOS DE COORDENAÇÃO E ORGANIZAÇÃO DO ENCONTRO REGIONAL DA MULHER DO CAMPO NA FESTA NACIONAL DO MILHO, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>25076</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25076/mocao_049_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25076/mocao_049_2018.pdf</t>
   </si>
   <si>
     <t>À NOVA IMPERATRIZ DOS CALÇADOS PELOS SEUS 60 ANOS EM PATOS DE MINAS, SE DISTINGUINDO NO COMÉRCIO DE SAPATOS NA CAPITAL DO MILHO.</t>
   </si>
   <si>
     <t>25075</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25075/mocao_050_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25075/mocao_050_2018.pdf</t>
   </si>
   <si>
     <t>AO HOSPITAL NOSSA SENHORA DE FÁTIMA - HNSF PELOS SEUS 60 ANOS DE EXISTÊNCIA E DESTAQUE NO OFERECIMENTO DE SERVIÇOS DE SAÚDE COM QUALIDADE E TECNOLOGIA À COMUNIDADE PATENSE E REGIÃO.</t>
   </si>
   <si>
     <t>25020</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25020/mocao_051_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25020/mocao_051_2018.pdf</t>
   </si>
   <si>
     <t>AO SICOOB CREDICOPA PATOS DE MINAS PELOS 25 ANOS DE TRABALHO SÓLIDO E CRESCIMENTO CONTÍNUO, CONSTITUINDO-SE REFERÊNCIA ENTRE AS INSTITUIÇÕES FINANCEIRAS DO NOSSO MUNICÍPIO E REGIÃO.</t>
   </si>
   <si>
     <t>25021</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25021/mocao_052_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25021/mocao_052_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR ANTÔNIO SOARES NOGUEIRA PELA FORÇA, FÉ, AMOR, DEDICAÇÃO E VIGOR EM SERVIR A SUA FAMÍLIA, DEVOTANDO, ESPECIALMENTE, CUIDADOS BÁSICOS E ILIMITADOS, MESMO COM 83 ANOS DE IDADE, A QUATRO FILHOS ESPECIAIS.</t>
   </si>
   <si>
     <t>25022</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25022/mocao_053_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25022/mocao_053_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR PAULO AFONSO DUARTE PELOS EDIFICANTES TRABALHOS VOLUNTÁRIOS REALIZADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>25023</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25023/mocao_054_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25023/mocao_054_2018.pdf</t>
   </si>
   <si>
     <t>ÀS FAMÍLIAS CHAGAS E VAZ DA ROCHA PELA REALIZAÇÃO DO TERÇO EM LOUVOR AO MENINO JESUS, PROMOVENDO, ALÉM DA UNIÃO FAMILIAR, AÇÕES DE CUNHO SOLIDÁRIO.</t>
   </si>
   <si>
     <t>25077</t>
   </si>
   <si>
     <t>À SENHORA MARIA MÁRCIA DA COSTA PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE COMO PROFESSORA E ARTESÃ.</t>
   </si>
   <si>
     <t>25078</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25078/mocao_056_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25078/mocao_056_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR HENRIQUE CARIVALDO DE MIRANDA NETO PELOS BRILHANTES SERVIÇOS PRESTADOS COMO COORDENADOR DE CURSOS E PROFESSOR DO CENTRO UNIVERSITÁRIO DE PATOS DE MINAS - UNIPAM.</t>
   </si>
   <si>
     <t>25079</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25079/mocao_057_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25079/mocao_057_2018.pdf</t>
   </si>
   <si>
     <t>À SENHORA CARLUCIA FERREIRA GOMES PELOS SERVIÇOS SOCIAIS E EVANGELÍSTICOS PRESTADOS À NOSSA COMUNIDADE, ESPECIALMENTE POR MEIO DO TERÇO DA ROSA MÍSTICA.</t>
   </si>
   <si>
     <t>25024</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25024/mocao_058_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25024/mocao_058_2018.pdf</t>
   </si>
   <si>
     <t>APLAUSOS À SENHORA OLGA DE OLIVEIRA PELA DEDICAÇÃO AOS PACIENTES E FAMILIARES NOS HOSPITAIS EM QUE TRABALHOU.</t>
   </si>
   <si>
     <t>25071</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25071/mocao_059_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25071/mocao_059_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR MURILO DE LIMA MACIEL PELOS RELEVANTES SERVIÇOS PRESTADOS COMO SERVIDOR PÚBLICO NA PREFEITURA DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>25072</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25072/mocao_060_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25072/mocao_060_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR HERMÍNIO MARCÍLIO FERNANDES PELA DEDICAÇÃO DE SEU TEMPO, TALENTO E PROFISSIONALISMO A TRABALHOS VOLUNTÁRIOS COM CORTES DE CABELO.</t>
   </si>
   <si>
     <t>25073</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25073/mocao_061_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25073/mocao_061_2018.pdf</t>
   </si>
   <si>
     <t>AO SENHOR ADEIR DE LIMA PELO ESFORÇO VOLUNTÁRIO, COM SUAS PRÓPRIAS HABILIDADES E RECURSOS, DE CUIDADO, URBANIZAÇÃO, CAPINA, LIMPEZA, PLANTIO DE ÁRVORES E DE POMAR NA PRAÇA LOCALIZADA NA RUA ANTÔNIO SEVERO, NO BAIRRO LARANJEIRAS, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>25074</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25074/mocao_062_2018.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25074/mocao_062_2018.pdf</t>
   </si>
   <si>
     <t>AO CORONEL ELIAS PERPETUO SARAIVA PELA REALIZAÇÃO, POR MEIO DA ASSOCIAÇÃO DOS POLICIAIS MILITARES DA POLÍCIA MILITAR – APPM, DA FESTA JUNINA DO BATALHÃO, QUE SE TRANSFORMOU EM FESTA DO BEM - 2018, CUJA RENDA É DESTINADA PARA MANUTENÇÃO DE ENTIDADES SOCIAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24623</t>
   </si>
   <si>
     <t>MOCR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Mauri Sérgio Rodrigues - Mauri da JL</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24623/24623_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24623/24623_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO GOVERNADOR DO ESTADO DE MINAS GERAIS, FERNANDO DAMATA PIMENTEL, E AO COMANDANTE-GERAL DA POLÍCIA MILITAR DE MINAS GERAIS, CORONEL HELBERT FIGUEIRÓ DE LOURDES, MOÇÃO DE REPÚDIO EM RAZÃO DA TRANSFERÊNCIA DA 86ª E 156ª COMPANHIAS DE POLÍCIA MILITAR PARA A SEDE DO 15º BATALHÃO DA POLÍCIA MILITAR. </t>
   </si>
   <si>
     <t>24728</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24728/24728_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24728/24728_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO GOLPISTA, CHEFE DE QUADRILHA, LADRÃO E FALSÁRIO PRESIDENTE DA REPÚBLICA, MICHEL MIGUEL ELIAS TEMER, MOÇÃO DE REPÚDIO EM RAZÃO DA VISITA A PATOS DE MINAS PARA INAUGURAR UMA OBRA ORIUNDA DOS GOVERNOS LULA E DILMA, SENDO CONSIDERADO, ASSIM, PERSONA NON GRATA.</t>
   </si>
   <si>
     <t>24520</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24520/24520_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24520/24520_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. LÁZARA MARIA DE ARAÚJO LIMA.</t>
   </si>
   <si>
     <t>24538</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24538/24538_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24538/24538_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARIA DALVA SATURNINO MOTA.</t>
   </si>
   <si>
     <t>24556</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24556/24556_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24556/24556_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. ANA MARIA MARIEL DE MELO E ARAÚJO.</t>
   </si>
   <si>
     <t>24530</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24530/24530_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24530/24530_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. NILSE FRANCO DE OLIVEIRA MELLO.</t>
   </si>
   <si>
     <t>24531</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24531/24531_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24531/24531_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. NAYARA FRANCIELLE DE CASTRO.</t>
   </si>
   <si>
     <t>24532</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24532/24532_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24532/24532_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. GUIOMAR CAROLINA DE LACERDA.</t>
   </si>
   <si>
     <t>24563</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24563/24563_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24563/24563_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. LAURA FERREIRA VIANA.</t>
   </si>
   <si>
     <t>24533</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24533/24533_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24533/24533_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARIA MADALENA PALHARES SILVA.</t>
   </si>
   <si>
     <t>24534</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24534/24534_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24534/24534_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. NOEMI ROMERO AUGUSTO DE MAGALHÃES PORTILHO.</t>
   </si>
   <si>
     <t>24539</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24539/24539_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24539/24539_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. LUCIANE SANTOS DA SILVA.</t>
   </si>
   <si>
     <t>24552</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24552/24552_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24552/24552_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. LAÍDE MARIA DE CARVALHO SANTOS.</t>
   </si>
   <si>
     <t>24540</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24540/24540_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24540/24540_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. ANTÔNIA MARIA DA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>24564</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24564/24564_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24564/24564_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARIA ROSA NETA ARAÚJO.</t>
   </si>
   <si>
     <t>24565</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24565/24565_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24565/24565_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARIA BEATRIZ CORRÊA RODRIGUES.</t>
   </si>
   <si>
     <t>24553</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24553/24553_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24553/24553_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. CÍNTIA GOMES DA COSTA E SILVA.</t>
   </si>
   <si>
     <t>24555</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24555/24555_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24555/24555_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER À SRA. MARIA ELI DA SILVA PEREIRA.</t>
   </si>
   <si>
     <t>24610</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24610/24610_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24610/24610_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. ANTÔNIO FABRÍCIO DE MATOS GONÇALVES.</t>
   </si>
   <si>
     <t>24642</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>CFOT - Comissão de Finanças, Orçamento e Tributos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24642/24642_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24642/24642_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DE GESTÃO DO PREFEITO DE PATOS DE MINAS REFERENTES AO EXERCÍCIO DE 2015, DE RESPONSABILIDADE DE PEDRO LUCAS RODRIGUES, CONFORME PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS, EXPEDIDO NO ÂMBITO DO PROCESSO 997704.</t>
   </si>
   <si>
     <t>24649</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24649/24649_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24649/24649_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR JOSÉ ANTÔNIO FREITAS RIBEIRO.</t>
   </si>
   <si>
     <t>24650</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24650/24650_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24650/24650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SENHOR ROGÉRIO ALVES NASSIF CAMPOLINA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24651</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24651/24651_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24651/24651_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃ PATENSE À SENHORA MARIA CECÍLIA RAMOS MARQUES PIAU.</t>
   </si>
   <si>
     <t>24722</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24722/24722_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24722/24722_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. VALMIR FIDELIS GUIMARÃES.</t>
   </si>
   <si>
     <t>24691</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24691/24691_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24691/24691_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO PROFESSOR DOUTOR PADRE NILSON ANDRÉ FERNANDES.</t>
   </si>
   <si>
     <t>24692</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24692/24692_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24692/24692_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. ÉDISON BERNARDO DO CARMO.</t>
   </si>
   <si>
     <t>24723</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24723/24723_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24723/24723_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. JOSÉ CARLOS DE SOUZA.</t>
   </si>
   <si>
     <t>24693</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24693/24693_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24693/24693_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. ÉRICO HENRIQUE RESENDE RODOVALHO.</t>
   </si>
   <si>
     <t>24724</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24724/24724_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24724/24724_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. FRANCISCO FERNANDES PEDRO.</t>
   </si>
   <si>
     <t>24725</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24725/24725_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24725/24725_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. BARTOLOMEU FERREIRA RIBEIRO.</t>
   </si>
   <si>
     <t>24694</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24694/24694_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24694/24694_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. JULIAN PASSOS.</t>
   </si>
   <si>
     <t>24726</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24726/24726_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24726/24726_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃ PATENSE À SRA. RITA DE CÁSSIA BASTOS SAFATLE.</t>
   </si>
   <si>
     <t>24727</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24727/pdl_1044_cidadao_patense_lucas_lucco_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24727/pdl_1044_cidadao_patense_lucas_lucco_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. LUCAS CORRÊA DE OLIVEIRA, LUCAS LUCCO.</t>
   </si>
   <si>
     <t>24757</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24757/24757_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24757/24757_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO CASAL JOAQUIM SOARES DA SILVA - "QUIM PIMENTA" E TERESINHA GOMES FERREIRA SOARES.</t>
   </si>
   <si>
     <t>24790</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24790/pdl_1046_medalha_destaque_rural_casal_gilvan_e_rF42ESv.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24790/pdl_1046_medalha_destaque_rural_casal_gilvan_e_rF42ESv.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE DESTAQUE RURAL AO CASAL GILVAN JOSÉ BORGES E LÚCIA DAS DORES TEIXEIRA BORGES.</t>
   </si>
   <si>
     <t>24791</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24791/24791_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24791/24791_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO CASAL LAZARA MOISÉS RODRIGUES E ANTÔNIO ALVES FERREIRA.</t>
   </si>
   <si>
     <t>24792</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24792/24792_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24792/24792_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO CASAL MÁRIO VINÍCIUS LEMOS DE ALMEIDA E VERA LUCIA SOARES VIEIRA.</t>
   </si>
   <si>
     <t>24793</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24793/24793_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24793/24793_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. DÁCIO DE ARVELOS.</t>
   </si>
   <si>
     <t>24794</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24794/24794_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24794/24794_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO CASAL GERALDO DOS REIS SILVA E LACI SOARES DE CARVALHO SILVA.</t>
   </si>
   <si>
     <t>24795</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24795/24795_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24795/24795_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. JOSÉ ORIVALDO DA SILVA -"ZÉ CATONHO".</t>
   </si>
   <si>
     <t>24796</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24796/24796_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24796/24796_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SENHOR JOSÉ DAVI SOBRINHO.</t>
   </si>
   <si>
     <t>24797</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24797/24797_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24797/24797_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SENHOR LEANDRO VITOR DE FREITAS.</t>
   </si>
   <si>
     <t>24798</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24798/24798_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24798/24798_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. EULER RODRIGUES RÊGO.</t>
   </si>
   <si>
     <t>24799</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24799/24799_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24799/24799_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. JOÃO BALTAZAR DE BRITO -"JOÃO GAMBÔ".</t>
   </si>
   <si>
     <t>24800</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24800/24800_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24800/24800_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SENHOR SAULO DE DEUS VIEIRA.</t>
   </si>
   <si>
     <t>24815</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24815/24815_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24815/24815_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. MATHEUS DE SOUSA.</t>
   </si>
   <si>
     <t>24816</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24816/24816_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24816/24816_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR. JOSÉ ITACIR GUIMARÃES.</t>
   </si>
   <si>
     <t>24817</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24817/24817_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24817/24817_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DESTAQUE RURAL AO SR JOSÉ SÉRGIO EVANGELISTA MOREIRA.</t>
   </si>
   <si>
     <t>24820</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24820/24820_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24820/24820_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. ALFREDO PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>24870</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>Maria Dalva da Mota Azevedo - Dalva Mota , Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24870/24870_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24870/24870_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. VICENTE DE PAULA CUNHA.</t>
   </si>
   <si>
     <t>24886</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24886/24886_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24886/24886_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. SELMA HELENA CRUZ.</t>
   </si>
   <si>
     <t>24890</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24890/24890_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24890/24890_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. DIEGO HENRIQUE DA SILVEIRA MARTINS.</t>
   </si>
   <si>
     <t>24891</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24891/24891_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24891/24891_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. JAMIL BASTOS SAFATLE.</t>
   </si>
   <si>
     <t>24919</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24919/24919_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24919/24919_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. GERALDO FERNANDES DA SILVA.</t>
   </si>
   <si>
     <t>24918</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24918/24918_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24918/24918_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. JOÃO RODRIGUES ROSA.</t>
   </si>
   <si>
     <t>24937</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24937/24937_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24937/24937_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. JOSÉ MARIA DA SILVEIRA.</t>
   </si>
   <si>
     <t>24898</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24898/24898_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24898/24898_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. NANCI ALVES DA SILVA LEANDRO DOS SANTOS.</t>
   </si>
   <si>
     <t>24895</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24895/24895_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24895/24895_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. ANTÔNIO DE ASSIS OLIVEIRA.</t>
   </si>
   <si>
     <t>24896</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24896/24896_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24896/24896_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. HELENA FRANCISCA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>24897</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24897/24897_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24897/24897_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. LINDOMAR MARQUES BABILÔNIA.</t>
   </si>
   <si>
     <t>24920</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24920/24920_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24920/24920_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. GISELE SILVA PEDRO.</t>
   </si>
   <si>
     <t>24931</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24931/24931_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24931/24931_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO DR. EDUARDO TADEU VIEIRA.</t>
   </si>
   <si>
     <t>24938</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24938/24938_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24938/24938_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. HAMILTON FRANCISCO DA SILVA.</t>
   </si>
   <si>
     <t>24939</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24939/24939_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24939/24939_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS À SRA. ELÉS DE SOUSA CAIXETA E AMORIM.</t>
   </si>
   <si>
     <t>25025</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25025/pdl_1076_merito_cultural_mestre_correa_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25025/pdl_1076_merito_cultural_mestre_correa_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR NILTON CORREA DOS SANTOS – MESTRE CORREA.</t>
   </si>
   <si>
     <t>25028</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25028/pdl_1077_merito_cultural_selma_marques_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25028/pdl_1077_merito_cultural_selma_marques_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À SENHORA SELMA HELENA MARQUES.</t>
   </si>
   <si>
     <t>24985</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24985/24985_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24985/24985_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL "FRANCISCO MELGAÇO DE FARIA -CHIQUITO" À BANDA PÁSSARO VIVO.</t>
   </si>
   <si>
     <t>24986</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24986/24986_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24986/24986_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL "FRANCISCO MELGAÇO DE FARIA -CHIQUITO" AO SR. MOISÉS JOSÉ SALVADOR.</t>
   </si>
   <si>
     <t>25027</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25027/pdl_1080_merito_cultural_marcos_rassi_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25027/pdl_1080_merito_cultural_marcos_rassi_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR MARCOS ANTÔNIO CAIXETA RASSI.</t>
   </si>
   <si>
     <t>25029</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25029/pdl_1081_merito_cultural_coral_sementes_do_bem_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25029/pdl_1081_merito_cultural_coral_sementes_do_bem_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO CORAL SEMENTES DO BEM.</t>
   </si>
   <si>
     <t>25030</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25030/pdl_1082_merito_cultural_banda_najjas_do_forro_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25030/pdl_1082_merito_cultural_banda_najjas_do_forro_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À BANDA  NAJJAS DO FORRÓ.</t>
   </si>
   <si>
     <t>25031</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25031/pdl_1083_merito_cultural_grupo_de_seresta_trov_2qDtaQF.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25031/pdl_1083_merito_cultural_grupo_de_seresta_trov_2qDtaQF.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO GRUPO DE SERESTA TROVADORES AO LUAR.</t>
   </si>
   <si>
     <t>25032</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25032/pdl_1084_merito_cultural_sebastiao_belchior_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25032/pdl_1084_merito_cultural_sebastiao_belchior_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR SEBASTIÃO BELCHIOR BASÍLIO.</t>
   </si>
   <si>
     <t>25033</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25033/pdl_1085_merito_cultural_dupla_bruno_e_daniel_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25033/pdl_1085_merito_cultural_dupla_bruno_e_daniel_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À DUPLA BRUNO E DANIEL.</t>
   </si>
   <si>
     <t>25034</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25034/pdl_1086_merito_cultural_pedro_paulo_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25034/pdl_1086_merito_cultural_pedro_paulo_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR PEDRO PAULO DA SILVA.</t>
   </si>
   <si>
     <t>25035</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25035/pdl_1087_merito_cultural_aletis_jaqueline_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25035/pdl_1087_merito_cultural_aletis_jaqueline_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À SENHORA ALÉTIS JAQUELINE GARCIA SILVA.</t>
   </si>
   <si>
     <t>25036</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25036/pdl_1088_merito_cultural_rodrigo_caixeta_silva_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25036/pdl_1088_merito_cultural_rodrigo_caixeta_silva_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR RODRIGO CAIXETA SILVA.</t>
   </si>
   <si>
     <t>25037</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25037/pdl_1089_merito_cultural_aline_teodoro_oliveira_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25037/pdl_1089_merito_cultural_aline_teodoro_oliveira_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À SENHORA ALINE TEODORO OLIVEIRA.</t>
   </si>
   <si>
     <t>25038</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25038/pdl_1090_merito_cultural_paulo_marcio_da_costa_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25038/pdl_1090_merito_cultural_paulo_marcio_da_costa_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR PAULO MÁRCIO DA COSTA.</t>
   </si>
   <si>
     <t>25026</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25026/pdl_1091_merito_cultural_sergio_cunha_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25026/pdl_1091_merito_cultural_sergio_cunha_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” AO SENHOR SÉRGIO CUNHA.</t>
   </si>
   <si>
     <t>25039</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO CULTURAL “FRANCISCO MELGAÇO DE FARIA - CHIQUITO” À SENHORA GRACINHA ARAÚJO.</t>
   </si>
   <si>
     <t>25044</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25044/pdl_1093_merito_estudantil_kaio_silva_rev_V37cHKl.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25044/pdl_1093_merito_estudantil_kaio_silva_rev_V37cHKl.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL "PROFESSOR RENÊ DE DEUS VIEIRA" AO ESTUDANTE KAIO PEREIRA SILVA.</t>
   </si>
   <si>
     <t>25045</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25045/pdl_1094_merito_estudantil_lourenco_xavier_rev_iuCIy9r.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25045/pdl_1094_merito_estudantil_lourenco_xavier_rev_iuCIy9r.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL "PROFESSOR RENÊ DE DEUS VIEIRA" AO ESTUDANTE LOURENÇO XAVIER  MELO SILVÉRIO.</t>
   </si>
   <si>
     <t>25046</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25046/pdl_1095_merito_estudantil_emily_de_lima_rev_1TQI8uN.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25046/pdl_1095_merito_estudantil_emily_de_lima_rev_1TQI8uN.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL "PROFESSOR RENÊ DE DEUS VIEIRA" À ESTUDANTE ÉMILY TEODORO DE LIMA.</t>
   </si>
   <si>
     <t>25102</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE MARIA FERNANDA TEIXEIRA DE SOUZA.</t>
   </si>
   <si>
     <t>25081</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25081/pdl_1097_merito_estudantil_arthur_augusto_rev_fW7PDH9.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25081/pdl_1097_merito_estudantil_arthur_augusto_rev_fW7PDH9.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” AO ESTUDANTE ARTHUR AUGUSTO MARTINS FERREIRA.</t>
   </si>
   <si>
     <t>25100</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25100/pdl_1098_merito_estudantil_marcel_martins_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25100/pdl_1098_merito_estudantil_marcel_martins_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” AO ESTUDANTE MARCEL MARTINS BENFICA.</t>
   </si>
   <si>
     <t>25082</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25082/pdl_1099_merito_estudantil_julia_araujo_rev_LCbxFRo.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25082/pdl_1099_merito_estudantil_julia_araujo_rev_LCbxFRo.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE JÚLIA ARAÚJO DE MIRANDA SILVA.</t>
   </si>
   <si>
     <t>25106</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25106/pdl_1100_merito_estudantil_marina_alves_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25106/pdl_1100_merito_estudantil_marina_alves_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE MARINA ALVES LEME.</t>
   </si>
   <si>
     <t>25086</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25086/pdl_1101_merito_estudantil_jacqueline_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25086/pdl_1101_merito_estudantil_jacqueline_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE JACQUELINE ARAÚJO CORRÊA.</t>
   </si>
   <si>
     <t>25107</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25107/pdl_1102_merito_estudantil_maria_luisa_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25107/pdl_1102_merito_estudantil_maria_luisa_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE MARIA LUISA GONÇALVES QUEIROZ.</t>
   </si>
   <si>
     <t>25105</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25105/pdl_1103_merito_estudantil_ana_beatriz_isadora_uJwCEGA.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25105/pdl_1103_merito_estudantil_ana_beatriz_isadora_uJwCEGA.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” ÀS ESTUDANTES ANA BEATRIZ SOUSA CAIXETA, ISADORA CAIXETA VAZ, GEOVANNA GONÇALVES NASCIMENTO E REBECA MENDONÇA DE QUEIROZ.</t>
   </si>
   <si>
     <t>25103</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25103/pdl_1104_merito_estudantil_ruan_carlos_gomes_silva_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25103/pdl_1104_merito_estudantil_ruan_carlos_gomes_silva_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” AO ESTUDANTE RUAN CARLOS GOMES SILVA.</t>
   </si>
   <si>
     <t>25121</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25121/pdl_1105_merito_estudantil_luis_gustavo_da_silva_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25121/pdl_1105_merito_estudantil_luis_gustavo_da_silva_rev.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Estudantil “Professor Renê de Deus Vieira” ao estudante Luis Gustavo da Silva.</t>
   </si>
   <si>
     <t>25101</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25101/pdl_1106_merito_estudantil_ana_lara_caetano_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25101/pdl_1106_merito_estudantil_ana_lara_caetano_rev.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO ESTUDANTIL “PROFESSOR RENÊ DE DEUS VIEIRA” À ESTUDANTE ANA LARA CAETANO.</t>
   </si>
   <si>
     <t>24487</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24487/24487_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24487/24487_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A DISPOSIÇÃO DO § 3º, ACRESCENTA PARÁGRAFO AO   ART. 43 E ALTERA A REDAÇÃO DO § 1º DO ART. 44, DA LEI COMPLEMENTAR Nº 002, DE 6 DE SETEMBRO DE 1990.</t>
   </si>
   <si>
     <t>24488</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24488/24488_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24488/24488_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LICENÇA POR MOTIVO DE DOENÇA EM PESSOA DA FAMÍLIA DE QUE TRATA O INC. II DO ART. 76 DA LEI COMPLEMENTAR Nº 002, DE 6 DE SETEMBRO DE 1990.</t>
   </si>
   <si>
     <t>24535</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24535/24535_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24535/24535_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA ESTACIONAMENTO E O EXERCÍCIO DO COMÉRCIO AMBULANTE DURANTE FESTA NACIONAL DO MILHO &amp;#8211; FENAMILHO.</t>
   </si>
   <si>
     <t>24589</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24589/24589_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24589/24589_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA URBANA DE QUE TRATA A LEI Nº 13.465, DE 11 DE JULHO DE 2017.</t>
   </si>
   <si>
     <t>24933</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24933/24933_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24933/24933_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS INCS. I E II  DO ART. 6º DA LEI COMPLEMENTAR Nº 308, DE 1º DE JULHO DE 2008, QUE &amp;#8220;DISPÕE SOBRE A REFORMULAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL &amp;#8211; CMDRS -, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>25119</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25119/plc_761_altera_anexos_da_lei_271_e_320_qhnTPW2.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25119/plc_761_altera_anexos_da_lei_271_e_320_qhnTPW2.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO NO ANEXO II DA LEI COMPLEMENTAR Nº 271, DE 1º DE NOVEMBRO DE 2006, E O DISPOSTO NO ANEXO IV DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008._x000D_
 (macrozoneamento e zoneamento).</t>
   </si>
   <si>
     <t>24495</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24495/24495_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24495/24495_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA §§ 3º, 4º E 5º AO ART. 65 DA LEI COMPLEMENTAR Nº 271, DE 1º DE NOVEMBRO DE 2006, QUE &amp;#8220;INSTITUI A REVISÃO DO PLANO DIRETOR DO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24496</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24496/24496_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24496/24496_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA AS ALÍNEAS &amp;#8220;A&amp;#8221; E &amp;#8220;B&amp;#8221; AO INCISO V DO ART. 9º, DA LEI COMPLEMENTAR Nº 014, DE 27 DE JULHO DE 1992, QUE &amp;#8220;DISPÕE SOBRE O CÓDIGO DE EDIFICAÇÕES DO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24497</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24497/24497_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24497/24497_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA EMISSÃO DE 2ª VIA DE CERTIDÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24498</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Edimê Erlinda de Lima Avelar, Isaías Martins de Oliveira , Maria Beatriz de Castro A. Savassi - Béia Savassi</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24498/24498_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24498/24498_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO XIX AO ART. 2º DA LEI COMPLEMENTAR Nº 172, DE 16 DE SETEMBRO DE 2002, QUE &amp;#8220;DISPÕE SOBRE O CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24521</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24521/24521_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24521/24521_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE LOTES NA MODALIDADE DE DESDOBRO NO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24522</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24522/24522_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24522/24522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ARTIGO 111 DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008, QUE &amp;#8220;INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24523</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24523/24523_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24523/24523_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART.  2º DA LEI COMPLEMENTAR Nº 489, DE 8 DE OUTUBRO DE 2014, QUE REVOGA O INCISO IV DO ART. 2º DA LEI COMPLEMENTAR Nº 288, DE 15 DE OUTUBRO DE 2007, QUE &amp;#8220;AUTORIZA O CHEFE DO PODER EXECUTIVO E O PRESIDENTE DA ASSOCIAÇÃO HABITACIONAL DE PATOS DE MINAS A OUTORGAR ESCRITURA PÚBLICA DE IMÓVEIS DOADOS OU CONCEDIDOS PARA USO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24607</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24607/24607_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24607/24607_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO III DA LEI COMPLEMENTAR Nº 548, DE 17 DE ABRIL DE 2017, ACRESCENTADO AO ART. 30 DA LEI COMPLEMENTAR N.º 320, DE 31 DE DEZEMBRO DE 2008, QUE &amp;#8220;INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24608</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24608/24608_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24608/24608_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 4º DA LEI Nº 2.870, DE 2 DE OUTUBRO DE 1991, QUE &amp;#8220;DECLARA DE PRESERVAÇÃO PERMANENTE AS MARGENS DO RIO PARANAÍBA&amp;#8221;.</t>
   </si>
   <si>
     <t>24609</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>Lásaro Borges de Oliveira - Lásaro Borges, Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24609/24609_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24609/24609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO § 6º E ACRESCENTA § 7º AO ART. 236 DA LEI COMPLEMENTAR Nº 379, DE 24 DE JANEIRO DE 2012, MODIFICADA PELA LEI COMPLEMENTAR Nº 413, DE 1º DE JULHO DE 2013, QUE &amp;#8220;INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;. </t>
   </si>
   <si>
     <t>24640</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24640/24640_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24640/24640_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 2º E ACRESCENTA OS §§ 3º E 4º AO ART. 30 DA LEI COMPLEMENTAR Nº 379, DE 24 DE JANEIRO DE 2012, QUE "INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE PATOS DE MINAS".</t>
   </si>
   <si>
     <t>24641</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24641/24641_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24641/24641_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 20 DA LEI COMPLEMENTAR Nº 014, DE 27 DE JULHO DE 1992, QUE "DISPÕE SOBRE O CÓDIGO DE EDIFICAÇÕES DO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>24646</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24646/plc_751_altera_lc_445_14__acs_e_ace_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24646/plc_751_altera_lc_445_14__acs_e_ace_rev.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA § 3º AO ART. 3º E OS INCISOS IV E V AO ART. 4º DA LEI COMPLEMENTAR Nº 445, DE 12 DE MARÇO DE 2014, QUE &amp;#8220;REGULAMENTA O REGIME JURÍDICO DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS, NOS TERMOS DA EMENDA CONSTITUCIONAL Nº 51 E DA LEI FEDERAL Nº 11.350/2006, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24754</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24754/24754_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24754/24754_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO NO INCISO II DO ART. 1º DA LEI COMPLEMENTAR 518, DE 22 DE DEZEMBRO DE 2015, QUE ALTEROU O DISPOSTO NO ANEXO IV, DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008, QUE INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24755</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24755/24755_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24755/24755_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO NO ANEXO IV, DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008, QUE INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24786</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24786/24786_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24786/24786_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O ART. 2º DA LEI COMPLEMENTAR Nº 550, DE 17 DE ABRIL DE 2017, QUE &amp;#8220;DÁ NOVA REDAÇÃO À CONDIÇÃO 5 (CINCO) PREVISTA NAS OBSERVAÇÕES CONSTANTES DO ANEXO III, DA LEI COMPLEMENTAR Nº 320, DE 27 DE DEZEMBRO DE 2008, QUE INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24836</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24836/24836_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24836/24836_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA EXTRAJUDICIAL DE DÉBITOS DEVIDAMENTE CONSTITUÍDOS A SER ADOTADA PELA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24866</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24866/24866_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24866/24866_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 1º DA LEI COMPLEMENTAR Nº 028, DE 31 DE OUTUBRO DE 1994, ALTERADO PELAS LEIS COMPLEMENTARES N.OS 534, DE 22 DE DEZEMBRO DE 2016, E 541, DE 13 DE MARÇO DE 2017, E ALTERA O ART. 4º DA LEI COMPLEMENTAR Nº 541, DE 13 DE MARÇO DE 2017, QUE ALTEROU AS LEIS COMPLEMENTARES N.OS 014, DE 27 DE JULHO DE 1992, 028, DE 31 DE OUTUBRO DE 1994 E 320, DE 31 DE DEZEMBRO DE 2008, E REGULAMENTOU A GRADAÇÃO DAS MULTAS E A CONTRIBUIÇÃO AO FUNDO MUNICIPAL DE DESENVOLVIMENTO URBANO DE QUE TRATA O INC. VIII DO ART. 112 DA LEI COMPLEMENTAR Nº 71, DE 1º DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>25043</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25043/plc_758_altera_art._135_lei_379_mesas_e_cadeiras_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25043/plc_758_altera_art._135_lei_379_mesas_e_cadeiras_rev.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 135 DA LEI COMPLEMENTAR Nº 379, DE 24 DE JANEIRO DE 2012, QUE "INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE PATOS DE MINAS".</t>
   </si>
   <si>
     <t>25064</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25064/plc_759_altera_lei_371_isencao_iptu_dos_aposen_qANxRnc.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25064/plc_759_altera_lei_371_isencao_iptu_dos_aposen_qANxRnc.pdf</t>
   </si>
   <si>
     <t>Altera o § 2º do art. 1º da Lei Complementar nº 371, de 22 de setembro de 2011, modificado pela Lei Complementar nº 442, de 18 de fevereiro de 2014, que “Autoriza o Executivo Municipal a conceder isenção do Imposto Predial e Territorial Urbano – IPTU, nas condições que estabelece”.</t>
   </si>
   <si>
     <t>25104</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25104/plc_760_altera_art._37_da_lei_381_plano_de_carreira_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25104/plc_760_altera_art._37_da_lei_381_plano_de_carreira_rev.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO  DO ART. 37 E ACRESCENTA ART. 37-A NA LEI COMPLEMENTAR Nº 381, DE 9 DE ABRIL DE 2012, QUE "DISPÕE SOBRE O PLANO DE CARREIRA E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS'".</t>
   </si>
   <si>
     <t>25135</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25135/plc_762_acrescenta__2o_art._238_lc_379_liberac_a62TzXU.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25135/plc_762_acrescenta__2o_art._238_lc_379_liberac_a62TzXU.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA § 2º E TRANSFORMA EM § 1º O PARÁGRAFO ÚNICO DO ART. 238, DA LEI COMPLEMENTAR Nº 379, DE 24 DE JANEIRO DE 2012, QUE “INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE PATOS DE MINAS”.</t>
   </si>
   <si>
     <t>24483</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24483/24483_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24483/24483_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 1º DA LEI Nº 7.578, DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA.</t>
   </si>
   <si>
     <t>24484</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24484/24484_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24484/24484_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRAMA &amp;#8220;BAIRRO LIMPO, CIDADE LIMPA&amp;#8221;</t>
   </si>
   <si>
     <t>24489</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24489/24489_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24489/24489_texto_integral.doc</t>
   </si>
   <si>
     <t>24485</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24485/24485_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24485/24485_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ELABORAÇÃO E ADESÃO AO PLANO DE AMORTIZAÇÃO DOS DÉBITOS PREVIDENCIÁRIOS DO MUNICÍPIO DE PATOS DE MINAS PERANTE A RECEITA FEDERAL DO BRASIL.</t>
   </si>
   <si>
     <t>24486</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24486/24486_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24486/24486_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 4º-A À LEI Nº 7.139, DE 3 DE AGOSTO DE 2015, QUE &amp;#8220;APROVA O PLANO MUNICIPAL DE EDUCAÇÃO (PME) E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>24527</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24527/24527_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24527/24527_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A ANTÔNIO JOSÉ TELES O IMÓVEL QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24528</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24528/24528_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24528/24528_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O DEMONSTRATIVO DA RECEITA POR FONTES E CATEGORIAS ECONÔMICAS E O ROL DAS CONTAS ORÇAMENTÁRIAS DA RECEITA DE QUE TRATA A LEI Nº 7.577, DE 20 DE DEZEMBRO DE 2017, QUE &amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PATOS DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2018&amp;#8221;.</t>
   </si>
   <si>
     <t>24524</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24524/24524_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24524/24524_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>24526</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24526/24526_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24526/24526_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE PATOS DE MINAS - IPREM - A REAJUSTAR OS BENEFÍCIOS PREVIDENCIÁRIOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>24529</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24529/24529_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24529/24529_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A ADÉLIO ALVES BONTEMPO O IMÓVEL QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24559</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24559/24559_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24559/24559_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A ELIAS CALIXTO DE OLIVEIRA OS IMÓVEIS QUE IDENTIFICAM.</t>
   </si>
   <si>
     <t>24560</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24560/24560_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24560/24560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLÍTICA MUNICIPAL DE TURISMO. </t>
   </si>
   <si>
     <t>24561</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24561/24561_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24561/24561_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 1º DA LEI Nº 7.578 DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA.</t>
   </si>
   <si>
     <t>24562</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24562/24562_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24562/24562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA DAÇÃO EM PAGAMENTO A VICENTE FRANCISCO DA SILVA OS IMÓVEIS QUE IDENTIFICAM. </t>
   </si>
   <si>
     <t>24586</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24586/24586_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24586/24586_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME.</t>
   </si>
   <si>
     <t>24587</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24587/24587_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24587/24587_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INC. I DO ART. 3º DA LEI Nº 6.362, DE 25 DE NOVEMBRO DE 2010, QUE "DISPÕE SOBRE A CENTRAL REGIONAL DE ABASTECIMENTO DE PATOS DE MINAS - CEASA REGIONAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24588</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24588/24588_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24588/24588_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A.</t>
   </si>
   <si>
     <t>24615</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24615/24615_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24615/24615_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A JAIRO ALVES DA SILVA OS IMÓVEIS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24616</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24616/24616_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24616/24616_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 7.219, DE 28 DE DEZEMBRO DE 2015, QUE &amp;#8220;AUTORIZA A PROMOVER A DESAFETAÇÃO E DOAÇÃO DE IMÓVEL AO CONSELHO CENTRAL DE PATOS DE MINAS DA SOCIEDADE DE SÃO VICENTE DE PAULO.&amp;#8221;</t>
   </si>
   <si>
     <t>24617</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24617/24617_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24617/24617_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 4.676, DE 5 DE MARÇO DE 1999, QUE &amp;#8220;AUTORIZA A DOAÇÃO DE IMÓVEIS À EMPRESA MONTESME LTDA&amp;#8221;.</t>
   </si>
   <si>
     <t>24618</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24618/24618_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24618/24618_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A JOSÉ PORTO DE SOUSA O IMÓVEL QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24619</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24619/24619_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24619/24619_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL À LOJA MAÇÔNICA FÊNIX DO ALTO PARANAÍBA Nº 2552.</t>
   </si>
   <si>
     <t>24622</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24622/24622_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24622/24622_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 2.870, DE 2 DE OUTUBRO DE 1991, QUE "DECLARA DE PRESERVAÇÃO PERMANENTE AS MARGENS DO RIO PARANAÍBA".</t>
   </si>
   <si>
     <t>24647</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24647/24647_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24647/24647_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O § 2º DO ART. 1º DA LEI Nº 7.578 DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24699</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24699/24699_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24699/24699_texto_integral.pdf</t>
   </si>
   <si>
     <t>24700</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24700/24700_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24700/24700_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 7.219, DE 28 DE DEZEMBRO DE 2015, QUE &amp;#8220;AUTORIZA O EXECUTIVO A PROMOVER A DESAFETAÇÃO E DOAÇÃO DE IMÓVEL AO CONSELHO CENTRAL DE PATOS DE MINAS DA SOCIEDADE DE SÃO VICENTE DE PAULO.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24701</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24701/24701_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24701/24701_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE PROTEÇÃO DA DEFESA CIVIL &amp;#8211; FUMPDEC DA COORDENADORIA MUNICIPAL DE PROTEÇÃO DA DEFESA CIVIL &amp;#8211; COMPDEC, DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24702</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24702/24702_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24702/24702_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A GERALDO LUIZ DE CARVALHO OS IMÓVEIS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24703</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24703/24703_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24703/24703_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A JOSÉ CAITANO BARBOSA OS IMÓVEIS QUE IDENTIFICAM.</t>
   </si>
   <si>
     <t>24704</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24704/24704_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24704/24704_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 1º DA LEI Nº 7.578 DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA.</t>
   </si>
   <si>
     <t>24731</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24731/24731_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24731/24731_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 7.490, DE 26 DE JULHO DE 2017, QUE &amp;#8220;DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>24732</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24732/24732_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24732/24732_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAR ACORDO DE CONFISSÃO E PAGAMENTO DE DÉBITOS AOS PROFESSORES DE EDUCAÇÃO BÁSICA  QUE SE APOSENTARAM ANTES DO PAGAMENTO INTEGRAL DA EQUIPARAÇÃO SALARIAL DE QUE TRATA O ART. 53 DA LEI COMPLEMENTAR Nº 381, DE 9 DE ABRIL DE 2012.</t>
   </si>
   <si>
     <t>24733</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24733/24733_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24733/24733_texto_integral.pdf</t>
   </si>
   <si>
     <t>24758</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24758/24758_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24758/24758_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>24759</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24759/24759_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24759/24759_texto_integral.pdf</t>
   </si>
   <si>
     <t>24789</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24789/24789_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24789/24789_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO CAPUT E ACRESCENTA § 3º AO ART. 14 DA LEI Nº 4.005, DE 28 DE AGOSTO DE 1995, QUE &amp;#8220;DISPÕE SOBRE AS CAIXAS ESCOLARES DAS ESCOLAS MUNICIPAIS DE PATOS DE MINAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24821</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24821/24821_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24821/24821_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA CRIAÇÃO DE ELEMENTO DE DESPESA AO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>24839</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24839/24839_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24839/24839_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A HELENO MESSIAS SIMÃO OS IMÓVEIS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24840</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24840/24840_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24840/24840_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A ORCÊNIO JOSÉ RIBEIRO OS IMÓVEIS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>24841</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24841/24841_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24841/24841_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS §§ 2º E 3º DO ART. 1º DA LEI Nº 7.578, DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA.</t>
   </si>
   <si>
     <t>24842</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24842/24842_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24842/24842_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA CRIAÇÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24844</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24844/24844_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24844/24844_texto_integral.pdf</t>
   </si>
   <si>
     <t>24845</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24845/24845_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24845/24845_texto_integral.pdf</t>
   </si>
   <si>
     <t>24871</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24871/24871_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24871/24871_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O TERMO DE ANUÊNCIA DE TRANSFERÊNCIA DA RODOVIA BR-146-MG ENTRE O KM 0,0 E O KM 4,90 NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24872</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24872/24872_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24872/24872_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O INC. XI DO ART. 2º E ALTERA A REDAÇÃO DO ART. 3º DA LEI Nº 6.545, DE 27 DE FEVEREIRO DE 2012, QUE &amp;#8220;CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER&amp;#8221;</t>
   </si>
   <si>
     <t>24873</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24873/24873_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24873/24873_texto_integral.pdf</t>
   </si>
   <si>
     <t>24893</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A JEREMIAS JUCA E MAGALHÃES E RAQUEL JUNIA DE MAGALHÃES OS IMÓVEIS QUE IDENTIFICAM.</t>
   </si>
   <si>
     <t>24894</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24894/24894_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24894/24894_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL ADICIONAL PARA CRIAÇÃO DE ELEMENTO DE DESPESA AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24934</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24934/24934_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24934/24934_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 3º DO ART. 1º DA LEI Nº 7.578, DE 20 DE DEZEMBRO DE 2017, AO TEMPO EM QUE AUTORIZA A SUPLEMENTAÇÃO DE CRÉDITO E REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA.</t>
   </si>
   <si>
     <t>24935</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24935/24935_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24935/24935_texto_integral.pdf</t>
   </si>
   <si>
     <t>24958</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24958/24958_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24958/24958_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DAÇÃO EM PAGAMENTO A MARIA JOSÉ FERREIRA DO NASCIMENTO O IMÓVEL QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>25003</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25003/pl_4802_subvencao_ssvp.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25003/pl_4802_subvencao_ssvp.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do art. 1º da Lei nº 7.578, de 20 de dezembro de 2017, ao tempo em que autoriza a suplementação de crédito e reduz o valor da dotação orçamentária que menciona.</t>
   </si>
   <si>
     <t>25004</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25004/pl_4803_subvencao_caixa_escolar_padre_almir.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25004/pl_4803_subvencao_caixa_escolar_padre_almir.pdf</t>
   </si>
   <si>
     <t>Altera o § 2º do art. 1º da Lei nº 7.428, de 10 de janeiro de 2017, ao tempo em que autoriza a suplementação de crédito e reduz o valor da dotação orçamentária que menciona.</t>
   </si>
   <si>
     <t>25005</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25005/pl_4804__ppa_2018_2021.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25005/pl_4804__ppa_2018_2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 7.576, de 20 de Dezembro de 2017, que “dispõe sobre o Plano Plurianual do Município de Patos de Minas para o período de 2018/2021”.</t>
   </si>
   <si>
     <t>25006</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25006/pl_4805_lei_orcamentaria_2019-_loa.doc.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25006/pl_4805_lei_orcamentaria_2019-_loa.doc.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Patos de Minas para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>25007</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar repasses financeiros de subvenções, contribuições, auxílios e outros auxílios financeiros a pessoas físicas e jurídicas. (subvenção / orçamento)</t>
   </si>
   <si>
     <t>25009</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25009/pl_4808_operacao_de_credito_caixa__4.085.05767.doc.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25009/pl_4808_operacao_de_credito_caixa__4.085.05767.doc.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar operação de crédito com a Caixa Econômica Federal - CEF</t>
   </si>
   <si>
     <t>25010</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25010/pl_4809_opracao_de_credito_caixa_1.197.00000.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25010/pl_4809_opracao_de_credito_caixa_1.197.00000.pdf</t>
   </si>
   <si>
     <t>25016</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25016/pl_4811_altera_lei_7578_consep.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25016/pl_4811_altera_lei_7578_consep.pdf</t>
   </si>
   <si>
     <t>25017</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25017/pl_4813_fundo_municipal_de_cultura.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25017/pl_4813_fundo_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNDO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>25018</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25018/pl_4814_concessao_de_uso_imovel_sesc.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25018/pl_4814_concessao_de_uso_imovel_sesc.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE USO DO IMÓVEL QUE IDENTIFICA AO SERVIÇO SOCIAL DO COMÉRCIO - SESC, UNIDADE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>25047</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25047/pl_4817_concessao_de_uso_de_imovel_a_acaap.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25047/pl_4817_concessao_de_uso_de_imovel_a_acaap.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE USO DE IMÓVEL QUE IDENTIFICA A ASSOCIAÇÃO CLUBE DE AVIAÇÃO DO ALTO PARANAÍBA - ACAAP.</t>
   </si>
   <si>
     <t>25070</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>25068</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25068/pl_4823_altera_lei_4546_desconto_no_ipva.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25068/pl_4823_altera_lei_4546_desconto_no_ipva.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 4.546, DE 30 DE DEZEMBRO DE 1997, QUE “AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER DESCONTOS DA COTA PARTE DO IMPOSTO SOBRE PROPRIEDADE DE VEÍCULOS AUTOMOTORES – IPVA – E DÁ OUTRAS PROVIDÊNCIAS .”</t>
   </si>
   <si>
     <t>25069</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25069/pl_4824_alienar_area_de_imoveis_lindeiros.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25069/pl_4824_alienar_area_de_imoveis_lindeiros.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A ALIENAR A ÁREA QUE ESPECIFICA AOS PROPRIETÁRIOS LINDEIROS.</t>
   </si>
   <si>
     <t>25098</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25098/pl_4826_cria_o_comsab_iqmMJwg.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25098/pl_4826_cria_o_comsab_iqmMJwg.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE CONTROLE SOCIAL DE SANEAMENTO BÁSICO – COMSAB - NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>25134</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25134/pl_4829_concede_passe_livre.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25134/pl_4829_concede_passe_livre.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PASSE LIVRE NO TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24491</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24491/pl_4690_denomina_ubs_antonia_cardoso_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24491/pl_4690_denomina_ubs_antonia_cardoso_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA ANTÔNIA CARDOSO DO NASCIMENTO A UNIDADE BÁSICA DE SAÚDE LOCALIZADA NA AVENIDA MARABÁ (ANTIGO MINI-HOSPITAL), NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>24492</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>Otaviano Marques de Amorim, Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24492/pl_4691__identificacao_de_imoveis_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24492/pl_4691__identificacao_de_imoveis_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFIXAÇÃO DE PLACAS IDENTIFICATIVAS NOS IMÓVEIS PÚBLICOS PERTENCENTES AO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24493</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Braz Paulo de Oliveira Júnior, Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24493/24493_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24493/24493_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DO SISTEMA SEMAFÓRICO, ISOLADO OU EM REDE, NO MUNICÍPIO DE PATOS DE MINAS. (semáforo)</t>
   </si>
   <si>
     <t>24494</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24494/24494_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24494/24494_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, A CAMPANHA DE ESTÍMULO AO CUIDADO DA SAÚDE MENTAL E BEM-ESTAR, DENOMINADA "JANEIRO BRANCO".</t>
   </si>
   <si>
     <t>24519</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24519/24519_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24519/24519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A CAIXA ESCOLAR &amp;#8220;CAIC&amp;#8221;.</t>
   </si>
   <si>
     <t>24525</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24525/24525_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24525/24525_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ADELINA VIEIRA DE SOUZA A ATUAL RUA 14B, LOCALIZADA NO BAIRRO RESIDENCIAL SORRISO.</t>
   </si>
   <si>
     <t>24536</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24536/24536_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24536/24536_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24537</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>Vicente de Paula Sousa, Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24537/24537_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24537/24537_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 3.885, DE 28 DE MARÇO DE 1995, QUE &amp;#8220;DENOMINA DE RUA RANDOLPHO BORGES MUNDIM A ATUAL AVENIDA B, LOCALIZADA NOS BAIRROS PLANALTO I E II&amp;#8221;.</t>
   </si>
   <si>
     <t>24557</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24557/24557_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24557/24557_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, O "DIA DO FUTEBOL AMADOR".</t>
   </si>
   <si>
     <t>24581</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24581/24581_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24581/24581_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE ÁGUA NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24582</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Edimê Erlinda de Lima Avelar, Maria Beatriz de Castro A. Savassi - Béia Savassi</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24582/24582_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24582/24582_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA CELSA RIBEIRO DA CUNHA A ATUAL RUA I, LOCALIZADA NO BAIRRO ABNER AFONSO.</t>
   </si>
   <si>
     <t>24583</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>Francisco Carlos Frechiani, Otaviano Marques de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24583/24583_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24583/24583_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O BANCO DE ÓCULOS DO ROTARY CLUBE DE PATOS DE MINAS GUARATINGA.</t>
   </si>
   <si>
     <t>24585</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24585/24585_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24585/24585_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DE AS EMPRESAS FUNERÁRIAS, CAPELAS-VELÓRIO E CEMITÉRIOS PÚBLICOS E PARTICULARES DO MUNICÍPIO DE PATOS DE MINAS MANTEREM AFIXADO, EM LOCAL VISÍVEL, O DISPOSITIVO PREVISTO NA LEI Nº 7.536, DE 31 DE OUTUBRO DE 2017, QUE DÁ NOVA REDAÇÃO AO DISPOSTO DA LEI DE CONCESSÃO DOS CEMITÉRIOS PARTICULARES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24603</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24603/24603_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24603/24603_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA GERALDO LUIZ DA MOTA A ATUAL RUA 01, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24604</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24604/24604_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24604/24604_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA EVA BORGES DE LIMA A ATUAL RUA 15, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24605</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24605/24605_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24605/24605_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARISTIDES AMANCIO FILHO A ATUAL RUA 02, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24606</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24606/24606_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24606/24606_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA SEBASTIANA LOURENÇA MARTINS A ATUAL RUA 05, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24611</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24611/24611_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24611/24611_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ANDRÉ OTAVIANO DE CARVALHO A ATUAL RUA 33, LOCALIZADA NO BAIRRO MORADA DA SERRA.</t>
   </si>
   <si>
     <t>24621</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24621/24621_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24621/24621_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 7.107, DE 30 DE ABRIL DE 2015, QUE &amp;#8220;DENOMINA PREFEITO PEDRO PEREIRA DOS SANTOS A ATUAL AVENIDA &amp;#8220;A&amp;#8221;, LOCALIZADA NO BAIRRO AFONSO QUEIROZ</t>
   </si>
   <si>
     <t>24643</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24643/24643_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24643/24643_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA CHRISTINO JOAQUIM DA SILVA - CRISTINO VIDA A ESTRADA QUE INICIA NA PMS 010 NICO BAIXOTE E DÁ ACESSO ÀS COMUNIDADES DE ARRAIAL DOS AFONSOS E PONTO CHIC.</t>
   </si>
   <si>
     <t>24639</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24639/24639_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24639/24639_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS I, II, III DO ART. 25 DA LEI Nº 4.451, DE 07 DE JULHO DE 1997, QUE "DISPÕE SOBRE O CÓDIGO DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE PATOS DE MINAS".</t>
   </si>
   <si>
     <t>24645</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24645/24645_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24645/24645_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CULTURAL DOS ARTISTAS DE TEATRO DE PATOS DE MINAS - ACAT.</t>
   </si>
   <si>
     <t>24689</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24689/24689_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24689/24689_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA § 2º E RENUMERA O PARÁGRAFO ÚNICO EM § 1 DO ART. 4º DA LEI Nº 2.674, DE 3 DE DEZEMBRO DE 1990, QUE "DISPÕE SOBRE A DENOMINAÇÃO, EMPLACAMENTO E NUMERAÇÃO DAS VIAS PÚBLICAS".</t>
   </si>
   <si>
     <t>24690</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>Maria Beatriz de Castro A. Savassi - Béia Savassi, Otaviano Marques de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24690/24690_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24690/24690_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA SEBASTIÃO TEIXEIRA A PRAÇA DA ROTATÓRIA LOCALIZADA NO CRUZAMENTO DA AVENIDA TOMAZ DE AQUINO COM A RUA GABRIEL PEREIRA, BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>24729</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24729/pl_4747_altera_lei_6850__fenapraca_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24729/pl_4747_altera_lei_6850__fenapraca_rev.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 6.850, DE 3 DE DEZEMBRO DE 2013, MODIFICADA PELA LEI Nº 7.442, DE 13 DE MARÇO DE 2017, QUE "INSTITUI, NO MUNICÍPIO DE PATOS DE MINAS, A FESTA DO POVO NA PRAÇA", INCLUINDO O FESTIVAL DE PRATOS TÍPICOS DE MILHO NA FENAPRAÇA".</t>
   </si>
   <si>
     <t>24730</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t xml:space="preserve">Isaías Martins de Oliveira , João Batista Gonçalves - Cabo Batista, Maria Dalva da Mota Azevedo - Dalva Mota </t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24730/24730_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24730/24730_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 6.409, DE 4 MAIO DE 2011, QUE &amp;#8220;DISPÕE SOBRE A COLOCAÇÃO DE MATA-BURROS NAS VIAS RURAIS DO MUNICÍPIO DE PATOS DE MINAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24734</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24734/24734_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24734/24734_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DA REDAÇÃO DO ART. 1º DA LEI Nº 7.093, DE 30 DE MARÇO DE 2015, QUE &amp;#8220;DENOMINA MARIA DE LOURDES QUEIROZ PEREIRA A ATUAL AVENIDA &amp;#8220;B&amp;#8221;, LOCALIZADA NO BAIRRO AFONSO QUEIROZ&amp;#8221;.</t>
   </si>
   <si>
     <t>24752</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24752/24752_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24752/24752_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA EDUARDO ALVES DE OLIVEIRA - "BICUDO" A ATUAL RUA 6C, LOCALIZADA NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24753</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t xml:space="preserve">João Batista Gonçalves - Cabo Batista, Edimê Erlinda de Lima Avelar, Isaías Martins de Oliveira </t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24753/24753_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24753/24753_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE INSTALAÇÃO DE TEMPORIZADOR EM EQUIPAMENTOS DE SINALIZAÇÃO SEMAFÓRICA COM APARELHOS DETECTORES DE AVANÇO DE SINAL.</t>
   </si>
   <si>
     <t>24756</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24756/24756_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24756/24756_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ALÍRIO HENRIQUE DE SIQUEIRA A ATUAL RUA 11C, LOCALIZADA NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24760</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24760/24760_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24760/24760_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RODRIGO JÚNIO EVANGELISTA DE FREITAS A ATUAL RUA 04, LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>24781</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24781/24781_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24781/24781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA FAUSTO JOSÉ LUCIANO A ATUAL AVENIDA 2, LOCALIZADA NO BAIRRO MORADA DA SERRA.</t>
   </si>
   <si>
     <t>24761</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24761/24761_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24761/24761_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JUVENTINA DE CASTRO A ATUAL RUA 12C, LOCALIZADA NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24782</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24782/24782_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24782/24782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ DIAS MOREIRA A ATUAL RUA 01, LOCALIZADA NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24783</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24783/24783_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24783/24783_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA VEREADOR ANTÔNIO TOLENTINO CAIXETA A RUA LOCALIZADA NOS SETORES 18 E 13, BAIRROS SANTO ANTÔNIO E GUANABARA.</t>
   </si>
   <si>
     <t>24784</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24784/24784_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24784/24784_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA PREFEITO PEDRO PEREIRA DOS SANTOS AS AVENIDAS "C" E &amp;#8220;A&amp;#8221;, LOCALIZADA NO BAIRRO AFONSO QUEIROZ&amp;#8221;.</t>
   </si>
   <si>
     <t>24787</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24787/24787_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24787/24787_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ FERREIRA PINTO A ATUAL RUA 21, LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>24819</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24819/24819_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24819/24819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DAS LISTAGENS DE PACIENTES QUE AGUARDAM POR CONSULTAS COM ESPECIALISTAS, EXAMES E CIRURGIAS NA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>24835</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24835/24835_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24835/24835_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ MIGUEL BARBOSA A ATUAL RUA 14, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24837</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24837/24837_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24837/24837_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA MARIA ABADIA MARTINS FERREIRA A ATUAL RUA 26, LOCALIZADA NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24838</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24838/24838_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24838/24838_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA MARIA ISOLINA DA ROCHA A ATUAL RUA 25, LOCALIZADA NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24875</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24875/24875_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24875/24875_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO, CONSERVAÇÃO E MANUTENÇÃO DE BANHEIROS PÚBLICOS NA ORLA DA LAGOA GRANDE E LAGOINHA.</t>
   </si>
   <si>
     <t>24843</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24843/24843_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24843/24843_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ALTAIR GONÇALVES DOS ANJOS A ATUAL RUA 27, LOCALIZADA NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>24874</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24874/24874_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24874/24874_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE INSTALAÇÃO, CONSERVAÇÃO E MANUTENÇÃO DE BANHEIROS PÚBLICOS NA ORLA DA LAGOA GRANDE E LAGOINHA.</t>
   </si>
   <si>
     <t>24889</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24889/pl_4782_denomina_jose_damas_o_banco_de_alimentos_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24889/pl_4782_denomina_jose_damas_o_banco_de_alimentos_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ DAMAS PAULINO O "BANCO DE ALIMENTO", LOCALIZADO NA CENTRAL REGIONAL DE ABASTECIMENTO DE PATOS DE MINAS - CEASA REGIONAL.</t>
   </si>
   <si>
     <t>24867</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24867/24867_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24867/24867_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ELISA FERREIRA FRANCO A ATUAL RUA 12, LOCALIZADA NO BAIRRO CAMPOS ELÍSEOS.</t>
   </si>
   <si>
     <t>24868</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24868/24868_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24868/24868_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARINA DE OLIVEIRA A PRAÇA DA ROTATÓRIA LOCALIZADA NA QUADRA 39, SETOR 32, BAIRRO JARDIM PELUZZO.</t>
   </si>
   <si>
     <t>24869</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24869/24869_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24869/24869_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOÃO CARNEIRO DE ABREU A ATUAL RUA 08, LOCALIZADA NO BAIRRO CAMPOS ELÍSEOS.</t>
   </si>
   <si>
     <t>24888</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24888/24888_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24888/24888_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RODRIGO GONÇALVES PACHECO A ATUAL AVENIDA "B", LOCALIZADA NO BAIRRO ALTO DOS CAIÇARAS.</t>
   </si>
   <si>
     <t>24892</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24892/24892_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24892/24892_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO DE CAPOEIRA TRADIÇÃO.</t>
   </si>
   <si>
     <t>24932</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24932/24932_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24932/24932_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PRÓ-VÔLEI - APV.</t>
   </si>
   <si>
     <t>24936</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24936/24936_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24936/24936_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A FRATERNIDADE FEMININA CRUZEIRO DO SUL "RENOVAÇÃO E SABEDORIA".</t>
   </si>
   <si>
     <t>24941</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24941/24941_texto_integral.docx</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24941/24941_texto_integral.docx</t>
   </si>
   <si>
     <t>DENOMINA SANTA TERESA DE CALCUTÁ O PONTO DE ATENDIMENTO DO CRAS E DE SAÚDE, LOCALIZADO NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>24984</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24984/24984_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24984/24984_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA JOSÉ ALVES DA SILVA A ATUAL AVENIDA 02, LOCALIZADA NO BAIRRO CAMPOS ELÍSEOS.</t>
   </si>
   <si>
     <t>25002</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25002/pl_4801_denomina_centro_comunitario_joao_martins_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25002/pl_4801_denomina_centro_comunitario_joao_martins_rev.pdf</t>
   </si>
   <si>
     <t>Denomina João Martins da Silva - Gege o Centro Comunitário e CRAS localizado no Bairro Jardim Quebec I e II.</t>
   </si>
   <si>
     <t>25008</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25008/pl_4807__comercializacao_de_alimentos_em_vias_publicas.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25008/pl_4807__comercializacao_de_alimentos_em_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras para comercialização de alimentos em vias e áreas públicas e dá outras providências.</t>
   </si>
   <si>
     <t>25014</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25014/pl_4810_denomina_rua_lazara_moises_rodrigues_r_uQCWIR8.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25014/pl_4810_denomina_rua_lazara_moises_rodrigues_r_uQCWIR8.pdf</t>
   </si>
   <si>
     <t>DENOMINA LÁZARA MOISÉS RODRIGUES A ATUAL RUA 07, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>25015</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25015/pl_4812__denomina_manoel_caixeta_duarte_rev_iKUvLXQ.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25015/pl_4812__denomina_manoel_caixeta_duarte_rev_iKUvLXQ.pdf</t>
   </si>
   <si>
     <t>DENOMINA MANOEL CAIXETA DUARTE A ATUAL RUA 2D, LOCALIZADA NO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>25120</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>Paulo Augusto Corrêa, Mauri Sérgio Rodrigues - Mauri da JL</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25120/pl_4815_denomina_pista_de_caminhada_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25120/pl_4815_denomina_pista_de_caminhada_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA VEREADOR LINDOMAR TAVARES A PISTA DE CAMINHADA LOCALIZADA NO CANTEIRO CENTRAL DA AVENIDA JOSÉ SOARES DE ARAÚJO, BAIRRO JARDIM CALIFÓRNIA.</t>
   </si>
   <si>
     <t>25042</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25042/pl_4816_denomina_travessa_simeon_mota_rev_Gtkq4Lj.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25042/pl_4816_denomina_travessa_simeon_mota_rev_Gtkq4Lj.pdf</t>
   </si>
   <si>
     <t>DENOMINA SIMEON GERALDO DA MOTA A ATUAL RUA 05, LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>25063</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>Francisco Carlos Frechiani, Maria Beatriz de Castro A. Savassi - Béia Savassi</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25063/pl_4819_denomina_rua_thiago_menezes_rev_htvHhY8.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25063/pl_4819_denomina_rua_thiago_menezes_rev_htvHhY8.pdf</t>
   </si>
   <si>
     <t>DENOMINA THIAGO CAETANO DE MENEZES A ATUAL AVENIDA "C", LOCALIZADA NOS BAIRROS ALTO DOS CAIÇARAS E DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>25065</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25065/pl_4820_denomina_rua_maria_jose_da_cruz_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25065/pl_4820_denomina_rua_maria_jose_da_cruz_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA MARIA JOSÉ DA CRUZ - DONA BRANCA A ATUAL RUA 18, LOCALIZADA NO BAIRRO ALTO DA SERRA.</t>
   </si>
   <si>
     <t>25066</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25066/pl_4821_denomina_rua_das_amoreiras_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25066/pl_4821_denomina_rua_das_amoreiras_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DAS AMOREIRAS A ATUAL RUA "C", LOCALIZADA NO CONDOMÍNIO ASPEN, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>25067</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>ACRESCENTA § 4º AO ART. 4º DA LEI Nº 6.499, DE 22 DE DEZEMBRO DE 2011, QUE ALTEROU OS DISPOSITIVOS DA LEI Nº 6.416, DE 27 DE MAIO DE 2011, QUE “INSTITUI O PLANO DE CUSTEIO COM SEGREGAÇÃO DE MASSA PARA RECOMPOSIÇÃO DO DÉFICIT TÉCNICO ATUARIAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>25097</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25097/pl_4825_altera_lei_7335_zona_azul_rev_bAfvsPB.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25097/pl_4825_altera_lei_7335_zona_azul_rev_bAfvsPB.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA § 6º AO ART. 1º DA LEI Nº 7.335, DE 6 DE JUNHO DE 2.016, QUE “DISPÕE SOBRE O SERVIÇO PÚBLICO RELATIVO AO ESTACIONAMENTO ROTATIVO DE VEÍCULOS DENOMINADO “ZONA AZUL” E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>25099</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25099/pl_4827_denomina_rua_antonio_marques_rev.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25099/pl_4827_denomina_rua_antonio_marques_rev.pdf</t>
   </si>
   <si>
     <t>DENOMINA ANTÔNIO MARQUES FERREIRA A ATUAL AVENIDA "D", LOCALIZADA NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>25133</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho, Otaviano Marques de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25133/pl_4828_denomina_rua_alza_amorim_rev_KE3XaG1.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25133/pl_4828_denomina_rua_alza_amorim_rev_KE3XaG1.pdf</t>
   </si>
   <si>
     <t>DENOMINA ALZA AMORIM GOMES A ATUAL RUA 13C, LOCALIZADA NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>24518</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24518/24518_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24518/24518_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DAS DISPOSIÇÕES DO DECRETO MUNICIPAL Nº 4.288/2017, NO ÂMBITO DO PODER LEGISLATIVO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24584</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24584/24584_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24584/24584_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A MEDALHA DE MÉRITO "ANTÔNIA CARDOSO DO NASCIMENTO", EM COMEMORAÇÃO DO DIA DAS MÃES, A SER OUTORGADA PELA CÂMARA MUNICIPAL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24955</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24955/24955_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24955/24955_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 27 DA LEI ORGÂNICA DO MUNICÍPIO.(DIÁRIO OFICIAL ELETRÔNICO)</t>
   </si>
   <si>
     <t>24490</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento Solicitação</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24490/24490_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24490/24490_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">001/2018		AO SECRETÁRIO MUNICIPAL DE SAÚDE, SENHOR JOSÉ HENRIQUE NUNES BORGES, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE A:_x000D_
 1 - EXECUÇÃO DA EMENDA INDIVIDUAL N° 29940013, DE AUTORIA DO DEPUTADO FEDERAL SUBTENENTE GONZAGA, DESTINADA À AMPLIAÇÃO DA UNIDADE DO CENTRO DE ATENÇÃO PSICOSSOCIAL, PROPOSTA/PLANO DE TRABALHO 47193/2015, VINCULADA AO FUNDO MUNICIPAL DE SAÚDE - PATOS DE MINAS, EMPENHO Nº 800345, NO VALOR DE R$349.997,77;_x000D_
 2 &amp;#8211; EXECUÇÃO DA EMENDA INDIVIDUAL N° 29940002, DE AUTORIA DO DEPUTADO FEDERAL SUBTENENTE GONZAGA, DESTINA À AQUISIÇÃO DE EQUIPAMENTOS PARA AS UNIDADES BÁSICAS DE SAÚDE DO ALVORADA, DR. JOSE WILSON FERREIRA PIRES, CAIC, DR. PAULO CORREA SILVA LOUREIRO E IPANEMA, PROPOSTA Nº 13.918.4150001/16-002, EMPENHO Nº 476324, NO VALOR DE R$ 399.939,00._x000D_
 </t>
   </si>
   <si>
     <t>24499</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24499/24499_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24499/24499_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE O NÚMERO DE EMPRESAS DE CAÇAMBAS FISCALIZADAS EM NOSSA CIDADE, EM CUMPRIMENTO À LEI COMPLEMENTAR Nº 566, DE 17 DE OUTUBRO DE 2017.</t>
   </si>
   <si>
     <t>24500</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24500/24500_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24500/24500_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE CÓPIA DO PROCESSO DE CONCESSÃO DOS SERVIÇOS DE TRANSPORTE COLETIVO URBANO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24501</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24501/24501_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24501/24501_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE CÓPIA DO PROJETO E LAUDOS DA OBRA DO POSTO AVANÇADO DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA - SAMU E CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>24517</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24517/24517_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24517/24517_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, SENHORA FABIANA FERREIRA DOS SANTOS, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE OS MOTIVOS DA PARALISAÇÃO DAS OBRAS DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL &amp;#8211; CMEI DO BAIRRO ALTO DO LIMOEIRO.</t>
   </si>
   <si>
     <t>24551</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24551/24551_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24551/24551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE A DESTINAÇÃO DOS RECURSOS ORÇAMENTÁRIOS DEVOLVIDOS POR ESTA CASA AO EXECUTIVO MUNICIPAL, NO VALOR DE R$1.850.000,00 (HUM MILHÃO, OITOCENTOS E CINQUENTA MIL REAIS), NO ANO DE 2017._x000D_
                                 _x000D_
 </t>
   </si>
   <si>
     <t>24554</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24554/24554_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24554/24554_texto_integral.pdf</t>
   </si>
   <si>
     <t>AOS SENHORES JADIR SOUTO FERREIRA, PROCURADOR-GERAL DO MUNICÍPIO, E JOSÉ HENRIQUE NUNES BORGES, SECRETÁRIO MUNICIPAL DE SAÚDE, PARA COMPARECEREM À REUNIÃO A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 6 DE MARÇO DE 2018, ÀS 10 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE O REAJUSTE SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>24576</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24576/24576_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24576/24576_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE O PROCESSO DE DOAÇÃO DE UM TERRENO À AGÊNCIA ADVENTISTA DE DESENVOLVIMENTO E RECURSOS ASSISTENCIAIS SUDESTE BRASILEIRA - ADRA.</t>
   </si>
   <si>
     <t>24577</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24577/24577_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24577/24577_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE OBRAS URBANAS, ROGÉRIO BORGES VIEIRA, SOLICITANDO O ENVIO SEMESTRAL À CÂMARA MUNICIPAL, SOBRESCRITADO À COMISSÃO DE POLÍTICA RURAL E ADMINISTRAÇÃO DOS DISTRITOS, DO CRONOGRAMA DOS SERVIÇOS A SEREM REALIZADOS NOS DISTRITOS RURAIS DE PATOS DE MINAS, BEM COMO O RELATÓRIO DOS SERVIÇOS EXECUTADOS.</t>
   </si>
   <si>
     <t>24578</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24578/24578_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24578/24578_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE RELATÓRIO INFORMANDO A QUANTIDADE DE NOTIFICAÇÕES DE LOTES SUJOS EM 2017/2018 NO MUNICÍPIO DE PATOS DE MINAS, OS SERVIÇOS DE LIMPEZA EXECUTADOS E OS SERVIÇOS A SEREM REALIZADOS NESSES LOTES.</t>
   </si>
   <si>
     <t>24579</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24579/24579_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24579/24579_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DIRETOR-PRESIDENTE DA REDE DE TV ABERTA COM TRANSMISSÃO EM PATOS DE MINAS &amp;#8211; NTV, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE AS AÇÕES PARA MELHORIA DOS SERVIÇOS DE TRANSMISSÃO DA EMISSORA NAS LOCALIDADES RURAIS DE PATOS DE MINAS, ESPECIALMENTE EM PINDAÍBAS, AREADO (CHUMBO) E MAJOR PORTO.</t>
   </si>
   <si>
     <t>24580</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24580/24580_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24580/24580_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE A ELABORAÇÃO DO PROJETO BÁSICO PARA A CONSTRUÇÃO DA ROTATÓRIA NA AVENIDA TOMAZ DE AQUINO, ENTRE OS BAIRROS ALVORADA E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>24590</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24590/24590_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24590/24590_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO FONSECA, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE RELAÇÃO CONTENDO OS NOMES E ATRIBUIÇÕES DOS MEMBROS DO FUNDO MUNICIPAL DE DESENVOLVIMENTO URBANO.</t>
   </si>
   <si>
     <t>24591</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24591/24591_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24591/24591_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO SOCIAL, EURÍPEDES DONIZETE OLIVEIRA, PARA COMPARECER À REUNIÃO ORDINÁRIA A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 12 DE ABRIL DE 2018, ÀS 14 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE OS PROGRAMAS HABITACIONAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24624</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24624/24624_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24624/24624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE DE ADMINISTRAÇÃO DE PATOS DE MINAS, JOSÉ MARTINS COELHO, PARA COMPARECER À REUNIÃO ORDINÁRIA A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 3 DE MAIO DE 2018, ÀS 14 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE OS CONTRATOS CELEBRADOS PELO MUNICÍPIO COM AS EMPRESAS CONSTRUTORAS DAS UNIDADES BÁSICAS DE SAÚDE E DOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>24644</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24644/24644_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24644/24644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES A RESPEITO DA LEI MUNICIPAL Nº 6.890, DE 23 DE ABRIL DE 2014, QUE &amp;#8220;DISPÕE SOBRE A GRATUIDADE E BENEFÍCIOS NO TRANSPORTE COLETIVO URBANO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, QUAIS SEJAM:_x000D_
 1.	POR QUE A LEI MUNICIPAL Nº 6.890 RETIROU DIREITOS ADQUIRIDOS DOS ESTUDANTES PREVISTOS EM LEI, UMA VEZ QUE A ELES JÁ ERA CONCEDIDO O BENEFÍCIO DE PAGAMENTO DE MEIA PASSAGEM?_x000D_
 2.	A QUEM A NORMA TINHA INTENÇÃO DE BENEFICIAR E QUEM FORAM OS BENEFICIADOS COM ESSA DECISÃO?_x000D_
 3.	QUE ESTUDO FOI FEITO PARA QUE SE CHEGASSE A ESSE AUMENTO DE 100% NO PREÇO DO PASSE ESCOLAR?_x000D_
 4.	QUEM FORAM OS RESPONSÁVEIS POR MONTAR TAL PROPOSTA? SERÁ MESMO QUE NÃO PERCEBERAM QUE O MUNICÍPIO ESTAVA SENDO LESADO?_x000D_
 5.	POR QUE SE COBRAR O DOBRO DO PREÇO DO PASSE ESCOLAR SÓ PORQUE MUDOU A FONTE PAGADORA?_x000D_
 </t>
   </si>
   <si>
     <t>24705</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24705/24705_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24705/24705_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DA CÓPIA INTEGRAL DO PROCESSO N.º 3.013, DE 2 DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>24706</t>
   </si>
   <si>
     <t>CECTEL - Comissão de Educação, Cultura, Turismo Esporte e Lazer</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24706/24706_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24706/24706_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE CULTURA, TURISMO, ESPORTE E LAZER, FÁBIO AMARO, PARA COMPARECER À REUNIÃO ORDINÁRIA A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 7 DE JUNHO DE 2018, ÀS 14 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE AS ATIVIDADES QUE ESTÃO SENDO REALIZADAS NA ÁREA DE ESPORTE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24719</t>
   </si>
   <si>
     <t>Braz Paulo de Oliveira Júnior, João Batista Gonçalves - Cabo Batista, Maria Dalva da Mota Azevedo - Dalva Mota , Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24719/24719_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24719/24719_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO FONSECA, O ENVIO À CÂMARA MUNICIPAL DE RELATÓRIO CONTENDO OS MOTIVOS TÉCNICOS DE O PODER EXECUTIVO MUNICIPAL AINDA NÃO TER REALIZADA A CONCESSÃO DE DIREITO REAL DE USO, COM ENCARGO, À EMPRESA LAURET PNEUS - EIRELI - ME DO TERRENO SITUADO NO LOTEAMENTO JARDIM ITÁLIA, CUJA DESAFETAÇÃO FOI AUTORIZADA MEDIANTE A LEI Nº 7.287, DE 28 DE MARÇO DE 2016.</t>
   </si>
   <si>
     <t>24740</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24740/24740_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24740/24740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL O ENVIO À CÂMARA MUNICIPAL DAS SEGUINTES INFORMAÇÕES:_x000D_
 1 &amp;#8211; QUAIS SÃO AS INSTITUIÇÕES DO PODER PÚBLICO MUNICIPAL DEDICADAS AO ACOLHIMENTO DAS CRIANÇAS NO CONTRATURNO DA ESCOLA?_x000D_
 A)	QUAL A FREQUÊNCIA SEMANAL DAS CRIANÇAS NESSAS INSTITUIÇÕES?_x000D_
 B)	QUAIS SÃO AS ATIVIDADES OFERECIDAS ÀS CRIANÇAS?_x000D_
 C)	QUANTAS CRIANÇAS FREQUENTAM REGULARMENTE CADA UMA DESSAS INSTITUIÇÕES? _x000D_
 D)	QUE BAIRROS CADA UMA DELAS ATENDE?_x000D_
 E)	QUAL É A MÉDIA DE IDADE DAS CRIANÇAS E ADOLESCENTES ATENDIDAS?_x000D_
 2 &amp;#8211; QUAIS SÃO AS ESCOLAS MUNICIPAIS QUE ATENDEM OS ESTUDANTES EM HORÁRIO INTEGRAL?_x000D_
 </t>
   </si>
   <si>
     <t>24741</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24741/24741_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24741/24741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO, JOSÉ MARTINS COELHO, O ENVIO À CÂMARA MUNICIPAL DE RELAÇÃO SOBRE TODOS OS OCUPANTES DE CARGOS COMISSIONADOS EM ORDEM, SEPARADOS POR SECRETARIA/SETOR, CONTENDO AS SEGUINTES INFORMAÇÕES:_x000D_
 &amp;#8226;	NOME COMPLETO DO SERVIDOR;_x000D_
 &amp;#8226;	DATA DE ADMISSÃO;_x000D_
 &amp;#8226;	FUNÇÃO EXERCIDA;_x000D_
 &amp;#8226;	REMUNERAÇÃO;_x000D_
 &amp;#8226;	SE É EFETIVO OU NÃO._x000D_
 </t>
   </si>
   <si>
     <t>24954</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA</t>
   </si>
   <si>
     <t>24762</t>
   </si>
   <si>
     <t>Vicente de Paula Sousa, Walter Geraldo de Araújo - Waltinho da Polícia Civ</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24762/24762_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24762/24762_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, O ENVIO À CÂMARA MUNICIPAL DE CÓPIA DO RELATÓRIO ANALÍTICO CONTENDO A IDENTIFICAÇÃO DE CADA BENEFICIÁRIO E AVERIGUAÇÕES NO SISTEMA ELETRÔNICO DE BILHETAGEM DOS IDOSOS, ESTUDANTES, PESSOAS COM DOENÇAS RENAIS E COM DEFICIÊNCIAS FÍSICAS, MENTAIS, VISUAIS E AUDITIVAS OU COM MOBILIDADE REDUZIDA, E RESPECTIVOS ACOMPANHANTES, QUE ESTÃO USUFRUINDO O DIREITO AO BENEFÍCIO DA GRATUIDADE NO SISTEMA DE TRANSPORTE COLETIVO URBANO DE PASSAGEIROS DO MUNICÍPIO DE PATOS DE MINAS, CONFORME ART. 16 DA LEI N.º 6.890/2014, ATÉ A DATA BASE DE 30/04/2018.</t>
   </si>
   <si>
     <t>24742</t>
   </si>
   <si>
     <t>CUTTMA - Comissão de Urbanismo, Transporte, Trânsito e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24742/24742_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24742/24742_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO FONSECA; AO DIRETOR MUNICIPAL DE OBRAS, RODRIGO MOREIRA ALVES; AO GERENTE MUNICIPAL DE FISCALIZAÇÃO DE OBRAS, SEBASTIÃO MOREIRA DA SILVA; E AO GERENTE MUNICIPAL DE FISCALIZAÇÃO DE POSTURAS, GUILHERME DUARTE, PARA COMPARECEREM À REUNIÃO DA CUTTMA, A SER REALIZADA NO PLENARINHO DESTA CASA LEGISATIVA, NO DIA 18 DE JUNHO DE 2018, ÀS 15 HORAS, LOCALIZADO NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE O PROJETO DE LEI COMPLEMENTAR N.º 748/2018, EM ANEXO, BEM COMO DAS DIFICULDADES ENCONTRADAS POR ESSES PROFISSIONAIS NO QUE TANGE À FISCALIZAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>24751</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24751/24751_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24751/24751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO, JÚLIO CÉSAR DE CASTRO FONSECA, O ENVIO À CÂMARA MUNICIPAL DAS SEGUINTES INFORMAÇÕES:_x000D_
 1-	RELAÇÃO CONTENDO O NÚMERO DOS PROCESSOS DOS EMPREENDIMENTOS (LOTEAMENTOS/CONDOMÍNIOS) QUE ESTÃO EM ANDAMENTO E QUE FORAM APROVADOS A PARTIR DE JANEIRO DE 2016;_x000D_
 2-	ARQUIVO DIGITAL EM DWG, E OS RESPECTIVOS PROJETOS DOS EMPREENDIMENTOS (LOTEAMENTOS/CONDOMÍNIOS) QUE ESTÃO EM ANDAMENTO E QUE FORAM APROVADOS A PARTIR DE JANEIRO DE 2016;_x000D_
 3-	CÓPIA DO TERMO DE RECEBIMENTO DA OBRA -TRO;_x000D_
 4-	RELAÇÃO DOS RESPONSÁVEIS PELA FISCALIZAÇÃO DE CADA EMPREENDIMENTO;_x000D_
 5-	RELATÓRIO DE FISCALIZAÇÃO E RESPONSÁVEL PELA FISCALIZAÇÃO DE CADA EMPREENDIMENTO;_x000D_
 6-	NOME E NÚMERO DO CREA DOS RESPONSÁVEIS POR CADA EMPREENDIMENTO E CÓPIA DA ANOTAÇÃO DE RESPONSABILIDADE TÉCNICA - ART._x000D_
 </t>
   </si>
   <si>
     <t>24763</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24763/24763_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24763/24763_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, O ENVIO À CÂMARA MUNICIPAL DOS DADOS BANCÁRIOS RELATIVOS AO FUNDO MUNICIPAL DE DESENVOLVIMENTO URBANO, BEM COMO O EXTRATO DETALHADO, ABRANGENDO O PERÍODO DE MARÇO DE 2017 ATÉ A PRESENTE DATA, PARA O QUAL SÃO DESTINADAS AS MULTAS E CONTRIBUIÇÕES ESPECIFICADAS NO ARTIGO 4° DA LEI COMPLEMENTAR Nº 541/2017.</t>
   </si>
   <si>
     <t>24764</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24764/24764_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24764/24764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO SOCIAL, EURÍPEDES DONIZETE OLIVEIRA, O ENVIO À CÂMARA MUNICIPAL DE CÓPIA DAS ATAS DAS REUNIÕES DO CONSELHO MUNICIPAL DE HABITAÇÃO DE PATOS DE MINAS, REALIZADAS NO PERÍODO DE JANEIRO A JUNHO DE 2018, BEM COMO DE INFORMAÇÕES SOBRE A ENTREGA DO RESTANTE DAS CASAS DO CONJUNTO HABITACIONAL PIZOLATO I E II, QUE AINDA SE ENCONTRAM PENDENTES. </t>
   </si>
   <si>
     <t>24773</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24773/24773_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24773/24773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES RELATIVAS À TAXA DE ILUMINAÇÃO PÚBLICA, ESPECIALMENTE SOBRE:_x000D_
 1 - O VALOR ARRECADADO MENSALMENTE PELA PREFEITURA;_x000D_
 2 - O VALOR UTILIZADO PARA INVESTIMENTOS E/OU MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA; _x000D_
 3 - O SALDO ATUAL EM CAIXA._x000D_
 </t>
   </si>
   <si>
     <t>24788</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24788/24788_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24788/24788_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO, JOSÉ MARTINS COELHO, PARA COMPARECER À REUNIÃO ORDINÁRIA A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 5 DE JULHO DE 2018, ÀS 14 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE OS SEGUINTES ASSUNTOS:_x000D_
 1 - PROCESSO REFERENTE À LEGALIDADE DE OS RONDANTES SEREM OBRIGADOS A REGISTRAR O PONTO A CADA TRINTA MINUTOS DE TRABALHO, COM A RESPECTIVA APRESENTAÇÃO AOS VEREADORES DA CÓPIA DESSE PROCESSO;_x000D_
 2 - FORMA DE INSTRUMENTALIZAÇÃO DE TAL DETERMINAÇÃO;_x000D_
 3 - APRESENTAÇÃO DAS JUSTIFICATIVAS RELATIVAS AO ATRASO NA REMESSA À CÂMARA MUNICIPAL DO PROJETO DE REFORMA ADMINISTRATIVA;_x000D_
 4 - EXPOSIÇÃO SOBRE A ATUAL SITUAÇÃO DO FUNDO DE ASSISTÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PATOS DE MINAS, AS MEDIDAS PROPOSTAS PARA A SOLUÇÃO DOS PROBLEMAS E O SALDO DOS CRÉDITOS DO FASERV._x000D_
 </t>
   </si>
   <si>
     <t>24808</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24808/24808_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24808/24808_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE CÓPIA INTEGRAL DO CONTRATO DE REPASSE N° 0319.649-79, PODENDO SER DE FORMA DIGITALIZADA E ENCAMINHADA POR MEIO ELETRÔNICO.</t>
   </si>
   <si>
     <t>24809</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24809/24809_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24809/24809_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE CÓPIA INTEGRAL DOS DOCUMENTOS RELATIVOS AO PROCESSO DE REMOÇÃO DAS FAMÍLIAS QUE OCUPAVAM AS ÁREAS DE PRESERVAÇÃO PERMANENTE E INUNDAÇÃO (COTA 785), LOCALIZADAS NOS BAIRROS JARDIM PAULISTANO E VILA ROSA, ÀS MARGENS DO RIO PARANAÍBA, QUE FORAM INDENIZADAS COM A CONSTRUÇÃO DAS 100 (CEM) CASAS NO BAIRRO JARDIM ESPERANÇA, POR MEIO DO CONTRATO DE REPASSE FINANCEIRO COM O GOVERNO FEDERAL Nº 0319.649-79.</t>
   </si>
   <si>
     <t>24810</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24810/24810_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24810/24810_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ENGENHEIRO DE TRANSPORTES DA VIAÇÃO PÁSSARO BRANCO LTDA., ANDRÉ GONÇALVES, O ENVIO À CÂMARA MUNICIPAL DAS RESPOSTAS REFERENTES À INDICAÇÃO 098/18 E AOS OFÍCIOS N.º 133, 134, 135, 136 E 137/2018, QUE TRATAM DAS SEGUINTES SOLICITAÇÕES DA POPULAÇÃO PATENSE:_x000D_
 1 - INDICAÇÃO 098/2018: AMPLIAÇÃO DO ITINERÁRIO DO TRANSPORTE COLETIVO URBANO MUNICIPAL ATÉ A RUA SEBASTIÃO DA LOTA, NO BAIRRO CORAÇÃO EUCARÍSTICO; _x000D_
 2 - OFÍCIO 133/2018: EXTENSÃO DA ROTA DE ÔNIBUS, CONECTANDO O BAIRRO CORAÇÃO EUCARÍSTICO AO CENTRO DE PATOS DE MINAS, ATÉ O PONTO DA ANTIGA RODOVIÁRIA; _x000D_
 3 - OFÍCIO134/2018: EXTENSÃO DA ROTA DE ÔNIBUS JÁ EXISTENTE ENTRE OS BAIRROS SEBASTIÃO AMORIM E JARDIM PANORÂMICO, ATÉ À RODOVIÁRIA; _x000D_
 4 - OFÍCIO 135/2018: EXTENSÃO DA ROTA DE ÔNIBUS JÁ EXISTENTE OU SUA ALTERAÇÃO PARA CONECTAR OS BAIRROS RESIDENCIAL PIZOLATO I E II ÀS CRECHES, ESCOLAS E POSTOS DE SAÚDE DA REGIÃO; _x000D_
 5 - OFÍCIO 136/2018: EXTENSÃO DAS ROTAS DE ÔNIBUS JÁ EXISTENTES OU A SUA CRIAÇÃO PARA ATENDIMENTO ÀS CHÁCARAS CAIÇARAS, RESIDENCIAL SORRISO 5, LARANJEIRAS E A ESCOLA AGRÍCOLA; _x000D_
 6 - OFÍCIO 137/2018: VERIFICAÇÃO E SOLUÇÃO DOS MOTIVOS DOS CONSTANTES ATRASOS NA ROTA DE ÔNIBUS QUE ATENDE AO BAIRRO NOSSA SENHORA DE FÁTIMA._x000D_
 </t>
   </si>
   <si>
     <t>24811</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24811/24811_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24811/24811_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À SECRETÁRIA MUNICIPAL DE SAÚDE, DENISE MARIA DA FONSECA, O ENVIO À CÂMARA MUNICIPAL DAS RESPOSTAS REFERENTES AOS OFÍCIOS Nº 68, 99 E 114/2018, QUE TRATAM DAS SEGUINTES DEMANDAS:_x000D_
 1 &amp;#8211; OFÍCIO 68/2018: ANÁLISE E REVISÃO DA DETERMINAÇÃO IMPOSTA PELA SECRETARIA MUNICIPAL DE SAÚDE AOS AGENTES COMUNITÁRIOS DE SAÚDE E AOS AGENTES DE COMBATE À ENDEMIAS DE REALIZAREM 16 (DEZESSEIS) VISITAS DOMICILIARES POR DIA;  _x000D_
 2 &amp;#8211; OFÍCIO 99/2018: ADEQUAÇÃO DAS INSTALAÇÕES NO IMÓVEL DE USO DA ASSOCIAÇÃO DOS MORADORES DA COMUNIDADE RURAL DA BAIXADINHA, COM VISTAS A PROVER CONDIÇÕES DE ATENDIMENTO MÉDICO PARA OS MORADORES DA REGIÃO; _x000D_
 3 &amp;#8211; OFÍCIO 114/2018: ANÁLISE DA POSSIBILIDADE DE AFIXAR EM UMA ALA DA UBS DO BAIRRO JARDIM ITAMARATY A PLACA COM O NOME DO SR. SEBASTIÃO MANOEL LUIZ, HOMENAGEADO COM O NOME DO POSTO DE SAÚDE &amp;#8220;PROGRAMA SAÚDE DA FAMÍLIA&amp;#8221; - PSF DO BAIRRO NOSSA SENHORA DE FÁTIMA, NOS TERMOS DA LEI MUNICIPAL DE Nº 6.371, DE 8 DE DEZEMBRO DE 2010._x000D_
 </t>
   </si>
   <si>
     <t>24812</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24812/24812_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24812/24812_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETÁRIA DE FINANÇAS E ORÇAMENTO, SENHORA MARISA DA SILVA PERES, O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE O VALOR GASTO MENSALMENTE PELA PREFEITURA NO CENTRO CLÍNICO DO UNIPAM PARA A MANUTENÇÃO DO CONVÊNIO REALIZADO COM O UNIPAM REFERENTE AO ATENDIMENTO NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>24813</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24813/24813_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24813/24813_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE OS MOTIVOS DE AINDA NÃO TER SIDO REALIZADA A EXPANSÃO DOS SINAIS DE TRANSMISSÃO DA NTV AOS MORADORES DAS COMUNIDADES DE PINDAÍBAS, AREADO, (CHUMBO) E MAJOR PORTO.</t>
   </si>
   <si>
     <t>24822</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24822/24822_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24822/24822_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DA CÓPIA INTEGRAL DO PREGÃO PRESENCIAL 002/2018, REFERENTE À PRESTAÇÃO DE SERVIÇOS ESPECIALIZADOS NO TOCANTE AO TRATAMENTO DE DEPENDENTE QUÍMICO ÁLCOOL E DE OUTRAS DROGAS EM CUMPRIMENTO À MANDADO JUDICIAL.</t>
   </si>
   <si>
     <t>24823</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24823/24823_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24823/24823_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO ESCLARECIMENTO SOBRE A CORRETA NOMENCLATURA DO BAIRRO LOCALIZADO NO ALTO DA MARABÁ, EM FRENTE AO CONDOMÍNIO TERRA NOVA E MORADAS, A FIM DE DIRIMIR DÚVIDAS DOS MORADORES COM RELAÇÃO À QUAL NOMENCLATURA DEVE SER UTILIZADA EM CASO DE FUTURAS REGULARIZAÇÕES.</t>
   </si>
   <si>
     <t>24824</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24824/24824_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24824/24824_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DA RELAÇÃO DE ALVARÁS DE LICENÇA PARA FUNCIONAMENTO E LOCALIZAÇÃO, EMITIDOS NOS PERÍODOS DE 2 DE JANEIRO DE 2018 A 1º DE JULHO DE 2018, CONTENDO INFORMAÇÕES QUANTO À LOCALIZAÇÃO/ENDEREÇO E, AINDA, SE OS IMÓVEIS POSSUEM CERTIDÃO DE HABITE-SE E CERTIDÃO DE CONSTRUÇÃO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24846</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24846/24846_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24846/24846_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES CONTENDO OS VALORES REFERENTES ÀS NOTIFICAÇÕES E OS VALORES EFETIVAMENTE ARRECADADOS COM A COBRANÇA DE MULTAS ADVINDAS DOS NOVOS RADARES DE VELOCIDADE NA CIDADE, NO PERÍODO DE 1º DE JANEIRO A 30 DE MAIO DE 2018, BEM COMO OS VALORES GASTOS COM A PINTURA DAS CICLOVIAS NESSE MESMO PERÍODO. </t>
   </si>
   <si>
     <t>24847</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24847/24847_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24847/24847_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES A RESPEITO DOS MOTIVOS NO ATRASO DA EXECUÇÃO DO CONVÊNIO ASSINADO COM O CENTRO UNIVERSITÁRIO DE PATOS DE MINAS - UNIPAM PARA A REALIZAÇÃO DE MELHORIAS NA ESCOLA MUNICIPAL PROFESSOR ARISTIDES MEMÓRIA - CAIC.</t>
   </si>
   <si>
     <t>24848</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24848/24848_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24848/24848_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO A ABERTURA DE CONTA CORRENTE PARA O FUNDO MUNICIPAL DE DESENVOLVIMENTO URBANO EM CUMPRIMENTO AO DISPOSTO NO INCISO VIII DO ART. 112, DA LEI COMPLEMENTAR 271/2006 E NO ART. 6º DA LEI COMPLEMENTAR 541/2017, BEM COMO O ENVIO DOS DADOS DA REFERIDA CONTA À CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>24849</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24849/24849_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24849/24849_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE RELATÓRIO INFORMANDO OS VALORES DAS ARRECADAÇÕES TRIBUTÁRIAS, DOS IMPOSTOS E TAXAS DO MUNICÍPIO, TAIS COMO IPTU E ISSQN, NO PERÍODO DE 1º DE JANEIRO A 31 DE JULHO DE 2018.</t>
   </si>
   <si>
     <t>24887</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24887/24887_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24887/24887_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AOS SENHORES CÉSAR PEREIRA CAIXETA, DIRETOR DE MEIO AMBIENTE E PRESIDENTE DO CODEMA, E FÁBIO PACHECO SILVA, ENCARREGADO DAS FISCALIZAÇÕES AMBIENTAIS, A REALIZAÇÃO DE ANÁLISE PARA AVERIGUAR O MAU CHEIRO QUE PREDOMINA EM DIVERSOS PONTOS DA CIDADE, ESPECIALMENTE NOS BAIRROS LARANJEIRAS, VILA ROSA, BRASIL, COPACABANA, VÁRZEA, SANTO ANTÔNIO, NOSSA SENHORA APARECIDA, SANTA TEREZINHA E, ESPECIFICAMENTE, NAQUELES PRÓXIMOS ÀS MARGENS DO RIO PARANAÍBA, BEM COMO O ENVIO DO RELATÓRIO DESSA ANÁLISE À CÂMARA MUNICIPAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24899</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24899/24899_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24899/24899_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE OS VALORES GASTOS MENSALMENTE PELA PREFEITURA NO CENTRO CLÍNICO DO UNIPAM, COM RELAÇÃO AOS SEGUINTES ITENS:_x000D_
 1 - QUANTIDADE DE FUNCIONÁRIOS E SUA FUNÇÃO;_x000D_
 2 - MATERIAL USADO;_x000D_
 3 - TELEFONE._x000D_
 </t>
   </si>
   <si>
     <t>24900</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24900/24900_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24900/24900_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES; AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO FONSECA; AO SECRETÁRIO MUNICIPAL DE OBRAS URBANAS,  MAURO DE LIMA CUNHA; E AO GERENTE MUNICIPAL DE FISCALIZAÇÃO DE OBRAS, SEBASTIÃO MOREIRA DA SILVA, PARA COMPARECEREM À REUNIÃO A SER REALIZADA NO PLENÁRIO DESTA CASA LEGISLATIVA, NO DIA 4 DE SETEMBRO DE 2018, ÀS 19 HORAS, LOCALIZADO NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE A LIMPEZA DE LOTES.</t>
   </si>
   <si>
     <t>24901</t>
   </si>
   <si>
     <t>Vicente de Paula Sousa, Paulo Augusto Corrêa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24901/24901_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24901/24901_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO, SR. JOSÉ MARTINS COELHO, E A DIRETORA DO FUNDO DE ASSISTÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PATOS DE MINAS - FASERV, SRª. BRENDA ALICE PARREIRA, O ENVIO À CÂMARA MUNICIPAL DAS SEGUINTES INFORMAÇÕES:_x000D_
 1- RELATÓRIO CONTENDO VALORES DEVIDOS ÀS EMPRESAS PRESTADORAS DE SERVIÇOS CONVENIADAS AO FASERV;_x000D_
 2- RELATÓRIO DETALHADO, CONTENDO VALOR DA DÍVIDA DO MUNÍCIPIO COM O FUNDO;_x000D_
 3- RELATÓRIO DOS ÚLTIMOS PAGAMENTOS EFETUADOS ÀS EMPRESAS CONVENIADAS._x000D_
 </t>
   </si>
   <si>
     <t>24902</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24902/24902_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24902/24902_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO URBANO E DESENVOLVIMENTO ECONÔMICO, JÚLIO CÉSAR DE CASTRO FONSECA, PARA COMPARECER À REUNIÃO ORDINÁRIA A SER REALIZADA NO PLENÁRIO DESTA CASA LEGISLATIVA, NO DIA 13 DE SETEMBRO DE 2018, ÀS 14 HORAS, LOCALIZADO NA RUA JOSÉ DE SANTANA, 470, A FIM DE PRESTAR ESCLARECIMENTOS SOBRE OS MOTIVOS DE NÃO TEREM SIDO ENCAMINHADAS, ATÉ O PRESENTE MOMENTO, AS RESPOSTAS AOS REQUERIMENTOS Nº 013, 019 E 025/2018 , CUJA RELAÇÃO DETALHADA SE ENCONTRA ANEXA, CONSIDERANDO JÁ TER TRANSCORRIDO O PRAZO DE 30 DIAS, CONFORME PREVISTO NO § 3º DO ART. 60, DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>24903</t>
   </si>
   <si>
     <t>24905</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24905/24905_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24905/24905_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">049/2018	AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, AO PROCURADOR-GERAL DO MUNICÍPIO, JADIR SOUTO FERREIRA, E AO SECRETÁRIO MUNICIPAL DE GOVERNO, EDNO OLIVEIRA BRITO, PARA COMPARECEREM À REUNIÃO ORDINÁRIA A SER REALIZADA NESTA CASA LEGISLATIVA, NO DIA 13 DE SETEMBRO DE 2018, ÀS 14 HORAS, NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE O CONTRATO COM A COPASA/MG DE PRESTAÇÃO DE SERVIÇOS PÚBLICOS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO EM NOSSO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>24959</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24959/24959_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24959/24959_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE TRÂNSITO, TRANSPORTE E MOBILIDADE, ROBERTO CARLOS DE CAMPOS, E AO DIRETOR DE TRÂNSITO, KÊNIO FERREIRA DA SILVEIRA, PARA COMPARECEREM À REUNIÃO ORDINÁRIA A SER REALIZADA NO DIA 18 DE OUTUBRO DE 2018, ÀS 14 HORAS, NO PLENÁRIO DESTA CASA LEGISLATIVA, LOCALIZADO NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE QUESTÕES RELATIVAS AO TRÂNSITO DE PATOS DE MINAS, COMO AS INFRAÇÕES MAIS FREQUENTES, AS MULTAS APLICADAS, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>24942</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24942/24942_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24942/24942_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, E À SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, FABIANA FERREIRA DOS SANTOS, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DOS MOTIVOS QUE LEVARAM A ADMINISTRAÇÃO MUNICIPAL A PARALISAR AS OBRAS DE CONSTRUÇÃO DA CRECHE-ESCOLA LOCALIZADA NO BAIRRO RESIDENCIAL SORRISO.</t>
   </si>
   <si>
     <t>24943</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24943/24943_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24943/24943_texto_integral.pdf</t>
   </si>
   <si>
     <t>À SECRETÁRIA MUNICIPAL DE SAÚDE, DENISE MARIA DA FONSECA, SOLICITANDO O ENVIO À CÂMARA MUNICIPAL DE RELAÇÃO COM OS NOMES DOS PACIENTES QUE REALIZARAM CIRURGIA DE CATARATA NOS ÚLTIMOS 60 DIAS, ATÉ A PRESENTE DATA, POR MEIO DE CONVÊNIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24960</t>
   </si>
   <si>
     <t>Braz Paulo de Oliveira Júnior, Edimê Erlinda de Lima Avelar, Sebastião Sousa de Almeida - Tião Mariano</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24960/24960_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24960/24960_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE AGRICULTURA, PECUÁRIA, INFRAESTRUTURA RURAL E DESENVOLVIMENTO SUSTENTÁVEL, JOÃO PAULO RODRIGUES FERREIRA; O DIRETOR MUNICIPAL DE AGRICULTURA, ABÍLIO GOMES FERREIRA; O DIRETOR MUNICIPAL DE ESTRADAS E OBRAS DE ARTE, JOSÉ CARLOS DA SILVA; O SECRETÁRIO MUNICIPAL DE OBRAS URBANAS, MAURO DE LIMA CUNHA; E O DIRETOR MUNICIPAL DE OBRAS, JAIR VIEIRA VALADÃO, CONVOCADOS PARA COMPARECEREM À REUNIÃO ORDINÁRIA, A SER REALIZADA NO PLENÁRIO DESTA CASA LEGISLATIVA, NO DIA 4 DE OUTUBRO DE 2018, ÀS 14 HORAS, LOCALIZADO NA RUA JOSÉ DE SANTANA, 470, A FIM DE TRATAR SOBRE A MANUTENÇÃO DAS ESTRADAS RURAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24961</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24961/24961_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24961/24961_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE AGRICULTURA, PECUÁRIA, INFRAESTRUTURA RURAL E DESENVOLVIMENTO SUSTENTÁVEL, O ENVIO À CÂMARA MUNICIPAL DE RELATÓRIO CONTENDO INFORMAÇÕES REFERENTES À PRESTAÇÃO DE CONTAS DA CEASA DE PATOS DE MINAS, NOS ÚLTIMOS 12 MESES, CONTENDO, ESPECIALMENTE:_x000D_
 6.	O MONTANTE ARRECADADO COM A COMERCIALIZAÇÃO DAS &amp;#8220;PEDRAS&amp;#8221; E COBRANÇA PELO ESTACIONAMENTO;_x000D_
 7.	A ARRECADAÇÃO OBTIDA POR MEIO DO ALUGUEL DE LOJAS PARA A COMERCIALIZAÇÃO DE PRODUTOS;_x000D_
 8.	O FLUXO DE CAIXA, COM A ENTRADA E SAÍDA DE VALORES ARRECADADOS PARA COBRIR DESPESAS DE MANUTENÇÃO E OUTRAS;_x000D_
 9.	AS POSSÍVEIS OUTRAS ARRECADAÇÕES, COMO INVESTIMENTOS DO MUNICÍPIO, ESTADO OU GOVERNO FEDERAL, JUNTAMENTE COM A SUA DEVIDA APLICAÇÃO;_x000D_
 10.	OS EXTRATOS BANCÁRIOS DA CONTA ONDE OS VALORES ARRECADADOS SÃO DEPOSITADOS._x000D_
 11.	INVESTIMENTOS REALIZADOS TAIS COMO: CONSERVAÇÃO DA PARTE ELÉTRICA E HIDRÁULICA, PINTURA E CONSERTOS EM GERAL._x000D_
 12.	OS VALORES MENSAIS ARRECADADOS DESDE O ANO DE 2016; BEM COMO OS COMPROVANTES BANCÁRIOS DOS DEPÓSITOS REALIZADOS._x000D_
 </t>
   </si>
   <si>
     <t>24962</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24962/24962_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24962/24962_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO SECRETÁRIO MUNICIPAL DE DESENVOLVIMENTO SOCIAL, EURÍPEDES DONIZETE OLIVEIRA, O ENVIO À CÂMARA MUNICIPAL DO CONVÊNIO OU OUTRO INSTRUMENTO JURÍDICO DE CRIAÇÃO DO BANCO DE ALIMENTOS, O QUAL ESTÁ SENDO IMPLANTADO PELO MUNICÍPIO NAS DEPENDÊNCIAS DA CEASA DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>24963</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24963/24963_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24963/24963_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL, JOSÉ EUSTÁQUIO RODRIGUES ALVES, E AO SECRETÁRIO MUNICIPAL DE PLANEJAMENTO, JÚLIO CÉSAR DE CASTRO FONSECA, O ENVIO À CÂMARA MUNICIPAL DE INFORMAÇÕES SOBRE OS MOTIVOS DO NÃO CUMPRIMENTO DA LEI COMPLEMENTAR N° 579, DE 22 DE MAIO DE 2018, QUE &amp;#8220;DISPÕE SOBRE A REGULARIZAÇÃO DE LOTES NA MODALIDADE DE DESDOBRO NO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>24987</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24987/sol057.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24987/sol057.pdf</t>
   </si>
   <si>
     <t>Ao Secretário Municipal de Planejamento, Júlio Cézar de Castro Fonseca; ao Vice-Coordenador, Marcelo Ferreira Rodrigues e ao Secretário Executivo, Ocimar Antônio de Lima, bem como os demais componentes (abaixo relacionados) do Núcleo Gestor Municipal destinado à elaboração da Revisão do Plano Diretor Participativo, para comparecerem à Reunião Ordinária a ser realizada no dia 8 de novembro de 2018, às 14 horas, no plenário desta Casa Legislativa, localizada na Rua José de Santana, n.º 470, a fim de prestar informações sobre os assuntos inerentes ao processo de revisão do Plano Diretor do nosso município.</t>
   </si>
   <si>
     <t>24988</t>
   </si>
   <si>
     <t>À Secretária Municipal de Saúde, Denise Maria da Fonseca, solicitando o envio à Câmara Municipal de relação com os nomes dos pacientes que realizaram cirurgia de catarata, por meio de convênio do Município, no mês de setembro, até a presente data.</t>
   </si>
   <si>
     <t>24989</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24989/sol059.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24989/sol059.pdf</t>
   </si>
   <si>
     <t>Ao Gerente, Saulo Bernardes; à Superintendente, Cristiane Carneiro e a Gerente de Operações, Frieda Kiefer, da Companhia de Saneamento de Minas Gerais - Copasa/MG, como concessionária de serviços públicos de Patos de Minas, convocados para comparecerem à reunião ordinária a ser realizada no dia 12 de novembro de 2018, às 14h30m, no plenárinho desta Casa Legislativa, localizada na Rua José de Santana, 470, a fim de tratar de assuntos referentes às demandas da população patense, especialmente sobre a implantação de Cinturão Verde e a aquisição de produtos para controle de odores da Estação de Tratamento de Esgoto - ETE.</t>
   </si>
   <si>
     <t>25040</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25040/sol060.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25040/sol060.pdf</t>
   </si>
   <si>
     <t>À Secretária Municipal de Saúde, Denise Fonseca; ao Diretor do Hospital São Lucas, Sérgio Piau Vieira; à Diretora do Centro Oncológico AZ do Noroeste, Raquel Faria da Silva; e ao Diretor da Faculdade do Noroeste de Minas - Finom, Yuri Xavier, para comparecerem à reunião ordinária a ser realizada no dia 29 de novembro, às 14 horas, no plenário desta Casa Legislativa, localizada na Rua José de Santana, 470, a fim de prestarem esclarecimentos acerca da dinâmica do atendimento oncológico no município e da interrupção do atendimento dos portadores de câncer que estão na fila de espera, devido à falta de repasse financeiro integral ao Centro Oncológico AZ do Noroeste.</t>
   </si>
   <si>
     <t>25080</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25080/sol061.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25080/sol061.pdf</t>
   </si>
   <si>
     <t>Ao Secretário de Desenvolvimento Social, Eurípedes Donizete Oliveira, solicitando o envio à Câmara Municipal de relatório constando informações a respeito dos imóveis contemplados com a Reurb, detalhando o nome dos proprietários; o registro no Cartório de Registro de Imóveis de Patos de Minas; e a inclusão, ou não, das averbações das construções.</t>
   </si>
   <si>
     <t>25083</t>
   </si>
   <si>
     <t>Paulo Augusto Corrêa, Vicente de Paula Sousa</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25083/sol062.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25083/sol062.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, José Eustáquio Rodrigues Alves, solicitando o envio à Câmara Municipal de relatório contendo informações relativas às medidas determinadas por meio do Decreto n.º 4.541, de 1º de novembro de 2018, que “decreta situação de calamidade financeira e institui Programa de Redução de Despesas na Administração Pública Municipal e dá outras providências”, no que se refere ao “corte de gastos”, constando especialmente:_x000D_
 1	- relação dos servidores contratados, ou de livre nomeação, que foram exonerados, seus vencimentos e local de trabalho;_x000D_
 2	- relação dos servidores que tiveram perda de 20% na gratificação, seus vencimentos, função e local de trabalho; _x000D_
 3	- relação dos servidores encarregados que perderam a gratificação, seus vencimentos e local de trabalho;_x000D_
 4	- situação do limite da folha de pagamento de pessoal; _x000D_
 5	- informações quanto à economia gerada aos cofres públicos com as medidas tomadas.</t>
   </si>
   <si>
     <t>25084</t>
   </si>
   <si>
     <t>João Batista Gonçalves - Cabo Batista, Edimê Erlinda de Lima Avelar, Isaías Martins de Oliveira , Maria Dalva da Mota Azevedo - Dalva Mota , Mauri Sérgio Rodrigues - Mauri da JL, Nivaldo Tavares dos Santos, Otaviano Marques de Amorim, Walter Geraldo de Araújo - Waltinho da Polícia Civ</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25084/sol063.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25084/sol063.pdf</t>
   </si>
   <si>
     <t>Convocação da Secretária Municipal de Saúde, Denise Fonseca; e convite ao diretor do Hospital São Lucas, Sérgio Piau Vieira; a diretora do Centro Oncológico AZ do Noroeste, Raquel Faria da Silva; e o diretor da Faculdade do Noroeste de Minas - Finom, Yuri Xavier, para comparecerem à reunião ordinária a ser realizada no dia 6 de dezembro, às 14 horas, no plenário desta Casa Legislativa, localizada na Rua José de Santana, 470, a fim de prestarem esclarecimentos acerca da dinâmica do atendimento oncológico no município e da interrupção do atendimento dos portadores de câncer que estão na fila de espera, devido à falta de repasse financeiro integral ao Centro Oncológico AZ do Noroeste.</t>
   </si>
   <si>
     <t>25087</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25087/sol064.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25087/sol064.pdf</t>
   </si>
   <si>
     <t>ao Prefeito Municipal, José Eustáquio Rodrigues Alves, o envio à Câmara Municipal, das seguintes informações referentes aos imóveis utilizados pela empresa Super Radiopatos – Radiopatos Promoções e Produções Ltda:_x000D_
 1 – relação dos imóvel (eis) em cessão de uso, doação ou por algum outro título, destinados à empresa, discriminando as leis autorizativas, decretos e termos de cessão de uso, bem como identificando o (s) imóvel (eis), com a especificação da área, construções, endereço e cadastro imobiliário;_x000D_
 2 – período de cessão de uso do (s) imóvel (eis);_x000D_
 3 – cumprimento pela empresa dos requisitos autorizativos para a utilização do (s) imóvel (eis);_x000D_
 4 – área total utilizada pela empresa no (s) imóvel (eis);_x000D_
 5 – localização do estúdio, da sede administrativa e da antena de transmissão da empresa, informando se o Município é ou já foi proprietário de algum desses imóveis;_x000D_
 6 – informação se, no imóvel onde se encontra instalada a antena, também foram instalados os estúdios e/ou a sede administrativa, e, em caso positivo, especificar a data de instalação;_x000D_
 7 – encaminhamento a esta Casa Legislativa do Habite-se referente (s) ao (s) imóvel (eis); bem como do (s) alvará (s) de funcionamento;_x000D_
 8 – informação sobre a área total e o valor atualizado do terreno.</t>
   </si>
   <si>
     <t>25131</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25131/sol065.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25131/sol065.pdf</t>
   </si>
   <si>
     <t>À Secretária Municipal de Saúde, Denise Maria da Fonseca, solicitando o envio à Câmara Municipal de cópia do laudo de vistoria na unidade básica de saúde localizada no Distrito de Alagoas.</t>
   </si>
   <si>
     <t>25132</t>
   </si>
   <si>
     <t>Aos Secretários Municipais de Planejamento; Obras Urbanas; Trânsito e Mobilidade; Saúde e Educação, e/ou seus representantes, para uma reunião com os moradores do Bairro Jardim Europa, no dia 7 de janeiro de 2019, às 19 horas, no plenário da Câmara Municipal, a fim de tratar das inúmeras demandas de serviços públicos imprescindíveis aos moradores desse bairro.</t>
   </si>
   <si>
     <t>25124</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25124/sol067.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25124/sol067.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, José Eustáquio Rodrigues Alves, o envio à Câmara Municipal do cronograma de obras e das informações abaixo listadas sobre a reforma do Teatro Municipal Altino Caixeta de Castro “Leão de Formosa”:_x000D_
 1 - 	valor que foi gasto até o momento;_x000D_
 2 - 	nome da(s) empreiteira(s) e/ou empresas que foram licitadas para a realização da reforma;_x000D_
 3 - 	relatório fotográfico do que já foi feito;_x000D_
 4 - 	nome do engenheiro responsável.</t>
   </si>
   <si>
     <t>24612</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24612/24612_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24612/24612_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 111 DA LEI COMPLEMENTAR Nº 320, DE 31 DE DEZEMBRO DE 2008, QUE "INSTITUI A REVISÃO DA LEI DE ZONEAMENTO, USO E OCUPAÇÃO DOS TERRENOS E EDIFICAÇÕES NO MUNICÍPIO DE PATOS DE MINAS".</t>
   </si>
   <si>
     <t>24648</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24648/24648_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24648/24648_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE LOTES NA MODALIDADE DE DESDOBRO NO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24698</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24698/24698_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24698/24698_texto_integral.pdf</t>
   </si>
   <si>
     <t>24601</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24601/24601_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24601/24601_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DO SISTEMA SEMAFÓRICO, ISOLADO OU EM REDE, NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>24697</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24697/24697_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24697/24697_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O USO DE CONTÊINER NO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24696</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24696/24696_texto_integral.pdf</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24696/24696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DE AS EMPRESAS FUNERÁRIAS, CAPELAS-VELÓRIO E CEMITÉRIOS PÚBLICOS E PARTICULARES DO MUNICÍPIO DE PATOS DE MINAS MANTEREM AFIXADO, EM LOCAL VISÍVEL, O DISPOSITIVO PREVISTO NA LEI Nº 7.536, DE 31 DE OUTUBRO DE 2017, QUE DÁ NOVA REDAÇÃO AO DISPOSTO DA LEI DE CONCESSÃO DOS CEMITÉRIOS PARTICULARES. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8018,68 +8018,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24477/24477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24478/24478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24479/24479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24480/24480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24481/24481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24482/24482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24502/24502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24503/24503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24504/24504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24505/24505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24506/24506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24507/24507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24508/24508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24509/24509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24510/24510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24511/24511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24512/24512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24513/24513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24514/24514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24515/24515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24516/24516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24541/24541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24542/24542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24543/24543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24544/24544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24545/24545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24546/24546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24547/24547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24548/24548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24549/24549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24550/24550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24558/24558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24568/24568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24569/24569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24570/24570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24571/24571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24572/24572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24573/24573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24574/24574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24575/24575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24592/24592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24593/24593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24594/24594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24595/24595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24596/24596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24597/24597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24598/24598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24599/24599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24600/24600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24602/24602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24620/24620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24625/24625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24626/24626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24627/24627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24628/24628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24629/24629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24630/24630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24631/24631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24632/24632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24633/24633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24634/24634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24635/24635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24636/24636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24637/24637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24638/24638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24652/24652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24653/24653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24654/24654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24655/24655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24656/24656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24657/24657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24658/24658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24659/24659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24660/24660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24661/24661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24662/24662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24663/24663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24664/24664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24665/24665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24666/24666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24667/24667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24668/24668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24695/24695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24707/24707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24708/24708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24709/24709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24710/24710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24711/24711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24712/24712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24713/24713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24714/24714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24715/24715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24716/24716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24717/24717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24718/24718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24743/24743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24744/24744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24745/24745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24746/24746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24747/24747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24748/24748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24749/24749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24750/24750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24765/24765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24766/24766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24767/24767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24768/24768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24769/24769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24770/24770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24771/24771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24772/24772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24801/24801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24802/24802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24803/24803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24804/24804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24805/24805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24806/24806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24807/24807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24825/24825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24826/24826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24827/24827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24828/24828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24829/24829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24830/24830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24831/24831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24832/24832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24833/24833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24834/24834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24850/24850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24851/24851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24852/24852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24853/24853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24854/24854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24855/24855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24856/24856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24857/24857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24858/24858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24859/24859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24860/24860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24861/24861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24862/24862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24863/24863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24876/24876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24877/24877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24878/24878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24879/24879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24880/24880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24881/24881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24882/24882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24883/24883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24884/24884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24885/24885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24906/24906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24907/24907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24908/24908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24909/24909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24910/24910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24911/24911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24912/24912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24913/24913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24914/24914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24915/24915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24916/24916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24917/24917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24944/24944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24945/24945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24946/24946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24947/24947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24948/24948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24949/24949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24951/24951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24953/24953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24952/24952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24964/24964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24965/24965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24966/24966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24967/24967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24968/24968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24969/24969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24970/24970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24971/24971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24972/24972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24973/24973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24974/24974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24975/24975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24976/24976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24977/24977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24978/24978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24979/0190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24980/24980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24982/24982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24983/24983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24990/0195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24991/0196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24992/0197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24993/0198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24994/0199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24995/0200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24996/0201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24997/0202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24998/0203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24999/0204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25000/0205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25001/0206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25048/0207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25049/0208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25050/0209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25051/0210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25052/0211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25053/0212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25054/0213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25055/0214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25056/0215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25057/0216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25058/0217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25059/0218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25060/0219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25061/0220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25062/0221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25085/0222.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25088/0223.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25089/0224.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25090/0225.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25091/0226.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25092/0227.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25093/0228.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25094/0229.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25095/0230.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25096/0231.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25108/0232.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25109/0233.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25111/0234.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25112/0235.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25113/0236.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25114/0237.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25115/0238.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25116/0239.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25117/0240.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25118/0241.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25110/0242.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25122/0243.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25123/0244.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25125/0245.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25126/0246.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25127/0247.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25128/0248.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25129/0249.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25130/0250.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24566/24566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24567/24567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24613/24613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24614/24614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24669/24669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24672/24672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24670/24670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24688/mocao_009_2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24671/24671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24673/24673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24674/24674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24675/24675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24676/24676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24677/24677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24678/24678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24679/24679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24680/24680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24681/24681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24682/24682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24683/24683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24684/24684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24685/24685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24686/24686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24687/24687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24720/24720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24721/24721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24735/24735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24736/24736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24738/24738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24739/24739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24737/24737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24774/24774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24776/24776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24777/24777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24778/24778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24779/24779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24780/24780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25013/mocao_040_2018.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24818/24818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24814/24814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25019/mocao_043_2018.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24904/24904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24956/24956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24957/24957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25011/mocao_047_2018.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25012/mocao_048_2018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25076/mocao_049_2018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25075/mocao_050_2018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25020/mocao_051_2018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25021/mocao_052_2018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25022/mocao_053_2018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25023/mocao_054_2018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25078/mocao_056_2018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25079/mocao_057_2018.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25024/mocao_058_2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25071/mocao_059_2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25072/mocao_060_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25073/mocao_061_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25074/mocao_062_2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24623/24623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24728/24728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24520/24520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24538/24538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24556/24556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24530/24530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24531/24531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24532/24532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24563/24563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24533/24533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24534/24534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24539/24539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24552/24552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24540/24540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24564/24564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24565/24565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24553/24553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24555/24555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24610/24610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24642/24642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24649/24649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24650/24650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24651/24651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24722/24722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24691/24691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24692/24692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24723/24723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24693/24693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24724/24724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24725/24725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24694/24694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24726/24726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24727/pdl_1044_cidadao_patense_lucas_lucco_rev.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24757/24757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24790/pdl_1046_medalha_destaque_rural_casal_gilvan_e_rF42ESv.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24791/24791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24792/24792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24793/24793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24794/24794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24795/24795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24796/24796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24797/24797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24798/24798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24799/24799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24800/24800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24815/24815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24816/24816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24817/24817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24820/24820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24870/24870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24886/24886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24890/24890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24891/24891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24919/24919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24918/24918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24937/24937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24898/24898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24895/24895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24896/24896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24897/24897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24920/24920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24931/24931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24938/24938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24939/24939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25025/pdl_1076_merito_cultural_mestre_correa_rev.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25028/pdl_1077_merito_cultural_selma_marques_rev.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24985/24985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24986/24986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25027/pdl_1080_merito_cultural_marcos_rassi_rev.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25029/pdl_1081_merito_cultural_coral_sementes_do_bem_rev.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25030/pdl_1082_merito_cultural_banda_najjas_do_forro_rev.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25031/pdl_1083_merito_cultural_grupo_de_seresta_trov_2qDtaQF.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25032/pdl_1084_merito_cultural_sebastiao_belchior_rev.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25033/pdl_1085_merito_cultural_dupla_bruno_e_daniel_rev.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25034/pdl_1086_merito_cultural_pedro_paulo_rev.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25035/pdl_1087_merito_cultural_aletis_jaqueline_rev.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25036/pdl_1088_merito_cultural_rodrigo_caixeta_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25037/pdl_1089_merito_cultural_aline_teodoro_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25038/pdl_1090_merito_cultural_paulo_marcio_da_costa_rev.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25026/pdl_1091_merito_cultural_sergio_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25044/pdl_1093_merito_estudantil_kaio_silva_rev_V37cHKl.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25045/pdl_1094_merito_estudantil_lourenco_xavier_rev_iuCIy9r.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25046/pdl_1095_merito_estudantil_emily_de_lima_rev_1TQI8uN.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25081/pdl_1097_merito_estudantil_arthur_augusto_rev_fW7PDH9.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25100/pdl_1098_merito_estudantil_marcel_martins_rev.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25082/pdl_1099_merito_estudantil_julia_araujo_rev_LCbxFRo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25106/pdl_1100_merito_estudantil_marina_alves_rev.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25086/pdl_1101_merito_estudantil_jacqueline_rev.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25107/pdl_1102_merito_estudantil_maria_luisa_rev.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25105/pdl_1103_merito_estudantil_ana_beatriz_isadora_uJwCEGA.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25103/pdl_1104_merito_estudantil_ruan_carlos_gomes_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25121/pdl_1105_merito_estudantil_luis_gustavo_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25101/pdl_1106_merito_estudantil_ana_lara_caetano_rev.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24487/24487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24488/24488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24535/24535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24589/24589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24933/24933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25119/plc_761_altera_anexos_da_lei_271_e_320_qhnTPW2.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24495/24495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24496/24496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24497/24497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24498/24498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24521/24521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24522/24522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24523/24523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24607/24607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24608/24608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24609/24609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24640/24640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24641/24641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24646/plc_751_altera_lc_445_14__acs_e_ace_rev.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24754/24754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24755/24755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24786/24786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24836/24836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24866/24866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25043/plc_758_altera_art._135_lei_379_mesas_e_cadeiras_rev.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25064/plc_759_altera_lei_371_isencao_iptu_dos_aposen_qANxRnc.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25104/plc_760_altera_art._37_da_lei_381_plano_de_carreira_rev.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25135/plc_762_acrescenta__2o_art._238_lc_379_liberac_a62TzXU.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24483/24483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24484/24484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24489/24489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24485/24485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24486/24486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24527/24527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24528/24528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24524/24524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24526/24526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24529/24529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24559/24559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24560/24560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24561/24561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24562/24562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24586/24586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24587/24587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24588/24588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24615/24615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24616/24616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24617/24617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24618/24618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24619/24619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24622/24622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24647/24647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24699/24699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24700/24700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24701/24701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24702/24702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24703/24703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24704/24704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24731/24731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24732/24732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24733/24733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24758/24758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24759/24759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24789/24789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24821/24821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24839/24839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24840/24840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24841/24841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24842/24842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24844/24844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24845/24845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24871/24871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24872/24872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24873/24873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24894/24894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24934/24934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24935/24935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24958/24958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25003/pl_4802_subvencao_ssvp.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25004/pl_4803_subvencao_caixa_escolar_padre_almir.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25005/pl_4804__ppa_2018_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25006/pl_4805_lei_orcamentaria_2019-_loa.doc.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25009/pl_4808_operacao_de_credito_caixa__4.085.05767.doc.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25010/pl_4809_opracao_de_credito_caixa_1.197.00000.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25016/pl_4811_altera_lei_7578_consep.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25017/pl_4813_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25018/pl_4814_concessao_de_uso_imovel_sesc.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25047/pl_4817_concessao_de_uso_de_imovel_a_acaap.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25068/pl_4823_altera_lei_4546_desconto_no_ipva.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25069/pl_4824_alienar_area_de_imoveis_lindeiros.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25098/pl_4826_cria_o_comsab_iqmMJwg.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25134/pl_4829_concede_passe_livre.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24491/pl_4690_denomina_ubs_antonia_cardoso_rev.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24492/pl_4691__identificacao_de_imoveis_rev.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24493/24493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24494/24494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24519/24519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24525/24525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24536/24536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24537/24537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24557/24557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24581/24581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24582/24582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24583/24583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24585/24585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24603/24603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24604/24604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24605/24605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24606/24606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24611/24611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24621/24621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24643/24643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24639/24639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24645/24645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24689/24689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24690/24690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24729/pl_4747_altera_lei_6850__fenapraca_rev.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24730/24730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24734/24734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24752/24752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24753/24753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24756/24756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24760/24760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24781/24781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24761/24761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24782/24782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24783/24783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24784/24784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24787/24787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24819/24819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24835/24835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24837/24837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24838/24838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24875/24875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24843/24843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24874/24874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24889/pl_4782_denomina_jose_damas_o_banco_de_alimentos_rev.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24867/24867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24868/24868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24869/24869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24888/24888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24892/24892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24932/24932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24936/24936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24941/24941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24984/24984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25002/pl_4801_denomina_centro_comunitario_joao_martins_rev.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25008/pl_4807__comercializacao_de_alimentos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25014/pl_4810_denomina_rua_lazara_moises_rodrigues_r_uQCWIR8.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25015/pl_4812__denomina_manoel_caixeta_duarte_rev_iKUvLXQ.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25120/pl_4815_denomina_pista_de_caminhada_rev.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25042/pl_4816_denomina_travessa_simeon_mota_rev_Gtkq4Lj.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25063/pl_4819_denomina_rua_thiago_menezes_rev_htvHhY8.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25065/pl_4820_denomina_rua_maria_jose_da_cruz_rev.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25066/pl_4821_denomina_rua_das_amoreiras_rev.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25097/pl_4825_altera_lei_7335_zona_azul_rev_bAfvsPB.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25099/pl_4827_denomina_rua_antonio_marques_rev.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25133/pl_4828_denomina_rua_alza_amorim_rev_KE3XaG1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24518/24518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24584/24584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24955/24955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24490/24490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24499/24499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24500/24500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24501/24501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24517/24517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24551/24551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24554/24554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24576/24576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24577/24577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24578/24578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24579/24579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24580/24580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24590/24590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24591/24591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24624/24624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24644/24644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24705/24705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24706/24706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24719/24719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24740/24740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24741/24741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24762/24762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24742/24742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24751/24751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24763/24763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24764/24764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24773/24773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24788/24788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24808/24808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24809/24809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24810/24810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24811/24811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24812/24812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24813/24813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24822/24822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24823/24823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24824/24824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24846/24846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24847/24847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24848/24848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24849/24849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24887/24887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24899/24899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24900/24900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24901/24901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24902/24902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24905/24905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24959/24959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24942/24942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24943/24943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24960/24960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24961/24961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24962/24962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24963/24963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24987/sol057.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24989/sol059.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25040/sol060.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25080/sol061.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25083/sol062.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25084/sol063.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25087/sol064.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25131/sol065.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25124/sol067.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24612/24612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24648/24648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24698/24698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24601/24601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24697/24697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24696/24696_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24477/24477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24478/24478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24479/24479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24480/24480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24481/24481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24482/24482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24502/24502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24503/24503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24504/24504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24505/24505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24506/24506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24507/24507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24508/24508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24509/24509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24510/24510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24511/24511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24512/24512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24513/24513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24514/24514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24515/24515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24516/24516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24541/24541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24542/24542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24543/24543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24544/24544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24545/24545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24546/24546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24547/24547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24548/24548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24549/24549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24550/24550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24558/24558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24568/24568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24569/24569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24570/24570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24571/24571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24572/24572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24573/24573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24574/24574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24575/24575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24592/24592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24593/24593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24594/24594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24595/24595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24596/24596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24597/24597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24598/24598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24599/24599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24600/24600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24602/24602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24620/24620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24625/24625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24626/24626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24627/24627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24628/24628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24629/24629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24630/24630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24631/24631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24632/24632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24633/24633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24634/24634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24635/24635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24636/24636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24637/24637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24638/24638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24652/24652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24653/24653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24654/24654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24655/24655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24656/24656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24657/24657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24658/24658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24659/24659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24660/24660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24661/24661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24662/24662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24663/24663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24664/24664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24665/24665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24666/24666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24667/24667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24668/24668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24695/24695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24707/24707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24708/24708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24709/24709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24710/24710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24711/24711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24712/24712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24713/24713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24714/24714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24715/24715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24716/24716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24717/24717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24718/24718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24743/24743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24744/24744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24745/24745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24746/24746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24747/24747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24748/24748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24749/24749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24750/24750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24765/24765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24766/24766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24767/24767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24768/24768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24769/24769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24770/24770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24771/24771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24772/24772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24801/24801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24802/24802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24803/24803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24804/24804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24805/24805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24806/24806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24807/24807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24825/24825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24826/24826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24827/24827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24828/24828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24829/24829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24830/24830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24831/24831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24832/24832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24833/24833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24834/24834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24850/24850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24851/24851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24852/24852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24853/24853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24854/24854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24855/24855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24856/24856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24857/24857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24858/24858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24859/24859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24860/24860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24861/24861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24862/24862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24863/24863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24876/24876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24877/24877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24878/24878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24879/24879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24880/24880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24881/24881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24882/24882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24883/24883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24884/24884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24885/24885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24906/24906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24907/24907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24908/24908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24909/24909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24910/24910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24911/24911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24912/24912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24913/24913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24914/24914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24915/24915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24916/24916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24917/24917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24944/24944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24945/24945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24946/24946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24947/24947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24948/24948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24949/24949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24951/24951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24953/24953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24952/24952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24964/24964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24965/24965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24966/24966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24967/24967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24968/24968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24969/24969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24970/24970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24971/24971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24972/24972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24973/24973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24974/24974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24975/24975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24976/24976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24977/24977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24978/24978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24979/0190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24980/24980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24982/24982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24983/24983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24990/0195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24991/0196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24992/0197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24993/0198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24994/0199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24995/0200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24996/0201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24997/0202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24998/0203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24999/0204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25000/0205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25001/0206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25048/0207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25049/0208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25050/0209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25051/0210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25052/0211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25053/0212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25054/0213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25055/0214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25056/0215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25057/0216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25058/0217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25059/0218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25060/0219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25061/0220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25062/0221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25085/0222.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25088/0223.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25089/0224.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25090/0225.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25091/0226.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25092/0227.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25093/0228.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25094/0229.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25095/0230.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25096/0231.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25108/0232.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25109/0233.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25111/0234.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25112/0235.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25113/0236.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25114/0237.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25115/0238.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25116/0239.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25117/0240.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25118/0241.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25110/0242.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25122/0243.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25123/0244.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25125/0245.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25126/0246.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25127/0247.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25128/0248.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25129/0249.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25130/0250.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24566/24566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24567/24567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24613/24613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24614/24614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24669/24669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24672/24672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24670/24670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24688/mocao_009_2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24671/24671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24673/24673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24674/24674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24675/24675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24676/24676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24677/24677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24678/24678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24679/24679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24680/24680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24681/24681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24682/24682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24683/24683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24684/24684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24685/24685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24686/24686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24687/24687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24720/24720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24721/24721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24735/24735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24736/24736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24738/24738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24739/24739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24737/24737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24774/24774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24776/24776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24777/24777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24778/24778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24779/24779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24780/24780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25013/mocao_040_2018.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24818/24818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24814/24814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25019/mocao_043_2018.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24904/24904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24956/24956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24957/24957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25011/mocao_047_2018.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25012/mocao_048_2018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25076/mocao_049_2018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25075/mocao_050_2018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25020/mocao_051_2018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25021/mocao_052_2018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25022/mocao_053_2018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25023/mocao_054_2018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25078/mocao_056_2018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25079/mocao_057_2018.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25024/mocao_058_2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25071/mocao_059_2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25072/mocao_060_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25073/mocao_061_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25074/mocao_062_2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24623/24623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24728/24728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24520/24520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24538/24538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24556/24556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24530/24530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24531/24531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24532/24532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24563/24563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24533/24533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24534/24534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24539/24539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24552/24552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24540/24540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24564/24564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24565/24565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24553/24553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24555/24555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24610/24610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24642/24642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24649/24649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24650/24650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24651/24651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24722/24722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24691/24691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24692/24692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24723/24723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24693/24693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24724/24724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24725/24725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24694/24694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24726/24726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24727/pdl_1044_cidadao_patense_lucas_lucco_rev.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24757/24757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24790/pdl_1046_medalha_destaque_rural_casal_gilvan_e_rF42ESv.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24791/24791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24792/24792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24793/24793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24794/24794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24795/24795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24796/24796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24797/24797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24798/24798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24799/24799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24800/24800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24815/24815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24816/24816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24817/24817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24820/24820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24870/24870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24886/24886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24890/24890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24891/24891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24919/24919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24918/24918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24937/24937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24898/24898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24895/24895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24896/24896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24897/24897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24920/24920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24931/24931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24938/24938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24939/24939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25025/pdl_1076_merito_cultural_mestre_correa_rev.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25028/pdl_1077_merito_cultural_selma_marques_rev.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24985/24985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24986/24986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25027/pdl_1080_merito_cultural_marcos_rassi_rev.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25029/pdl_1081_merito_cultural_coral_sementes_do_bem_rev.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25030/pdl_1082_merito_cultural_banda_najjas_do_forro_rev.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25031/pdl_1083_merito_cultural_grupo_de_seresta_trov_2qDtaQF.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25032/pdl_1084_merito_cultural_sebastiao_belchior_rev.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25033/pdl_1085_merito_cultural_dupla_bruno_e_daniel_rev.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25034/pdl_1086_merito_cultural_pedro_paulo_rev.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25035/pdl_1087_merito_cultural_aletis_jaqueline_rev.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25036/pdl_1088_merito_cultural_rodrigo_caixeta_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25037/pdl_1089_merito_cultural_aline_teodoro_oliveira_rev.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25038/pdl_1090_merito_cultural_paulo_marcio_da_costa_rev.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25026/pdl_1091_merito_cultural_sergio_cunha_rev.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25044/pdl_1093_merito_estudantil_kaio_silva_rev_V37cHKl.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25045/pdl_1094_merito_estudantil_lourenco_xavier_rev_iuCIy9r.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25046/pdl_1095_merito_estudantil_emily_de_lima_rev_1TQI8uN.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25081/pdl_1097_merito_estudantil_arthur_augusto_rev_fW7PDH9.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25100/pdl_1098_merito_estudantil_marcel_martins_rev.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25082/pdl_1099_merito_estudantil_julia_araujo_rev_LCbxFRo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25106/pdl_1100_merito_estudantil_marina_alves_rev.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25086/pdl_1101_merito_estudantil_jacqueline_rev.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25107/pdl_1102_merito_estudantil_maria_luisa_rev.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25105/pdl_1103_merito_estudantil_ana_beatriz_isadora_uJwCEGA.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25103/pdl_1104_merito_estudantil_ruan_carlos_gomes_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25121/pdl_1105_merito_estudantil_luis_gustavo_da_silva_rev.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25101/pdl_1106_merito_estudantil_ana_lara_caetano_rev.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24487/24487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24488/24488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24535/24535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24589/24589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24933/24933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25119/plc_761_altera_anexos_da_lei_271_e_320_qhnTPW2.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24495/24495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24496/24496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24497/24497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24498/24498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24521/24521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24522/24522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24523/24523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24607/24607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24608/24608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24609/24609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24640/24640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24641/24641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24646/plc_751_altera_lc_445_14__acs_e_ace_rev.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24754/24754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24755/24755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24786/24786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24836/24836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24866/24866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25043/plc_758_altera_art._135_lei_379_mesas_e_cadeiras_rev.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25064/plc_759_altera_lei_371_isencao_iptu_dos_aposen_qANxRnc.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25104/plc_760_altera_art._37_da_lei_381_plano_de_carreira_rev.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25135/plc_762_acrescenta__2o_art._238_lc_379_liberac_a62TzXU.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24483/24483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24484/24484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24489/24489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24485/24485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24486/24486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24527/24527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24528/24528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24524/24524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24526/24526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24529/24529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24559/24559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24560/24560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24561/24561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24562/24562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24586/24586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24587/24587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24588/24588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24615/24615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24616/24616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24617/24617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24618/24618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24619/24619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24622/24622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24647/24647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24699/24699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24700/24700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24701/24701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24702/24702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24703/24703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24704/24704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24731/24731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24732/24732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24733/24733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24758/24758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24759/24759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24789/24789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24821/24821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24839/24839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24840/24840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24841/24841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24842/24842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24844/24844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24845/24845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24871/24871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24872/24872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24873/24873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24894/24894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24934/24934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24935/24935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24958/24958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25003/pl_4802_subvencao_ssvp.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25004/pl_4803_subvencao_caixa_escolar_padre_almir.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25005/pl_4804__ppa_2018_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25006/pl_4805_lei_orcamentaria_2019-_loa.doc.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25009/pl_4808_operacao_de_credito_caixa__4.085.05767.doc.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25010/pl_4809_opracao_de_credito_caixa_1.197.00000.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25016/pl_4811_altera_lei_7578_consep.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25017/pl_4813_fundo_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25018/pl_4814_concessao_de_uso_imovel_sesc.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25047/pl_4817_concessao_de_uso_de_imovel_a_acaap.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25068/pl_4823_altera_lei_4546_desconto_no_ipva.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25069/pl_4824_alienar_area_de_imoveis_lindeiros.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25098/pl_4826_cria_o_comsab_iqmMJwg.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25134/pl_4829_concede_passe_livre.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24491/pl_4690_denomina_ubs_antonia_cardoso_rev.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24492/pl_4691__identificacao_de_imoveis_rev.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24493/24493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24494/24494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24519/24519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24525/24525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24536/24536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24537/24537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24557/24557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24581/24581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24582/24582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24583/24583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24585/24585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24603/24603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24604/24604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24605/24605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24606/24606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24611/24611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24621/24621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24643/24643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24639/24639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24645/24645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24689/24689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24690/24690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24729/pl_4747_altera_lei_6850__fenapraca_rev.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24730/24730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24734/24734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24752/24752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24753/24753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24756/24756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24760/24760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24781/24781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24761/24761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24782/24782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24783/24783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24784/24784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24787/24787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24819/24819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24835/24835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24837/24837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24838/24838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24875/24875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24843/24843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24874/24874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24889/pl_4782_denomina_jose_damas_o_banco_de_alimentos_rev.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24867/24867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24868/24868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24869/24869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24888/24888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24892/24892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24932/24932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24936/24936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24941/24941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24984/24984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25002/pl_4801_denomina_centro_comunitario_joao_martins_rev.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25008/pl_4807__comercializacao_de_alimentos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25014/pl_4810_denomina_rua_lazara_moises_rodrigues_r_uQCWIR8.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25015/pl_4812__denomina_manoel_caixeta_duarte_rev_iKUvLXQ.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25120/pl_4815_denomina_pista_de_caminhada_rev.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25042/pl_4816_denomina_travessa_simeon_mota_rev_Gtkq4Lj.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25063/pl_4819_denomina_rua_thiago_menezes_rev_htvHhY8.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25065/pl_4820_denomina_rua_maria_jose_da_cruz_rev.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25066/pl_4821_denomina_rua_das_amoreiras_rev.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25097/pl_4825_altera_lei_7335_zona_azul_rev_bAfvsPB.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25099/pl_4827_denomina_rua_antonio_marques_rev.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25133/pl_4828_denomina_rua_alza_amorim_rev_KE3XaG1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24518/24518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24584/24584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24955/24955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24490/24490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24499/24499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24500/24500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24501/24501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24517/24517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24551/24551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24554/24554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24576/24576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24577/24577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24578/24578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24579/24579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24580/24580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24590/24590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24591/24591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24624/24624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24644/24644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24705/24705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24706/24706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24719/24719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24740/24740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24741/24741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24762/24762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24742/24742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24751/24751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24763/24763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24764/24764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24773/24773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24788/24788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24808/24808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24809/24809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24810/24810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24811/24811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24812/24812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24813/24813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24822/24822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24823/24823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24824/24824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24846/24846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24847/24847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24848/24848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24849/24849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24887/24887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24899/24899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24900/24900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24901/24901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24902/24902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24905/24905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24959/24959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24942/24942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24943/24943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24960/24960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24961/24961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24962/24962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24963/24963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24987/sol057.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/24989/sol059.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25040/sol060.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25080/sol061.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25083/sol062.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25084/sol063.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25087/sol064.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25131/sol065.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/sapl/public/materialegislativa/2018/25124/sol067.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24612/24612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24648/24648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24698/24698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24601/24601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24697/24697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2018/24696/24696_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>