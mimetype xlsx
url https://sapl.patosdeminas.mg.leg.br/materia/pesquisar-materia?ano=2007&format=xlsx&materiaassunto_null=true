--- v0 (2025-12-07)
+++ v1 (2026-03-28)
@@ -54,8443 +54,8443 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Heitor de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5958/5958_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5958/5958_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR PESQUISA JUNTO AOS MORADORES DO BAIRRO VÁRZEA, COLHENDO SUGESTÕES E OPINIÕES, VISANDO À MUDANÇA DO NOME DO MESMO.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5960/5960_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5960/5960_texto_integral.doc</t>
   </si>
   <si>
     <t>NIVELAR O ASFALTO DA RUA DR. JOSÉ OLÍMPIO BORGES, EM FRENTE AO NÚMERO 192, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5961/5961_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5961/5961_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM POSTO POLICIAL NO BAIRRO JARDIM ESPERANÇA, PRÓXIMO A QUADRA DE ESPORTES.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5963/5963_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5963/5963_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MORADIAS PARA OS DESABRIGADOS PELAS ENCHENTES DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5965/5965_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5965/5965_texto_integral.doc</t>
   </si>
   <si>
     <t>FIRMAR CONVÊNIO COM O MINISTÉRIO DA SAÚDE VISANDO À CONSTRUÇÃO DE UMA UNIDADE SIMPLIFICADA DE SAÚDE NA COMUNIDADE DE MOREIRAS.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>João Batista Donizetti da Cruz - Batista Miúdo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5967/5967_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5967/5967_texto_integral.doc</t>
   </si>
   <si>
     <t>A CTBC &amp;#8211; TELECOM INSTALAR TELEFONE PÚBLICO COMUNITÁRIO - TPC NA VILA LOCALIZADA NO DISTRITO DE PILAR.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5969/5969_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5969/5969_texto_integral.doc</t>
   </si>
   <si>
     <t>IDEALIZAR E REALIZAR UMA FEIRA REGIONAL DE ARTESANATO EM PARCERIA COM OS MUNICÍPIOS QUE INTEGRAM O ALTO PARANAÍBA E NOROESTE MINEIRO.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5970/5970_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5970/5970_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO SINDICATO DOS PRODUTORES RURAIS DE PATOS DE MINAS INCLUIR NA PROGRAMAÇÃO DA FENAMILHO A VI FEIRA POPULAR DO BAIRRO ALVORADA, QUE ACONTECERÁ NOS DIAS 4, 5 E 6 DE MAIO DE 2007.</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5971/5971_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5971/5971_texto_integral.doc</t>
   </si>
   <si>
     <t>AO TENENTE CORONEL KLEBER RODRIGUES FERREIRA, COMANDANTE DO 15º BPM, IMPLANTAR O CURSO DO PROERD NO DISTRITO DE PILAR.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5972/5972_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5972/5972_texto_integral.doc</t>
   </si>
   <si>
     <t>A GERENTE DA COPASA DO DISTRITO MÉDIO PARANAÍBA, MARTA MOURA DE MAGALHÃES, INCLUIR NOS TALÕES DE ÁGUA DO MÊS DE ABRIL A DIVULGAÇÃO DA VI FEIRA POPULAR DO BAIRRO ALVORADA, QUE ACONTECERÁ NOS DIAS 4, 5 E 6 DE MAIO DE 2007.</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5973/5973_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5973/5973_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DE KITS COM PEÇAS PARA BANHEIROS, PARA AS FAMÍLIAS CARENTES DAS COMUNIDADES DE ARRAIAL DOS AFONSOS E PONTO CHIC.</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5974/5974_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5974/5974_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL PAULO PIAU, QUE ESTUDE A VIABILIDADE DE INCLUIR NO ORÇAMENTO 2008 VERBA PARA AQUISIÇÃO DE UM HELICÓPTERO PARA O SERVIÇO DE SEGURANÇA PÚBLICA DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5975/5975_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5975/5975_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ANTÔNIO ANDRADE, QUE ESTUDE A VIABILIDADE DE INCLUIR NO ORÇAMENTO 2008 VERBA PARA AQUISIÇÃO DE UM HELICÓPTERO PARA O SERVIÇO DE SEGURANÇA PÚBLICA DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5976/5976_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5976/5976_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL HELY TARQUÍNIO, QUE ESTUDE A VIABILIDADE DE INCLUIR NO ORÇAMENTO 2008 VERBA PARA AQUISIÇÃO DE UM HELICÓPTERO PARA O SERVIÇO DE SEGURANÇA PÚBLICA DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5977/5977_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5977/5977_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL ELMIRO ALVES DO NASCIMENTO, QUE ESTUDE A VIABILIDADE DE INCLUIR NO ORÇAMENTO 2008 VERBA PARA AQUISIÇÃO DE UM HELICÓPTERO PARA O SERVIÇO DE SEGURANÇA PÚBLICA DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5978/5978_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5978/5978_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NA CONFLUÊNCIA DA AVENIDA BRASIL COM A RUA MINAS GERAIS.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5980/5980_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5980/5980_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO SINDICATO DOS TRABALHADORES DO SERVIÇO PÚBLICO MUNICIPAL &amp;#8211; SINTRASP, SENHOR PAULO AUGUSTO CORRÊA, REALIZAR CONVÊNIOS COM O SUPERMERCADO BRETAS, LOJAS DE MATERIAIS PARA CONSTRUÇÃO E OUTRAS LOJAS.</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Itamar André dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5982/5982_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5982/5982_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPONIBILIZAR SUPERVISORAS EDUCACIONAIS PARA TODAS AS CRECHES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5983/5983_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5983/5983_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR REPAROS NO CANTEIRO CENTRAL DA PRAÇA ANTONIO DIAS.</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5985/5985_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5985/5985_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM EMISSÁRIO DA REDE DE ESGOTO NA RUA OLAVO AMORIM, NO TRECHO ENTRE A RUA JOÃO MESSIAS MARQUES E A AVENIDA PADRE ALMIR NEVES DE MEDEIROS, BAIRRO SOBRADINHO.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5989/5989_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5989/5989_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR SISTEMA DE COLETA SELETIVA DE LIXO NA CIDADE DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5991/5991_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5991/5991_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR PROGRAMAS HABITACIONAIS DIRECIONADOS AOS CATADORES DE LIXO RECICLÁVEL DA ASSOCIAÇÃO PATENSE DE RECICLAGEM - APARE. </t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5994/5994_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5994/5994_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DOAÇÃO DE UNIFORMES PARA OS CATADORES DE LIXO RECICLÁVEL DA ASSOCIAÇÃO PATENSE DE RECICLAGEM - APARE. </t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5997/5997_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5997/5997_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UMA UNIDADE DO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS &amp;#8220;CASA DAS FAMÍLIAS&amp;#8221; NOS BAIRROS DO ROSÁRIO, CARAMURU, PADRE EUSTÁQUIO, NOSSA SENHORA DE FÁTIMA, NOSSA SENHORA DAS GRAÇAS, ALVORADA, ALVORADA II, JARDIM ITAMARATI, RESIDENCIAL SORRISO, CORAÇÃO EUCARÍSTICO, NOVO SORRISO, BARREIRO E LAGOINHA.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6000/6000_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6000/6000_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BUEIRO NA RUA ILÍDIO PEREIRA DA FONSECA, NO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6002/6002_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6002/6002_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDENCIAR O RECOLHIMENTO DO LIXO, EM TODOS OS DIAS DA SEMANA, NA AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6005/6005_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6005/6005_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR UMA UNIDADE DO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS &amp;#8220;CASA DAS FAMÍLIAS&amp;#8221; NOS BAIRROS SEBASTIÃO AMORIM, BOA VISTA, JARDIM PANORÂMICO I, II E III, ANTÔNIO CAIXETA, ELDORADO, JARDIM ANDRADAS, RESIDENCIAL GRAMADO E CIDADE JARDIM.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6007/6007_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6007/6007_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTENDER O HORÁRIO DE FUNCIONAMENTO DA BIBLIOTECA MUNICIPAL JOÃO XXIII ATÉ ÀS 22 HORAS.</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Cleonaldo Raimundo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6009/6009_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6009/6009_texto_integral.doc</t>
   </si>
   <si>
     <t>À CEMIG - TRANSFERIR DE LOCAL O POSTE DE ILUMINAÇÃO PÚBLICA INSTALADO NA RUA VEREADOR JOÃO PACHECO, EM FRENTE AO NÚMERO 2.517, NO BAIRRO CRISTO REDENTOR.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6012/6012_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6012/6012_texto_integral.doc</t>
   </si>
   <si>
     <t>À CTBC TELECOM - INSTALAÇÃO DE INTERNET BANDA LARGA EM TODOS OS DISTRITOS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Sílvio Gomes de Deus</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6013/6013_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6013/6013_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, A ALTERAÇÃO NA LEGISLAÇÃO ESTADUAL QUE DISPÕE SOBRE A PREVENÇÃO CONTRA INCÊNDIO E PÂNICO EM EDIFICAÇÃO OU ESPAÇO DESTINADO AO USO COLETIVO NO ESTADO, DE FORMA A POSSIBILITAR QUE CADA CONDÔMINO POSSA ELABORAR E EXECUTAR O PROJETO INDEPENDENTE DOS DEMAIS. </t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6016/6016_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6016/6016_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, HELY TARQÜINIO, A ALTERAÇÃO NA LEGISLAÇÃO ESTADUAL QUE DISPÕE SOBRE A PREVENÇÃO CONTRA INCÊNDIO E PÂNICO EM EDIFICAÇÃO OU ESPAÇO DESTINADO AO USO COLETIVO NO ESTADO, DE FORMA A POSSIBILITAR QUE CADA CONDÔMINO POSSA ELABORAR E EXECUTAR O PROJETO INDEPENDENTE DOS DEMAIS. </t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6018/6018_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6018/6018_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6019/6019_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6019/6019_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À DUPLICAÇÃO DA AVENIDA TOMAZ DE AQUINO, NOS BAIRROS CARAMURU, NOSSA SENHORA DE FÁTIMA, ALVORADA I E II E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6020/6020_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6020/6020_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COMANDANTE DO 15º BPM, TENENTE CORONEL KLEBER RODRIGUES FERREIRA, A IMPLANTAÇÃO DO &amp;#8220;PROJETO ARTE, PAZ E ESPORTE NA COMUNIDADE&amp;#8221; NOS BAIRROS NOSSA SENHORA DE FÁTIMA, ALVORADA I E II, SEBASTIÃO AMORIM, SANTA TEREZINHA, VILA ROSA E CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6022/6022_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6022/6022_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DA CÂMARA MUNICIPAL, REALIZAR UMA ENQUETE NO SITE DA CÂMARA SOBRE A TRANSFERÊNCIA DO CARNAVAL POPULAR PARA O PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6024/6024_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6024/6024_texto_integral.doc</t>
   </si>
   <si>
     <t>DIMINUIR OS CANTEIROS LOCALIZADOS NA AVENIDA PARACATU.</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6025/6025_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6025/6025_texto_integral.doc</t>
   </si>
   <si>
     <t>COBRIR A QUADRA POLIESPORTIVA DO 15º BPM DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6027/6027_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6027/6027_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR POSTO DE SAÚDE NA COMUNIDADE DE SAPÉ.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6031/6031_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6031/6031_texto_integral.doc</t>
   </si>
   <si>
     <t>DIMINUIR AS CALÇADAS DA RUA JOSÉ DE SANTANA, ENTRE A RUA MAJOR GOTE E A AVENIDA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6034/6034_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6034/6034_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR O CARNAVAL POPULAR DE PATOS DE MINAS SOMENTE NA RUA MAJOR GOTE.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6037/6037_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6037/6037_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAR TERRENO PARA IMPLANTAÇÃO DE MAIS UMA ESCOLA NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6040/6040_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6040/6040_texto_integral.doc</t>
   </si>
   <si>
     <t>LIBERAR VERBA PARA O CONSERTO DA AMBULÂNCIA DO DISTRITO DE MAJOR PORTO.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6042/6042_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6042/6042_texto_integral.doc</t>
   </si>
   <si>
     <t>DESTINAR AO ESPORTE CLUBE MAMORÉ O MESMO VALOR DE SUBVENÇÃO PREVISTA PARA A URT NO EXERCÍCIO ORÇAMENTÁRIO DE 2007.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6048/6048_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6048/6048_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER SUBVENÇÃO NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS) À ASSOCIAÇÃO DE MORADORES DO BAIRRO NOSSA SENHORA DE FÁTIMA, NO PRESENTE EXERCÍCIO ORÇAMENTÁRIO, PARA REALIZAÇÃO DA VI FEIRA POPULAR.  </t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Otaviano Marques de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6049/6049_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6049/6049_texto_integral.doc</t>
   </si>
   <si>
     <t>TRANSFERIR O REGIME ADOTADO PELA REDE MUNICIPAL DE ENSINO DE CICLOS PARA SÉRIES, COMO NAS ESCOLAS DA REDE ESTADUAL DE ENSINO.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6050/6050_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6050/6050_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COMANDANTE DO 15º BPM, TENENTE CORONEL KLEBER RODRIGUES FERREIRA, QUE A POLÍCIA MILITAR REVEJA A QUESTÃO DE MULTAS NO TRÂNSITO.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6051/6051_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6051/6051_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR LIMPEZA E INSTALAR PLACA DE PROIBIÇÃO DE JOGAR LIXO NA RUA DOS GIGANTES, PRÓXIMO AO NÚMERO 51, NO BAIRRO VILA GARCIA.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6052/6052_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6052/6052_texto_integral.doc</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA, ESPORTE E LAZER RETORNAR COM A REALIZAÇÃO DO FESTIVAL DE PIPAS, SE POSSÍVEL NA SEGUNDA QUINZENA DE AGOSTO.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6053/6053_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6053/6053_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DO CENTRO DE LACTAÇÃO; DO NÚCLEO DE ATIVIDADES DE APOIO MULTIPROFISSIONAL AO PARTO E PUERPÉRIO, PARA RECEBER E ACOMODAR AS GESTANTES APÓS O PARTO E DO CENTRO DE VIGILÂNCIA ÀS CRIANÇAS MENORES DE UM ANO, EM SITUAÇÃO DE RISCO DE MORTE.   </t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6054/6054_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6054/6054_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NA RUA PARANÁ ESQUINA COM A AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6055/6055_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6055/6055_texto_integral.doc</t>
   </si>
   <si>
     <t>CEDER OU CONTRATAR UM PROFESSOR DE EDUCAÇÃO FÍSICA E DOIS AUXILIARES PARA COLABORAREM COM A POLÍCIA MILITAR NA EXECUÇÃO DO PROJETO ESPORTE, ARTE E PAZ NA COMUNIDADE.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6056/6056_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6056/6056_texto_integral.doc</t>
   </si>
   <si>
     <t>EFETIVAR A MUDANÇA DO SISTEMA ELÉTRICO DE MONOFÁSICO PARA TRIFÁSICO NA COMUNIDADE DE SANTANA DE PATOS</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6057/6057_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6057/6057_texto_integral.doc</t>
   </si>
   <si>
     <t>AMPLIAR O ITINERÁRIO DA LINHA DE ÔNIBUS Nº25 &amp;#8211; ALVORADA/DISTRITO INDUSTRIAL, PARA ATENDER OS MORADORES DO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6058/6058_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6058/6058_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DE BRIQUETES PARA A CONSTRUÇÃO DE PASSEIOS NA SEDE DA ASSOCIAÇÃO DE MORADORES DO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6059/6059_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6059/6059_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DE MURO NA SEDE DA ASSOCIAÇÃO DE MORADORES DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6060/6060_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6060/6060_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA MELHORIAS NA ILUMINAÇÃO PÚBLICA DAS AVENIDAS DEPUTADO BINGA E JOÃO CIRINO, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6061/6061_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6061/6061_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA COBERTURA DA QUADRA POLIESPORTIVA DO BAIRRO NOSSA SENHORA DE FÁTIMA. </t>
   </si>
   <si>
     <t>6062</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6062/6062_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6062/6062_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA INSTALAÇÃO DE ILUMINAÇÃO NO CAMPO DE FUTEBOL DO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6063/6063_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6063/6063_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DOS MORADORES DO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6064</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6064/6064_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6064/6064_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA A COMPRA DE COMPUTADORES PARA AS ASSOCIAÇÕES DOS BAIRROS NOSSA SENHORA DE FÁTIMA, JARDIM ITAMARATI E ALVORADA.</t>
   </si>
   <si>
     <t>6065</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6065/6065_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6065/6065_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, DESTINAR VERBA PARA CONSTRUÇÃO DE UMA ESCOLA NO BAIRRO NOSSA SENHORA DE FÁTIMA, COM ENSINO FUNDAMENTAL E MÉDIO.</t>
   </si>
   <si>
     <t>6066</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6066/6066_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6066/6066_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TELEFONE PÚBLICO COMUNITÁRIO NA RUA SÃO GERALDO, EM FRENTE AO NÚMERO 491.</t>
   </si>
   <si>
     <t>6067</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6067/6067_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6067/6067_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, DESTINAR VERBA PARA A COMPRA DE EQUIPAMENTOS DATA SHOW PARA TODAS AS ESCOLAS ESTADUAIS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Otaviano Marques de Amorim, Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6068/6068_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6068/6068_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, DESTINAR VERBA PARA REESTRUTURAÇÃO DA ESCOLA ESTADUAL PROFESSOR ZAMA MACIEL, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Edimê Erlinda de Lima Avelar, Cleonaldo Raimundo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6069/6069_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6069/6069_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSEIO OU PISTA PARA PEDESTRES NA RUA URÂNIO, QUE DÁ ACESSO À AVENIDA FÁTIMA PORTO, AO BAIRRO JARDIM DOS ANDRADAS E OUTROS.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6070/6070_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6070/6070_texto_integral.doc</t>
   </si>
   <si>
     <t>A DIVISÃO DE TRÂNSITO E TRANSPORTE, A INSTALAÇÃO DE SEMÁFOROS NA PRAÇA DOM EDUARDO ESQUINA COM AS RUAS DEIRÓ BORGES E ALFREDO BORGES.</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6071/6071_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6071/6071_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SECRETÁRIO ESTADUAL DE SAÚDE, DR. MARCUS PESTANA, DISPONIBILIZAR A DISTRIBUIÇÃO DE MEDICAMENTOS PARA CARDÍACOS, ATRAVÉS DO SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6072/6072_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6072/6072_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MINISTRO DA SAÚDE, DR. AGENOR ÁLVARES, DISPONIBILIZAR A DISTRIBUIÇÃO DE MEDICAMENTOS PARA CARDÍACOS, ATRAVÉS DO SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6073/6073_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6073/6073_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAR UMA ÁREA COBERTA NO CSU PARA REALIZAÇÃO DO PROGRAMA AGITO E AUMENTAR UMA AULA. </t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6074/6074_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6074/6074_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICO ESPECIALISTA EM CIRURGIA DE CABEÇA E PESCOÇO PARA ATENDIMENTO PELO SISTEMA MUNICIPAL DE SAÚDE DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6075</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6075/6075_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6075/6075_texto_integral.doc</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA MARIA SOARES, LOCALIZADA ENTRE AS AVENIDAS BRASIL E PARANAÍBA, NO BAIRRO BRASIL.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6076/6076_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6076/6076_texto_integral.doc</t>
   </si>
   <si>
     <t>LIBERAÇÃO DO FUNCIONAMENTO DO SISTEMA DE ESTACIONAMENTO ROTATIVO - ZONA AZUL AOS SÁBADOS.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6077/6077_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6077/6077_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ADOTAR O USO DE PRODUTOS ORGÂNICOS NA MERENDA ESCOLAR DA REDE MUNICIPAL DE ENSINO. </t>
   </si>
   <si>
     <t>6078</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6078/6078_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6078/6078_texto_integral.doc</t>
   </si>
   <si>
     <t>CERCAR COM ALAMBRADO O CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6079/6079_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6079/6079_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR CONVÊNIO COM A POLÍCIA MILITAR E O CENTRO UNIVERSITÁRIO DE PATOS DE MINAS &amp;#8211; UNIPAM VISANDO AUXILIAR NA IMPLEMENTAÇÃO DO PROJETO &amp;#8220;ARTE, ESPORTE E PAZ NA COMUNIDADE&amp;#8221;, DESENVOLVIDO PELA POLÍCIA MILITAR DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6080</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6080/6080_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6080/6080_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR A MANUTENÇÃO NECESSÁRIA PARA A RELIGAÇÃO DE ÁGUA NA QUADRA POLIESPORTIVA COBERTA DO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6081/6081_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6081/6081_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">FORNECER GRATUITAMENTE FRALDAS DESCARTÁVEIS AOS IDOSOS E PESSOAS QUE POSSUAM INDICAÇÃO MÉDICA. </t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6082/6082_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6082/6082_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAR E COLOCAR CASCALHO NA ESTRADA DO PALMITAL, SENTIDO HORIZONTE ALEGRE, PASSANDO PELA FAZENDA DO ZÉ CATONHO E REFORMAR O MATA-BURRO PRÓXIMO À PROPRIEDADE DO HÉLIO DO ZÉ CATONHO.</t>
   </si>
   <si>
     <t>6083</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6083/6083_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6083/6083_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DE TERRENO PARA O CONSELHO DE PASTORES DE PATOS DE MINAS - CONPAS, PARA CONSTRUÇÃO DA SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6084/6084_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6084/6084_texto_integral.doc</t>
   </si>
   <si>
     <t>DESIGNAR EQUIPE PARA REALIZAR LIMPEZA DOS LOTES DE PROPRIEDADE DA PREFEITURA MUNICIPAL LOCALIZADOS NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6085/6085_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6085/6085_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DE PÃES E BISCOITOS EM GERAL, PRODUZIDOS PELA PANIFICADORA DO PROMAM, PARA A ASSOCIAÇÃO DOS MORADORES DO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6086/6086_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6086/6086_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRATAR INTÉRPRETES DA LINGUAGEM DE SINAIS &amp;#8211; LIBRAS OU PREPARAR SERVIDORES OFERECENDO CURSOS, PARA ATENDIMENTO PÚBLICO NOS SETORES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6087/6087_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6087/6087_texto_integral.doc</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE COMPUTADORES, BEM COMO A DISPONIBILIZAÇÃO DE UM LOCAL APROPRIADO PARA INSTALAÇÃO E USO DOS MESMOS, COM AULAS GRATUITAS DE COMPUTAÇÃO PARA AS FAMÍLIAS CARENTES RESIDENTES NOS BAIRROS JARDIM ITAMARATI, NOSSA SENHORA DE FÁTIMA E CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6088/6088_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6088/6088_texto_integral.doc</t>
   </si>
   <si>
     <t>LIBERAR A VENDA, NA FEIRA LIVRE DO PRODUTOR RURAL, DE PRODUTOS NÃO PRODUZIDOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6232/6232_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6232/6232_texto_integral.doc</t>
   </si>
   <si>
     <t>DISTRIBUIR MUDAS DE ÁRVORES À POPULAÇÃO NA DATA DE 21 DE ABRIL &amp;#8211; DIA DA ÁRVORE.</t>
   </si>
   <si>
     <t>6233</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6233/6233_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6233/6233_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDER ISENÇÃO DE IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU PARA OS PORTADORES DE DOENÇAS COMPLEXAS.</t>
   </si>
   <si>
     <t>6234</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6234/6234_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6234/6234_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR EXAMES MÉDICOS ANUAIS EM ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>6235</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6235/6235_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6235/6235_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMAR A PONTE QUE LIGA OS BAIRROS VILA ROSA E JARDIM PAULISTANO, LOCALIZADA NA RUA CARMO DO PARANAÍBA.</t>
   </si>
   <si>
     <t>6236</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6236/6236_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6236/6236_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE GUARITA NO PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TCUM LOCALIZADO NA RUA TEÓFILO OTONI, EM FRENTE AO N.º 52, NO BAIRRO ANTÔNIO CAIXETA.</t>
   </si>
   <si>
     <t>6237</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6237/6237_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6237/6237_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMAR O PARQUINHO INFANTIL DA ESCOLA MUNICIPAL PREFEITO JACQUES CORREA DA COSTA.</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6238/6238_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6238/6238_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR MURO NA ESCOLA MUNICIPAL JACQUES CORREA DA COSTA, DO LADO DA RUA VICENTE AMÂNCIO SILVA.</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6239/6239_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6239/6239_texto_integral.doc</t>
   </si>
   <si>
     <t>A COPASA MG OFERECER DESCONTO NA CONTA DE ÁGUA À POPULAÇÃO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6240/6240_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6240/6240_texto_integral.doc</t>
   </si>
   <si>
     <t>ADEQUAR O FORNECIMENTO DE ÁGUA POTÁVEL NA ESCOLA ELZA CARNEIRO FRANCO (POLIVALENTE), EM FUNCIONAMENTO EM ALAGOAS.</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6241/6241_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6241/6241_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORIAS NA DISPONIBILIZAÇÃO DE TRANSPORTE PARA OS PROFISSIONAIS DA EDUCAÇÃO DA ESCOLA ELZA CARNEIRO FRANCO (POLIVALENTE), EM FUNCIONAMENTO EM ALAGOAS.</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6242/6242_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6242/6242_texto_integral.doc</t>
   </si>
   <si>
     <t>ASSENTAR BRIQUETES NO CORREDOR DA RUA BAHIA, PRÓXIMO AO NÚMERO 497.</t>
   </si>
   <si>
     <t>6243</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Bartolomeu Ferreira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6243/6243_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6243/6243_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGOS NOS PONTOS DE EMBARQUE E DESEMBARQUE DE ALUNOS DO TRANSPORTE ESCOLAR NA ZONA RURAL.</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6244/6244_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6244/6244_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR PELO MENOS UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA RIQUETA MARIA DE JESUS, NO BAIRRO CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6245/6245_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6245/6245_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR CONVÊNIO COM O MINISTÉRIO DA EDUCAÇÃO E A UNIVERSIDADE FEDERAL DE VIÇOSA PARA IMPLANTAÇÃO DE UM CAMPUS EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6246/6246_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6246/6246_texto_integral.doc</t>
   </si>
   <si>
     <t>FORNECER ALMOÇO (MARMITEX) AOS ASSOCIADOS DA APARE.</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6247/6247_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6247/6247_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER, NO PRESENTE EXERCÍCIO ORÇAMENTÁRIO, VERBA PARA CONSTRUÇÃO DE SEDE E SUBVENÇÃO NO VALOR DE R$ 5.000,00 (CINCO MIL REAIS) À ENTIDADE CPN - COMUNIDADE PÁTRIA NOSSA PARA DESENVOLVIMENTO DE SUAS ATIVIDADES.  </t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6248/6248_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6248/6248_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAR POSTE DE ILUMINAÇÃO PÚBLICA NA AVENIDA OSVALDO GUIMARÃES, PRÓXIMO AO N.º 110, NO BAIRRO GUANABARA.  </t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6249/6249_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6249/6249_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAR POSTE DE ILUMINAÇÃO PÚBLICA NA AVENIDA ERMELINDA ARTIAGA SOUZA, NO BAIRRO GUANABARA.  </t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6250/6250_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6250/6250_texto_integral.doc</t>
   </si>
   <si>
     <t>A COPASA/MG - COMPRAR DOIS CAMINHÕES PIPA PARA PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6251/6251_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6251/6251_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NA RENOVAÇÃO DO CONTRATO DE CONCESSÃO DE SERVIÇOS DE ABASTECIMENTO DE ÁGUA COM A COPASA/MG A INSTALAÇÃO DE UM ESCRITÓRIO DE SUPERINTENDÊNCIA REGIONAL DA EMPRESA EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6252/6252_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6252/6252_texto_integral.doc</t>
   </si>
   <si>
     <t>DESIGNAR EQUIPE PARA REALIZAR LIMPEZA GERAL NAS CALÇADAS DAS RUAS DO BAIRRO CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>6159</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6159/6159_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6159/6159_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGOS E BANCOS NOS PONTOS DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TCUM, LOCALIZADOS NA RUA ANTÔNIO AMÂNCIO FILHO, NO BAIRRO CORAÇÃO EUCARÍSTICO.</t>
   </si>
   <si>
     <t>6160</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6160/6160_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6160/6160_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIR UM POSTE DE MADEIRA POR UM DE CIMENTO NA AVENIDA JOÃO CIRINO, PRÓXIMO A VILA PEDRO FÉLIX, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6161</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6161/6161_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6161/6161_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGO E BANCO NO PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TCUM, LOCALIZADO NA AVENIDA JOÃO CIRINO, PRÓXIMO A VILA PEDRO FÉLIX, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6162/6162_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6162/6162_texto_integral.doc</t>
   </si>
   <si>
     <t>LIBERAR A VENDA, NA FEIRA LIVRE DO PRODUTOR RURAL, DE FRUTAS, VERDURAS E PEIXES EM GERAL.</t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6163/6163_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6163/6163_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGO E BANCO NO PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TCUM, LOCALIZADO ENTRE AS RUAS JOSÉ ALVES COELHO E GRÉCIA, NO BAIRRO AURÉLIO CAIXETA.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6164/6164_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6164/6164_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAR TERRENO PARA A 45ª SUBSEÇÃO DA OAB DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6165/6165_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6165/6165_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAR UM CONTADOR PARA AS ASSOCIAÇÕES DE MORADORES. </t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6166/6166_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6166/6166_texto_integral.doc</t>
   </si>
   <si>
     <t>AMPLIAR O SISTEMA DE ESTACIONAMENTO ROTATIVO &amp;#8220;ZONA AZUL&amp;#8221; PARA A RUA JUCA MANDÚ, ENTRE AS RUAS MAJOR GOTE E 5 DE MAIO.</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6167/6167_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6167/6167_texto_integral.doc</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO PRÉDIO DA ESCOLA MUNICIPAL MARLUCE MARTINS DE OLIVEIRA SCHER, CONSTRUINDO UMA SALA PARA PROFESSORES; UMA PARA REUNIÕES E UMA PARA COMPUTAÇÃO, BEM COMO, ADEQUAR A DISTRIBUIÇÃO DA MERENDA ESCOLAR E A DISPONIBILIZAÇÃO DE MATERIAIS DE LIMPEZA ÀS NECESSIDADES DA ESCOLA.</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6168/6168_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6168/6168_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPEZA E REABILITAÇÃO DA LAGOA LOCALIZADA ENTRE AS RUAS DR. DOLOR BORGES E ALZIR MACHADO FONSECA, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>6176</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6176/6176_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6176/6176_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NOS BALÕES EXISTENTES NA AVENIDA MARABÁ.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6177/6177_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6177/6177_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE PADRÃO DE ENERGIA ELÉTRICA NA LAVANDERIA COMUNITÁRIA LOCALIZADA NA RUA BAHIA, BAIRRO VILA ROSA, DEVIDO A QUEIMA DO TRANSFORMADOR. </t>
   </si>
   <si>
     <t>6178</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6178/6178_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6178/6178_texto_integral.doc</t>
   </si>
   <si>
     <t>CESSÃO DE MÁQUINA INDUSTRIAL DE LAVAR ROUPAS, QUE SE ENCONTRA SEM UTILIZAÇÃO NO CRISTAVO, PARA A LAVANDERIA COMUNITÁRIA LOCALIZADA NA RUA BAHIA, BAIRRO VILA ROSA.</t>
   </si>
   <si>
     <t>6180</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6180/6180_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6180/6180_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA ESQUINA DAS RUAS ALZIR MACHADO FONSECA E PEDRO NOLASCO SILVA, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6181/6181_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6181/6181_texto_integral.doc</t>
   </si>
   <si>
     <t>COBERTURA DAS QUADRAS POLIESPORTIVAS DO PARQUE MUNICIPAL DO MOCAMBO.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6183/6183_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6183/6183_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NA RUA CAETÉS ESQUINA COM A RUA GUARANIS, BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6186</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Eustáquio José da Silva</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6186/6186_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6186/6186_texto_integral.doc</t>
   </si>
   <si>
     <t>PERFURAÇÃO URGENTE DE UM POÇO ARTESIANO NA CASA DAS MENINAS.</t>
   </si>
   <si>
     <t>6187</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6187/6187_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6187/6187_texto_integral.doc</t>
   </si>
   <si>
     <t>CONTRATAÇÃO URGENTE DE MÉDICO HEMATOLOGISTA PARA ATENDIMENTO NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6188/6188_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6188/6188_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">À CTBC - INCLUIR NAS PRÓXIMAS EDIÇÕES DA LISTA TELEFÔNICA, A EXEMPLO DAS REFERÊNCIAS AOS TELEFONES PÚBLICOS, OS PONTOS DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL. </t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6189/6189_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6189/6189_texto_integral.doc</t>
   </si>
   <si>
     <t>À CTBC - ATUALIZAR NAS PRÓXIMAS EDIÇÕES DA LISTA TELEFÔNICA OS NOMES DE RUAS E PRAÇAS QUE FORAM DENOMINADOS NOS ÚLTIMOS ANOS, COMO POR EXEMPLO, A PRAÇA ALMIR CAMPOS SOARES, NO BAIRRO JARDIM  ITAMARATI E A RUA JOMAR VAZ  BORGES, ANTIGA RUA A, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6190/6190_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6190/6190_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR PLACAS DE IDENTIFICAÇÃO NAS SEGUINTES QUADRAS: ELZA MARIA TEODORO MOREIRA, NO BAIRRO RESIDENCIAL SORRISO E LAZARINA PEREIRA BASÍLIO, NO BAIRRO ALTO LIMOEIRO.</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6191/6191_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6191/6191_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAR UM CONSULTÓRIO ODONTOLÓGICO NA COMUNIDADE DE ARRAIAL DOS AFONSOS, NO PRÉDIO ONDE FUNCIONA O POSTO DE ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>6192</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6192/6192_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6192/6192_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR UMA LINHA DE ÔNIBUS COM O SEGUINTE ITINERÁRIO: COLINA &amp;#8211; CENTRO &amp;#8211; SETOR INDUSTRIAL &amp;#8211; TERRENA &amp;#8211; CEMIL. </t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6193/6193_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6193/6193_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR O CADASTRAMENTO DO MUNICÍPIO AO PROGRAMA LEITE PELA VIDA.</t>
   </si>
   <si>
     <t>6194</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6194/6194_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6194/6194_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR O CADASTRAMENTO DO MUNICÍPIO AO PROGRAMA CIDADÃO NOTA 10.</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6196/6196_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6196/6196_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR PLACAS INFORMANDO A NUMERAÇÃO DAS LINHAS DOS ÔNIBUS NOS PONTOS DE PARADA DO TCUM, LOCALIZADOS NAS VIAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6197</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6197/6197_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6197/6197_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR CONVÊNIO COM O GOVERNO ESTADUAL VISANDO A UTILIZAÇÃO DO IMÓVEL ONDE FUNCIONAVA O CORPO DE BOMBEIROS, PARA INSTALAÇÃO DE UMA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>6199</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6199/6199_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6199/6199_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUIR A AREIA DO PARQUINHO INFANTIL LOCALIZADO NO PARQUE MUNICIPAL DO MOCAMBO, DEVIDO À CONTAMINAÇÃO POR ESGOTO.</t>
   </si>
   <si>
     <t>6201</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6201/6201_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6201/6201_texto_integral.doc</t>
   </si>
   <si>
     <t>LIMPAR E A URBANIZAR A PRAÇA JOÃO BATISTA DE CASTRO, NO BAIRRO ALTO CAIÇARAS.</t>
   </si>
   <si>
     <t>6202</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6202/6202_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6202/6202_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL CHICO UEJO &amp;#8211; ALOCAR RECURSOS FINANCEIROS DOS GOVERNOS ESTADUAL E FEDERAL PARA CONSTRUÇÃO DO ALAMBRADO NO CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6203</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6203/6203_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6203/6203_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ANTÔNIO ANDRADE &amp;#8211; ALOCAR RECURSOS FINANCEIROS DOS GOVERNOS FEDERAL E ESTADUAL PARA CONSTRUÇÃO DO ALAMBRADO NO CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6205</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6205/6205_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6205/6205_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL PAULO PIAU &amp;#8211; ALOCAR RECURSOS FINANCEIROS DOS GOVERNOS FEDERAL E ESTADUAL PARA CONSTRUÇÃO DO ALAMBRADO NO CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6207/6207_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6207/6207_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL WELITON PRADO &amp;#8211; ALOCAR RECURSOS FINANCEIROS DOS GOVERNOS ESTADUAL E FEDERAL PARA CONSTRUÇÃO DO ALAMBRADO NO CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6208</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6208/6208_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6208/6208_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL ELMIRO NASCIMENTO &amp;#8211; ALOCAR RECURSOS FINANCEIROS DOS GOVERNOS ESTADUAL E FEDERAL PARA CONSTRUÇÃO DO ALAMBRADO NO CAMPO DE FUTEBOL LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6210/6210_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6210/6210_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ANTÔNIO ANDRADE &amp;#8211; INSTALAR UM POSTO DA POLÍCIA FEDERAL EM PATOS DE MINAS PARA ATENDER, PELO MENOS UMA VEZ POR MÊS, AS PESSOAS QUE PRECISAM FAZER PASSAPORTES.</t>
   </si>
   <si>
     <t>6212</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6212/6212_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6212/6212_texto_integral.doc</t>
   </si>
   <si>
     <t>CELEBRAR CONVÊNIO COM A SECRETARIA ESTADUAL DE SAÚDE PARA CONSTRUÇÃO DE UM POSTO DE SAÚDE NA COMUNIDADE DE MOREIRAS.</t>
   </si>
   <si>
     <t>6213</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6213/6213_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6213/6213_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR CONSULTÓRIO ODONTOLÓGICO NA COMUNIDADE DE ALAGOAS.</t>
   </si>
   <si>
     <t>6215</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6215/6215_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6215/6215_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA AS FANFARRAS DAS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ; ABNER AFONSO; DR. PAULO BORGES E DONA GUIOMAR DE MELO, LOCALIZADAS EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6216</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6216/6216_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6216/6216_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA AS FANFARRAS DAS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ; ABNER AFONSO; DR. PAULO BORGES E DONA GUIOMAR DE MELO, LOCALIZADAS EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6218</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6218/6218_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6218/6218_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A CANALIZAÇÃO E REALIZAÇÃO DE OBRAS COMPLEMENTARES NO CÓRREGO DOS RODRIGUES, LOCALIZADO NO BAIRRO LAGOINHA EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6226/6226_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6226/6226_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À DUPLICAÇÃO DA AVENIDA TOMAZ DE AQUINO, NOS BAIRROS CARAMURU, NOSSA SENHORA DE FÁTIMA, ALVORADA I E II E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6228/6228_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6228/6228_texto_integral.doc</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6230/6230_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6230/6230_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À DUPLICAÇÃO DA AVENIDA TOMAZ DE AQUINO, NOS BAIRROS CARAMURU, NOSSA SENHORA DE FÁTIMA, ALVORADA I E II E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6231/6231_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6231/6231_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL OU ESTADUAL NO BAIRRO NOSSA SENHORA DE FÁTIMA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6253/6253_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6253/6253_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, PROMOVER AÇÕES JUNTO ÀS AUTORIDADES COMPETENTES VISANDO À CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL OU ESTADUAL NO BAIRRO NOSSA SENHORA DE FÁTIMA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6254/6254_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6254/6254_texto_integral.doc</t>
   </si>
   <si>
     <t>A MESA DIRETORA - REALIZAR A COMPRA DE EQUIPAMENTOS DATA SHOW PARA A CÂMARA MUNICIPAL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6255/6255_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6255/6255_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, ALOCAR RECURSOS FINANCEIROS PARA OS TIMES DE FUTEBOL AMADORES E PROFISSIONAIS DE PATOS DE MINAS: MAMORÉ, URT, OLARIA, PARANAÍBA, VILA, ASSOCIAÇÃO ATLÉTICA DESPORTIVA NOSSA SENHORA DE FÁTIMA E OUTROS QUE PODERÃO SE INSCREVER QUANDO FOREM DISPUTAR CAMPEONATO REPRESENTANDO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6256/6256_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6256/6256_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, ALOCAR RECURSOS FINANCEIROS PARA OS TIMES DE FUTEBOL AMADORES E PROFISSIONAIS DE PATOS DE MINAS: MAMORÉ, URT, OLARIA, PARANAÍBA, VILA, ASSOCIAÇÃO ATLÉTICA DESPORTIVA NOSSA SENHORA DE FÁTIMA E OUTROS QUE PODERÃO SE INSCREVER QUANDO FOREM DISPUTAR CAMPEONATO REPRESENTANDO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6257/6257_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6257/6257_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE DUAS SALAS, QUE ESTÃO DESATIVADAS NO CRISTAVO E PERTENCEM À FUNDAÇÃO PROMAM, PARA O CENTRO DE EDUCAÇÃO INFANTIL VOVÓ CHIQUINHA.</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6258/6258_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6258/6258_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CONCHA ACÚSTICA NA AVENIDA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6259/6259_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6259/6259_texto_integral.doc</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA ATAÍDE JOSÉ LOPES, NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6260/6260_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6260/6260_texto_integral.doc</t>
   </si>
   <si>
     <t>ASSINATURA DO TERMO DE ADESÃO JUNTO AO PDE - PLANO DE DESENVOLVIMENTO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6261/6261_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6261/6261_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COMANDANTE DO 15º BPM, TENENTE CORONEL KLEBER RODRIGUES FERREIRA, INTENSIFICAR O POLICIAMENTO NAS INSTALAÇÕES DO CEASA.</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6262/6262_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6262/6262_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COMANDANTE DO 15º BPM, TENENTE CORONEL KLEBER RODRIGUES FERREIRA, IMPLANTAR O &amp;#8220;PROJETO ARTE, PAZ E ESPORTE NA COMUNIDADE&amp;#8221; NOS BAIRROS CRISTO REDENTOR, LAGOINHA, VÁRZEA, SANTO ANTÔNIO E ABNER AFONSO.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6563/6563_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6563/6563_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6265/6265_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6265/6265_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, CHICO UEJO, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6269/6269_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6269/6269_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL WELITON PRADO, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6270/6270_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6270/6270_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA TOMAZ DE AQUINO.</t>
   </si>
   <si>
     <t>6272</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6272/6272_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6272/6272_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA DEPUTADO BINGA, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6274</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6274/6274_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6274/6274_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA DEPUTADO BINGA, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6280</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6280/6280_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6280/6280_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA DEPUTADO BINGA, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6282</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6282/6282_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6282/6282_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA JOÃO CYRINO, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6287</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6287/6287_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6287/6287_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA JOÃO CYRINO, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6288</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6288/6288_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6288/6288_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, ALOCAR RECURSOS FINANCEIROS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO À ADEQUAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA JOÃO CYRINO, NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6300/6300_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6300/6300_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR NO PROJETO DE CONSTRUÇÃO DO CEASA UM POSTO DE APOIO PARA O POLICIAMENTO.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6302/6302_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6302/6302_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR POSTE DE ILUMINAÇÃO PÚBLICA NA RUA JOSÉ FELIPE DE MELO, NO BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6306/6306_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6306/6306_texto_integral.doc</t>
   </si>
   <si>
     <t>DESIGNAR EQUIPE PARA REALIZAR LIMPEZA GERAL NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6307/6307_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6307/6307_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UM CAMPO DE FUTEBOL SOÇAITE NA PRAÇA FREI ILDEU MOREIRA, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6308/6308_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6308/6308_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL E À VIAÇÃO PÁSSARO BRANCO - AMPLIAR A LINHA DE TRANSPORTE COLETIVO QUE DÁ ACESSO À COLÔNIA PENAL ATÉ O RESTAURANTE DO RIVALCINO, LOCALIZADO NO KM 401 DA BR 354.</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6309/6309_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6309/6309_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAR UM TERRENO PARA A IGREJA RENASCER.</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6310/6310_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6310/6310_texto_integral.doc</t>
   </si>
   <si>
     <t>COBRIR A QUADRA POLIESPORTIVA NA COMUNIDADE DE MOREIRAS.</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6311/6311_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6311/6311_texto_integral.doc</t>
   </si>
   <si>
     <t>COBRIR A QUADRA POLIESPORTIVA NA COMUNIDADE DE CABECEIRA DO AREADO.</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6313/6313_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6313/6313_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA QUADRA POLIESPORTIVA NA COMUNIDADE DE CABECEIRA DO CHUMBO.</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6314/6314_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6314/6314_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA QUADRA POLIESPORTIVA NA COMUNIDADE DE PONTO CHIQUE.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6318/6318_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6318/6318_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUIR OFICIALMENTE NO CALENDÁRIO TURÍSTICO DE PATOS DE MINAS A FESTA DE NOSSA SENHORA DA ABADIA.</t>
   </si>
   <si>
     <t>6320</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6320/6320_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6320/6320_texto_integral.doc</t>
   </si>
   <si>
     <t>ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA A ASSOCIAÇÃO DE PEQUENOS PRODUTORES RURAIS DE SERRA GRANDE.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6533/6533_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6533/6533_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCLUIR O ASFALTO NA RUA LOCALIZADA EM FRENTE AO SANTUÁRIO MEDALHA MILAGROSA, NO BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6534/6534_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6534/6534_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR LEVANTAMENTO, ATRAVÉS DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL, DAS CASAS PERTENCENTES ÀS PESSOAS CARENTES NA COMUNIDADE DE ARRAIAL DOS AFONSOS, VISANDO À REALIZAÇÃO DE REFORMA E MELHORIA NA ESTRUTURA FÍSICA DAS MESMAS.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6535/6535_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6535/6535_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR SEMÁFORO NA CONFLUÊNCIA DAS RUAS JOÃO DA ROCHA FILGUEIRA E ALFREDO BORGES.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6536/6536_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6536/6536_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPONIBILIZAR MÃO-DE-OBRA PARA REFORMA DO GRUPO ESCOLAR NA COMUNIDADE DE ARRAIAL DOS AFONSOS.</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6537/6537_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6537/6537_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DOAÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DA SEDE DA AADAP &amp;#8211; ASSOCIAÇÃO DOS ÁRBITROS DESPORTISTAS DO ALTO PARANAÍBA. </t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6538/6538_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6538/6538_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAR UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA ROBERTO DE ASSIS MARTINS, PRÓXIMO AO Nº 223, NO BAIRRO JARDIM PAULISTANO. </t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6539/6539_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6539/6539_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPONIBILIZAR 1 (UM) ARMÁRIO DE AÇO, 2 (DUAS) PRATELEIRAS DE AÇO E 1 (UM) DVD PARA O C.E.I. VEREADOR JOSÉ MOTA, NO DISTRITO DE PINDAÍBAS.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6540/6540_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6540/6540_texto_integral.doc</t>
   </si>
   <si>
     <t>ENTRONIZAR FOTO DA 1ª BIBLIOTECÁRIA DE PATOS DE MINAS, SRA. ENÓIA ALVES PEDRA, EM LOCAL DE DESTAQUE NA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6541/6541_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6541/6541_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIAR O CENTRO PÚBLICO DE ECONOMIA SOLIDÁRIA.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6542/6542_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6542/6542_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR REDUTORES DE VELOCIDADE NA RUA ARTUR MAGALHÃES, ENTRE A RUA JOSÉ LUIS FERREIRA E A PRAÇA DO CAMPO DO VILA.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6543/6543_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6543/6543_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DA CÂMARA MUNICIPAL DE PATOS DE MINAS &amp;#8211; FIRMAR PARCERIA PARA REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA SOBRE A EDUCAÇÃO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>José Carlos da Silva - Carlito</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6544/6544_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6544/6544_texto_integral.doc</t>
   </si>
   <si>
     <t>ASFALTAR A RUA VIRGÍLIO BORGES JÚNIOR, BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6545/6545_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6545/6545_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMAR O GRUPO ESCOLAR NA COMUNIDADE DE PONTO CHIC.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6546/6546_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6546/6546_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAR PLACAS NOS CRUZAMENTOS DAS RUAS IDENTIFICANDO OS NOMES DAS MESMAS.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6547/6547_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6547/6547_texto_integral.doc</t>
   </si>
   <si>
     <t>PATROLAR A ESTRADA DE ACESSO AS FAZENDAS DOS SRS. ARMANDO DO PEDRINHO RUFINO E ZÉ COTA, EM FRENTE À FAZENDA DO SR. GERALDO QUEIROZ &amp;#8211; ANTIGA ESTRADA PATOS-PIRAPORA, QUE LIGA A COMUNIDADE DE PONTO CHIC.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6548/6548_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6548/6548_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMAR A PONTE NA REGIÃO DE ARAGÃO, SENTIDO BR-365 &amp;#8211; GINÚ BAIXOTE, PRÓXIMO À RESIDÊNCIA DO PEIXE.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6549/6549_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6549/6549_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMAR A PONTE NA REGIÃO DE ABELHA, VIA FAZENDA DO SR. SEBASTIÃO SOARES.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6550/6550_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6550/6550_texto_integral.doc</t>
   </si>
   <si>
     <t>ADQUIRIR UMA MESA GINECOLÓGICA PARA O POSTO DE SAÚDE DA LOCALIDADE DE COLÔNIA AGRÍCOLA.</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6551/6551_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6551/6551_texto_integral.doc</t>
   </si>
   <si>
     <t>DESIGNAR EQUIPE PARA REALIZAR LIMPEZA GERAL NO BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6552/6552_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6552/6552_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGOS E BANCOS NOS PONTOS DE EMBARQUE E DESEMBARQUE DO TCUM, NA RUA JOSÉ DIAS VIEIRA, BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6553/6553_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6553/6553_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR ABRIGOS E BANCOS NOS PONTOS DE EMBARQUE E DESEMBARQUE DO TCUM, NA RUA DR. ERNANE LEMOS, BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6554/6554_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6554/6554_texto_integral.doc</t>
   </si>
   <si>
     <t>URBANIZAR O ESPAÇO VAGO EM VOLTA DA QUADRA POLIESPORTIVA DO BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6555/6555_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6555/6555_texto_integral.doc</t>
   </si>
   <si>
     <t>COBRIR A QUADRA POLIESPORTIVA DO BAIRRO JARDIM PAULISTANO.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6556/6556_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6556/6556_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAR A RUA LAIO PORTO, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6557/6557_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6557/6557_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PRORROGAÇÃO DO PRAZO PARA PARCELAMENTO ESPECIAL, VISANDO O INGRESSO NO SIMPLES NACIONAL, PARA AS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE. </t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6558/6558_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6558/6558_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CENTRO DE REFERÊNCIA EM SAÚDE DO TRABALHADOR - CRST.</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6559/6559_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6559/6559_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR GUARITA NO PONTO DE ÔNIBUS NA COMUNIDADE DE VERTENTES, NO PONTO CONHECIDO COMO &amp;#8220;PONTO DO SENHOR JOSÉ VIRGÍLIO&amp;#8221;, ONDE PARAM OS ÔNIBUS DA EMPRESA SÃO GERALDO.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6560/6560_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6560/6560_texto_integral.doc</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO SENTIDO MÃO-ÚNICA, DE CICLOVIAS E PLACAS DE SINALIZAÇÃO EM TODA A EXTENSÃO DA RUA DOS AFONSOS, NO BAIRRO VILA GARCIA.</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6561/6561_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6561/6561_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAR TRECHOS DAS RUAS GUILHERME VILELA E SÃO PAULO, ATRÁS DA ESCOLA MUNICIPAL FREI LEOPOLDO. </t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6562/6562_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6562/6562_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERAR OS DISPOSITIVOS CONTIDOS NOS ARTIGOS 2°, 4°, 6°, 15, 16, 20, 28, 33 E 39 DO DECRETO N.° 2.016 DE 17 DE NOVEMBRO DE 1997, QUE REGULAMENTA A LEI Nº 4.451 DE 07 DE JULHO DE 1997, QUE DISPÕE SOBRE O CÓDIGO DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE PATOS DE MINAS, CONFORME PROPOSTA EM ANEXO.</t>
   </si>
   <si>
     <t>6350</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6350/6350_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6350/6350_texto_integral.doc</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE UM POÇO ARTESIANO NO CAMPO DE FUTEBOL DO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6351/6351_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6351/6351_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DO CAMPO DE FUTEBOL DO BAIRRO NOSSA SENHORA DE FÁTIMA PARA A ASSOCIAÇÃO ATLÉTICA DESPORTIVA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6457/6457_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6457/6457_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ADAPTAR OS MATA-BURROS DA REGIÃO PARA O TRÂNSITO DE MOTOCICLETAS. </t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6458/6458_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6458/6458_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INCLUIR UM REPRESENTANTE DO SINDICATO DOS TRABALHADORES NO TRANSPORTE COLETIVO URBANO DE PASSAGEIROS DE PATOS DE MINAS NO CONSELHO MUNICIPAL DE TRANSPORTE - CMT, CONFORME PREVÊ O INCISO XII, DO ART. 4º DA LEI COMPLEMENTAR Nº. 011/91, ALTERADA PELA LEI 022/94. </t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6459/6459_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6459/6459_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REGULARIZAR AS ESCRITURAS DAS CASAS DOS MORADORES DO BAIRRO BELA VISTA. </t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6460/6460_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6460/6460_texto_integral.doc</t>
   </si>
   <si>
     <t>VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6461/6461_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6461/6461_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO MINISTRO DA SECRETARIA GERAL DA PRESIDÊNCIA DA REPUBLICA LUIZ SOARES DULCI - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6462/6462_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6462/6462_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ELISMAR PRADO - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6463/6463_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6463/6463_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MINISTRO DA EDUCAÇÃO FERNANDO HADDAD - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6464/6464_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6464/6464_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL PAULO PIAU - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6465/6465_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6465/6465_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL GILMAR MACHADO - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6466/6466_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6466/6466_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ANTÔNIO ANDRADE - VIABILIZAR A EXTENSÃO DO CAMPUS DE UNIVERSIDADE FEDERAL, PRIORIZANDO O CURSO DE MEDICINA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6467/6467_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6467/6467_texto_integral.doc</t>
   </si>
   <si>
     <t>AO GOVERNADOR DO ESTADO DE MINAS GERAIS AÉCIO NEVES - VIABILIZAR A CRIAÇÃO DE UMA ESCOLA INTERMEDIÁRIA, ENTRE A REGULAR E A ESPECIAL - APAES.</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6468/6468_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6468/6468_texto_integral.doc</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL &amp;#8211; VIABILIZAR A CRIAÇÃO DE UMA ESCOLA INTERMEDIÁRIA, ENTRE A REGULAR E A ESPECIAL - APAES.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6469/6469_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6469/6469_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COMANDO DA POLÍCIA MILITAR - VERIFICAR O ESTACIONAMENTO DE CAMINHÕES, QUE ABASTECEM A NESTLÉ, NA PISTA DA AVENIDA JK.</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6470/6470_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6470/6470_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL E AO SECRETÁRIO DE SAÚDE A IMPLANTAÇÃO DE TRATAMENTO ONCOLÓGICO NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6471/6471_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6471/6471_texto_integral.doc</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE UM POÇO ARTESIANO NA CASA DA ACOLHIDA, NO BAIRRO CERRADO.</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6472/6472_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6472/6472_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO E BANCOS, PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL NA RUA MAJOR GOTE, PRÓXIMO À CONCESSIONÁRIA CAVEL.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6473/6473_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6473/6473_texto_integral.doc</t>
   </si>
   <si>
     <t>DESTINAÇÃO DE VERBAS NO ORÇAMENTO DE 2008 PARA A REALIZAÇÃO DA 7ª EDIÇÃO DA FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6474/6474_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6474/6474_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA PELO AUTOR - À SECRETÁRIA MUNICIPAL DE CULTURA, TURISMO, ESPORTE E LAZER DESTINAR VERBAS NO ORÇAMENTO DE 2008 PARA A REALIZAÇÃO DA 7ª EDIÇÃO DA FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6475/6475_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6475/6475_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BRITA OU O CALÇAMENTO DO PISO NO ABRIGO PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL LOCALIZADO NA RUA JOÃO PACHECO FILHO, PRÓXIMO AO N.º 385, NO BAIRRO ALTO DOS CAIÇARAS.</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6476/6476_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6476/6476_texto_integral.doc</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE BRITA OU O CALÇAMENTO DO PISO NO ABRIGO PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL LOCALIZADO NA AVENIDA TOMAZ DE AQUINO, PRÓXIMO AO N.º 1.109, NO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6477/6477_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6477/6477_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO E BANCOS PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL NA RUA JOÃO PACHECO FILHO, EM FRENTE À RESIDÊNCIA DO SR. JOÃO DA RECREATIVA, NO BAIRRO ALTO DOS CAIÇARAS.</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6478/6478_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6478/6478_texto_integral.doc</t>
   </si>
   <si>
     <t>Á CHEFE COMERCIAL DA LISTA SABE LUDMILA SILVA FERREIRA INCLUIR NA PÁGINA ARTE E CULTURA A FESTA DE NOSSA SENHORA DA ABADIA DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6479/6479_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6479/6479_texto_integral.doc</t>
   </si>
   <si>
     <t>À ANALISTA DE MARKETING DA CTBC RIVÂNI NUNES FERREIRA INCLUIR NA PROGRAMAÇÃO PARA A CONFECÇÃO DE CARTÕES TELEFÔNICOS, DO MÊS DE ABRIL DE 2008, A 7ª FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6480/6480_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6480/6480_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDER ISENÇÃO DE IPTU AOS LOCATÁRIOS QUE PERMITIREM O PLANTIO DE HORTAS COMUNITÁRIAS DE ALIMENTOS ORGÂNICOS EM SEUS LOTES VAGOS.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6481/6481_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6481/6481_texto_integral.doc</t>
   </si>
   <si>
     <t>DOAÇÃO DE ÁREA PARA A CONSTRUÇÃO DA PISTA DE MOTOCROSS E SEDE DO MOTO CLUBE PATOS DE MINAS E/OU CONCESSÃO DE USO.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6482/6482_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6482/6482_texto_integral.doc</t>
   </si>
   <si>
     <t>ADAPTAÇÃO DE SERVIDORES À EMENDA CONSTITUCIONAL Nº. 51, DE 14 DE FEVEREIRO DE 2006, COMO TAMBÉM À LEI 11.350, DE 5 DE OUTUBRO DO MESMO ANO.</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6483/6483_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6483/6483_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTALAR POSTE DE ILUMINAÇÃO PÚBLICA NA RUA DAS FLORES, PRÓXIMO AO N.º 64, NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6484/6484_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6484/6484_texto_integral.doc</t>
   </si>
   <si>
     <t>PAVIMENTAR A RUA SANTA LÚCIA, NO BAIRRO LAGOINHA.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6485/6485_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6485/6485_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR OPERAÇÃO TAPA-BURACOS NA RUA CARIJÓS, NO TRECHO ENTRE AS RUAS OSVALDO BRUM DA SILVEIRA, MODESTO MARQUES FERREIRA E DOS GUAJAJARAS, NO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6486/6486_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6486/6486_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">À CTBC TELECOM - INSTALAR UMA TORRE DE TRANSMISSÃO DE CELULAR NA COMUNIDADE DE BOASSARA. </t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>João Batista Donizetti da Cruz - Batista Miúdo, Itamar André dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6487/6487_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6487/6487_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMAR E AMPLIAR O POSTO DE SAÚDE DA COMUNIDADE DE BOASSARA. </t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6488/6488_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6488/6488_texto_integral.doc</t>
   </si>
   <si>
     <t>COBRIR A QUADRA POLIESPORTIVA LOCALIZADA NA COMUNIDADE DE BOASSARA.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6489/6489_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6489/6489_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA PELO AUTOR - CONSTRUIR MEIO-FIOS NAS RUAS ASFALTADAS NA COMUNIDADE DE BOASSARA.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6490/6490_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6490/6490_texto_integral.doc</t>
   </si>
   <si>
     <t>ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE RANCHINHO.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6491/6491_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6491/6491_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL PAULO PIAU ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE RANCHINHO.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6492/6492_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6492/6492_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL ELMIRO NASCIMENTO ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE RANCHINHO.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6493/6493_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6493/6493_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL CHICO UÊJO ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE RANCHINHO.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6494/6494_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6494/6494_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL ANTÔNIO ANDRADE ELABORAR PROJETO JUNTO AO MINISTÉRIO DA AGRICULTURA, VISANDO À OBTENÇÃO DE TRATOR E IMPLEMENTOS AGRÍCOLAS PARA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE RANCHINHO.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6495/6495_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6495/6495_texto_integral.doc</t>
   </si>
   <si>
     <t>CONSTRUIR UMA QUADRA POLIESPORTIVA NA COMUNIDADE DE ROCINHA.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6496/6496_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6496/6496_texto_integral.doc</t>
   </si>
   <si>
     <t>ÀS EMPRESAS DE TRANSPORTE RODOVIÁRIO: UNIÃO, GONTIJO E SÃO CRISTÓVÃO ACEITAREM O USO DE CARTÕES DE CRÉDITO COMO FORMA DE PAGAMENTO NA VENDA DE PASSAGENS.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6497/6497_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6497/6497_texto_integral.doc</t>
   </si>
   <si>
     <t>À CTBC TELECOM - INSTALAR UM TELEFONE PÚBLICO COMUNITÁRIO NA RUA ALEMAR RODRIGUES DA CUNHA, PRÓXIMO À PADARIA COMUNITÁRIA, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6498/6498_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6498/6498_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REGULARIZAR OS IMÓVEIS (CASAS E LOTES) LOCALIZADOS NO BAIRRO SANTA TEREZINHA. </t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6499/6499_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6499/6499_texto_integral.doc</t>
   </si>
   <si>
     <t>FISCALIZAR E NOTIFICAR OS PROPRIETÁRIOS DE LOTES VAGOS QUE NÃO MANTIVEREM OS MESMOS LIMPOS E/OU REALIZAREM QUEIMADAS. E SE POSSÍVEL, DISPONIBILIZAR UM TELEFONE PARA DENÚNCIA QUANDO HOUVER A QUEIMA DO MATO OU LIXO NOS LOTES.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6500/6500_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6500/6500_texto_integral.doc</t>
   </si>
   <si>
     <t>REALIZAR CAMPANHAS DE CONSCIENTIZAÇÃO DA POPULAÇÃO PARA INCENTIVAR A COLETA SELETIVA DO LIXO DOMÉSTICO.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6501/6501_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6501/6501_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DIRETOR DE TRÂNSITO E TRANSPORTE DE PATOS DE MINAS, OCIMAR ANTÔNIO DE LIMA, ALTERAR PARA ÚNICO O SENTIDO DO TRÂNSITO NA AVENIDA TOMAZ DE AQUINO, ENTRE A ESQUINA DA RUA JOSÉ CAIXETA E A RUA DOS TUPIS, NO BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6502/6502_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6502/6502_texto_integral.doc</t>
   </si>
   <si>
     <t>AO JUIZ ELEITORAL, TENÓRIO SILVA SANTOS, INSTALAR UMA SEÇÃO ELEITORAL NOS BAIRROS CORAÇÃO EUCARÍSTICO E PLANALTO.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6503/6503_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6503/6503_texto_integral.doc</t>
   </si>
   <si>
     <t>AO JUIZ ELEITORAL, TENÓRIO SILVA SANTOS, INSTALAR UMA SEÇÃO ELEITORAL NA COMUNIDADE DE RANCHINHO.</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6504/6504_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6504/6504_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE SINALIZAÇÃO DE ADVERTÊNCIA E SONORIZADOR NA BIFURCAÇÃO ENTRE AS RUAS PETÚNIAS E DR. EUFRÁSIO RODRIGUES.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6505/6505_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6505/6505_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE SINALIZAÇÃO COM FAIXA HORIZONTAL VERMELHA PARA PEDESTRES NA RUA CAETÉS, EM FRENTE À E. E. ABÍLIO CAIXETA DE QUEIROZ, NO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6506/6506_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6506/6506_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE SINALIZAÇÃO COM FAIXA HORIZONTAL VERMELHA PARA PEDESTRES NA RUA GUARANIS, EM FRENTE À E. E. ABNER AFONSO, NO BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6507/6507_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6507/6507_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL - NIVELAR, ALARGAR, PATROLAR E COLOCAR CASCALHO NAS ESTRADAS VICINAIS DE ACESSO ÀS GRANJAS DA SADIA S.A., INTEGRADAS COM OS PRODUTORES DE SUÍNOS DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6508/6508_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6508/6508_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE LOMBADAS ELETRÔNICAS NAS VIAS PÚBLICAS DO PERÍMETRO URBANO DE PATOS DE MINAS QUE COMPORTAREM TAL EQUIPAMENTO.</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6509/6509_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6509/6509_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, VIABILIZAR O ASFALTAMENTO DAS ESTRADAS VICINAIS DE ACESSO ÀS GRANJAS DA SADIA S.A., INTEGRADAS COM OS PRODUTORES DE SUÍNOS DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6510/6510_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6510/6510_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO FEDERAL, PAULO PIAU, VIABILIZAR O ASFALTAMENTO DAS ESTRADAS VICINAIS DE ACESSO ÀS GRANJAS DA SADIA S.A., INTEGRADAS COM OS PRODUTORES DE SUÍNOS DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6511/6511_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6511/6511_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, VIABILIZAR O ASFALTAMENTO DAS ESTRADAS VICINAIS DE ACESSO ÀS GRANJAS DA SADIA S.A., INTEGRADAS COM OS PRODUTORES DE SUÍNOS DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6512/6512_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6512/6512_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, VIABILIZAR O ASFALTAMENTO DAS ESTRADAS VICINAIS DE ACESSO ÀS GRANJAS DA SADIA S.A., INTEGRADAS COM OS PRODUTORES DE SUÍNOS DE PATOS DE MINAS.  </t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6513/6513_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6513/6513_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A DOAÇÃO DE BRIQUETES PARA CONSTRUÇÃO DE PASSEIOS NA ESCOLA ESTADUAL ABÍLIO DE QUEIROZ, NO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6514/6514_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6514/6514_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE SEMÁFORO NA RUA ATAUALPA DIAS MACIEL, EM FRENTE AO POSTO PIT STOP, NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6515/6515_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6515/6515_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM PARQUINHO INFANTIL NA ESCOLA MUNICIPAL MARLUCE MARTINS DE OLIVEIRA SCHER.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6516/6516_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6516/6516_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE SEMÁFORO NA RUA GABRIEL PEREIRA, EM FRENTE AO SUPERMERCADO LIMA, NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6517/6517_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6517/6517_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FARMÁCIA MUNICIPAL AO LADO DA ESCOLA ESTADUAL PADRE ALMIR NEVES DE MEDEIROS, NO BAIRRO ALTO DA COLINA.</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6518/6518_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6518/6518_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INCLUSÃO NO SISTEMA DE PLANO COMUNITÁRIO DE ASFALTAMENTO A RUA GERALDO QUEIROZ, NO BAIRRO JARDIM DOS ANDRADAS.</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6519/6519_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6519/6519_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A PERFURAÇÃO DE UM POÇO ARTESIANO NO CENTRO TERAPÊUTICO CORDEIRO DE DEUS, LOCALIZADO NA COMUNIDADE DE CABRAL.</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6520/6520_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6520/6520_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, A PERFURAÇÃO DE UM POÇO ARTESIANO NO CENTRO TERAPÊUTICO CORDEIRO DE DEUS, LOCALIZADO NA COMUNIDADE DE CABRAL.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6521/6521_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6521/6521_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, A PERFURAÇÃO DE UM POÇO ARTESIANO NO CENTRO TERAPÊUTICO CORDEIRO DE DEUS, LOCALIZADO NA COMUNIDADE DE CABRAL.</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6522/6522_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6522/6522_texto_integral.doc</t>
   </si>
   <si>
     <t>À GERÊNCIA DA CAIXA ECONÔMICA FEDERAL A INSTALAÇÃO DE UM CAIXA ELETRÔNICO NA PANIFICADORA NOVA ALVORADA, LOCALIZADA NO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6523/6523_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6523/6523_texto_integral.doc</t>
   </si>
   <si>
     <t>À GERÊNCIA DA CAIXA ECONÔMICA FEDERAL A INSTALAÇÃO DE UM CAIXA ELETRÔNICO NO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6524/6524_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6524/6524_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL CONCLUIR A CONSTRUÇÃO DE CICLOVIAS E RETIRAR OS ENTULHOS NA AVENIDA JK.</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6525/6525_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6525/6525_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONCESSÃO DE VERBA PARA ILUMINAÇÃO DO CENTRO DE TREINAMENTO DO CLUBE ATLÉTICO OLARIA.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6526/6526_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6526/6526_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MINISTRO DE ESTADO INTERINO DE MINAS E ENERGIA, NELSON JOSÉ HUBNER MOREIRA, A CONCESSÃO DE VERBA PARA ILUMINAÇÃO DO CENTRO DE TREINAMENTO DO CLUBE ATLÉTICO OLARIA.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6527/6527_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6527/6527_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONCESSÃO DE VERBA PARA ILUMINAÇÃO DO ESTÁDIO MUNICIPAL HÉLIO SILVA &amp;#8211; LÔ, LOCALIZADO NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6528/6528_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6528/6528_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MINISTRO DE ESTADO INTERINO DE MINAS E ENERGIA, NELSON JOSÉ HUBNER MOREIRA, A CONCESSÃO DE VERBA PARA ILUMINAÇÃO DO ESTÁDIO MUNICIPAL HÉLIO SILVA &amp;#8211; LÔ, LOCALIZADO NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6529/6529_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6529/6529_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL A CONCESSÃO DE VERBA PARA ILUMINAÇÃO DO ESTÁDIO EDSON NUNES DE PAULA, LOCALIZADO NO BAIRRO VILA ROSA. </t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6530/6530_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6530/6530_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MINISTRO DE ESTADO INTERINO DE MINAS E ENERGIA, NELSON JOSÉ HUBNER MOREIRA, A CONCESSÃO DE VERBA PARA A ILUMINAÇÃO DO ESTÁDIO EDSON NUNES DE PAULA, LOCALIZADO NO BAIRRO VILA ROSA.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6531/6531_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6531/6531_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL TORNAR OBRIGATÓRIA A EXECUÇÃO DO HINO MUNICIPAL EM TODAS AS CERIMÔNIAS PÚBLICAS REALIZADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6532/6532_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6532/6532_texto_integral.doc</t>
   </si>
   <si>
     <t>RETIRADA PELO AUTOR - AO PREFEITO MUNICIPAL ENVIAR PROJETO DE LEI À CÂMARA MUNICIPAL VISANDO A REGULARIZAÇÃO DAS ESCRITURAS DOS IMÓVEIS LOCALIZADOS NOS BAIRROS ALTO DA COLINA E JARDIM AQUÁRIUS, INCLUSIVE, AUTORIZANDO O MUNICÍPIO A SUBSIDIAR COM RECURSOS FINANCEIROS OS MORADORES NO PAGAMENTO DAS ESCRITURAS E REGISTROS.</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6365/6365_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6365/6365_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A DOAÇÃO DE TERRENO À ASSOCIAÇÃO DE MORADORES DO BAIRRO CORAÇÃO EUCARÍSTICO PARA CONSTRUÇÃO DE UM CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6366/6366_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6366/6366_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE SEMÁFORO NA RUA ARAGUARI, ESQUINA COM A RUA ATAUALPA DIAS MACIEL, NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6367/6367_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6367/6367_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL A DOAÇÃO DE CESTAS BÁSICAS PARA OS CATADORES DE LIXO RECICLÁVEL DA ASSOCIAÇÃO PATENSE DE RECICLAGEM - APARE. </t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6368/6368_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6368/6368_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, CHICO UÊJO, A VIABILIZAÇÃO DE VERBAS PARA A ESCOLA ESTADUAL ABÍLIO CAIXETA DE QUEIROZ, LOCALIZADA NO BAIRRO ALVORADA, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6369/6369_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6369/6369_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, A VIABILIZAÇÃO DE VERBAS PARA A ESCOLA ESTADUAL ABÍLIO CAIXETA DE QUEIROZ, LOCALIZADA NO BAIRRO ALVORADA, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6370/6370_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6370/6370_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, A VIABILIZAÇÃO DE VERBAS PARA A ESCOLA ESTADUAL ABÍLIO CAIXETA DE QUEIROZ, LOCALIZADA NO BAIRRO ALVORADA, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6371/6371_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6371/6371_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A CANALIZAÇÃO E REALIZAÇÃO DE OBRAS COMPLEMENTARES NO CÓRREGO DOS RODRIGUES, LOCALIZADO NO BAIRRO LAGOINHA EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6372/6372_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6372/6372_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A CANALIZAÇÃO E REALIZAÇÃO DE OBRAS COMPLEMENTARES NO CÓRREGO DOS RODRIGUES, LOCALIZADO NO BAIRRO LAGOINHA EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6373/6373_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6373/6373_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, CHICO UÊJO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA A FANFARRA DAS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO E GUIOMAR DE MELO, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6374/6374_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6374/6374_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA A FANFARRA DAS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO E GUIOMAR DE MELO, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6375/6375_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6375/6375_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA A FANFARRA DAS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO E GUIOMAR DE MELO, EM PATOS DE MINAS. </t>
   </si>
   <si>
     <t>6376</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6376/6376_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6376/6376_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A DUPLICAÇÃO DA AVENIDA TOMAZ DE AQUINO, NOS BAIRROS ALVORADA II E JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6377/6377_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6377/6377_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A REALIZAÇÃO DA 7ª EDIÇÃO DA FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6378/6378_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6378/6378_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, CHICO UÊJO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A REALIZAÇÃO DA 7ª EDIÇÃO DA FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6379/6379_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6379/6379_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA A REALIZAÇÃO DA 7ª EDIÇÃO DA FEIRA POPULAR DO BAIRRO ALVORADA.</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6380/6380_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6380/6380_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONCLUSÃO DAS OBRAS DE CONSTRUÇÃO DE REDE DE ESGOTO NA RUA PEDRO NOLASCO SILVA, NO BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6381/6381_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6381/6381_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO GRAMADO.</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6382/6382_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6382/6382_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL CONCEDER PREMIAÇÃO AO PRODUTOR OU EXPOSITOR QUE DEMONSTRAR MAIOR PRODUTIVIDADE DE SUA CULTURA, DURANTE EVENTO REALIZADO PELA EMATER, DENTRO DAS FESTIVIDADES DA FENAMILHO.</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6383/6383_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6383/6383_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO LIONS CLUBE PATOS DE MINAS GEOVANINI A REALIZAÇÃO DO SÁBADO DA SAÚDE E LAZER NA COMUNIDADE DE ARRAIAL DOS AFONSOS E NOS DISTRITOS DE PILAR E BONSUCESSO.</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6384/6384_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6384/6384_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A DOAÇÃO DE BRIQUETES AO CLUBE DA ASPRA, SITUADO NA AVENIDA MARABÁ.</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6385/6385_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6385/6385_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA OS PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA.</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6386/6386_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6386/6386_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES, REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6387/6387_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6387/6387_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES, REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6388/6388_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6388/6388_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL ELMIRO ALVES DO NASCIMENTO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES, REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6389/6389_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6389/6389_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES, REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6390/6390_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6390/6390_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, CHICO UÊJO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES, REFORMA DO PRÉDIO, CONSTRUÇÃO DE UM BANHEIRO PARA DEFICIENTES FÍSICOS E DE UMA SALA PARA PROFESSORES NO CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6391/6391_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6391/6391_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, WELLITON PRADO, INCLUIR NO ORÇAMENTO DE 2008 VERBAS PARA AQUISIÇÃO DE COMPUTADORES PARA O CESEC ORDALINA VIEIRA RORIZ DA COSTA, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6392/6392_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6392/6392_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL MELHORIAS NA ILUMINAÇÃO PÚBLICA NA RUA RANDOLFO ALVES TEODORO, PRÓXIMO À E. E. DEIRÓ EUNÁPIO BORGES, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6393/6393_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6393/6393_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL SUBSIDIAR O PREÇO DAS REFEIÇÕES NO RESTAURANTE POPULAR PARA OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6394/6394_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6394/6394_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL MELHORIAS NA REDE ELÉTRICA DO DISTRITO DE SANTANA DE PATOS, SE POSSÍVEL PASSANDO O SISTEMA PARA TRIFÁSICO.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6395/6395_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6395/6395_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE GUARITA NO PONTO DE ÔNIBUS LOCALIZADO NA AVENIDA JOÃO BATISTA RODRIGUES, PRÓXIMO À RUA ARTUR MAGALHÃES, NO BAIRRO RESIDENCIAL MONJOLO.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6396/6396_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6396/6396_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL MELHORIAS NA ILUMINAÇÃO PÚBLICA DA AVENIDA AFONSO QUEIROZ.</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6397/6397_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6397/6397_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTONIO ANDRADE, FAZER GESTÕES VISANDO O RETORNO DO PROJETO DO GOVERNO FEDERAL &amp;#8220;LUZ PARA TODOS&amp;#8221;.</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6398/6398_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6398/6398_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, FAZER GESTÕES VISANDO O RETORNO DO PROJETO DO GOVERNO FEDERAL &amp;#8220;LUZ PARA TODOS&amp;#8221;.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6399/6399_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6399/6399_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, DESTINAR VERBA PARA A COMPRA DE EQUIPAMENTOS DATA SHOW PARA AS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO, DR. PAULO BORGES, MARCOLINO DE BARROS, GUIOMAR DE MELO E ADELAIDE MACIEL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6400/6400_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6400/6400_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, CHICO UÊJO, DESTINAR VERBA PARA A COMPRA DE EQUIPAMENTOS DATA SHOW PARA AS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO, DR. PAULO BORGES, MARCOLINO DE BARROS, GUIOMAR DE MELO E ADELAIDE MACIEL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6401/6401_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6401/6401_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, DESTINAR VERBA PARA A COMPRA DE EQUIPAMENTOS DATA SHOW PARA AS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO, DR. PAULO BORGES, MARCOLINO DE BARROS, GUIOMAR DE MELO E ADELAIDE MACIEL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6402/6402_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6402/6402_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, DESTINAR VERBA PARA A COMPRA DE EQUIPAMENTOS DATA SHOW PARA AS ESCOLAS ESTADUAIS ABÍLIO CAIXETA DE QUEIROZ, ABNER AFONSO, DR. PAULO BORGES, MARCOLINO DE BARROS, GUIOMAR DE MELO E ADELAIDE MACIEL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6403/6403_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6403/6403_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DOS MORADORES DO BAIRRO JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6404/6404_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6404/6404_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA A COMPRA DE COMPUTADORES PARA A ASSOCIAÇÃO DOS MORADORES DO BAIRRO JARDIM ITAMARATI. </t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6405/6405_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6405/6405_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, INTERCEDER JUNTO AOS GOVERNOS FEDERAL E ESTADUAL VISANDO ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DOS MORADORES DO BAIRRO JARDIM ITAMARATI.</t>
   </si>
   <si>
     <t>6406</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6406/6406_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6406/6406_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA COMUNIDADE DE VIEIRAS.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>João Batista Donizetti da Cruz - Batista Miúdo, Heitor de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6407/6407_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6407/6407_texto_integral.doc</t>
   </si>
   <si>
     <t>À CTBC A DOAÇÃO DE UNIFORMES E TÊNIS PARA O GRUPO BATUQUE NA LATA, ATIVIDADE DESENVOLVIDA PELA POLÍCIA MILITAR DENTRO DO PROJETO ARTE, ESPORTE E PAZ NA COMUNIDADE.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6408/6408_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6408/6408_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL MELHORAR O GERENCIAMENTO DE CONSULTAS, RETORNOS E EXAMES REALIZADOS PELA SECRETARIA MUNICIPAL DE SAÚDE, VISANDO ATENDER COM EFICIÊNCIA OS USUÁRIOS DO SUS.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6409/6409_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6409/6409_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONTRATAÇÃO DE MÉDICO REUMATOLOGISTA PARA ATENDIMENTO PELO SISTEMA MUNICIPAL DE SAÚDE DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6410/6410_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6410/6410_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL REALIZAR CONVÊNIO COM O MINISTÉRIO DA AGRICULTURA VISANDO A AQUISIÇÃO DE PATRULHA MECANIZADA &amp;#8211; TRATOR E GRADE ARADORA, PARA A COMUNIDADE DE LEAL.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6411/6411_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6411/6411_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL REALIZAR REFORMA DA QUADRA POLIESPORTIVA NA COMUNIDADE DE LEAL.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6412/6412_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6412/6412_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE CRECHE NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6413/6413_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6413/6413_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DA CÂMARA MUNICIPAL DE PATOS DE MINAS CUMPRIR A LEI COMPLEMENTAR Nº. 097 DE 25 DE MAIO DE 1999.</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6414/6414_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6414/6414_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, PAULO PIAU, ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6415/6415_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6415/6415_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL, ANTÔNIO ANDRADE, ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6416/6416_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6416/6416_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, CHICO UÊJO, ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6417/6417_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6417/6417_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO NASCIMENTO, ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6418/6418_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6418/6418_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, ALOCAR RECURSOS FINANCEIROS PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6419/6419_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6419/6419_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DE PESCADORES DE PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6420/6420_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6420/6420_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE MATA-BURRO NA ESTRADA QUE LIGA A COMUNIDADE DE CABECEIRA DO AREADO À BR 365.</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6421/6421_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6421/6421_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL O PROLONGAMENTO DA REDE DE ESGOTO NA AVENIDA FÁTIMA PORTO, PRÓXIMO AO NÚMERO 4.940.</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6422/6422_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6422/6422_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL AMPLIAR AS LINHAS DE ÔNIBUS INTEGRAÇÃO E ALTO COLINA/ JARDIM PAULISTANO ATÉ A AVENIDA JEQUITINHONHA, NO BAIRRO JARDIM ESPERANÇA.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6423/6423_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6423/6423_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL TRANSFERIR PARA A ASSOCIAÇÃO DOS TAXISTAS A ESCOLHA DA PADRONIZAÇÃO DA COR DOS TÁXIS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6424/6424_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6424/6424_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL VIABILIZAR A IMPLANTAÇÃO DE UMA CLÍNICA DO DR. GIOVANY S. PEREIRA, MÉDICO ESPECIALISTA EM MEDICINA NUCLEAR, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6425/6425_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6425/6425_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, ELMIRO ALVES DO NASCIMENTO, ALOCAR RECURSOS FINANCEIROS PARA A REFORMA DO PRÉDIO E CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA NA ESCOLA ESTADUAL PADRE ALMIR NEVES DE MEDEIROS, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6426/6426_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6426/6426_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO ESTADUAL, DR. HELY TARQUÍNIO, ALOCAR RECURSOS FINANCEIROS PARA A REFORMA DO PRÉDIO E CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA NA ESCOLA ESTADUAL PADRE ALMIR NEVES DE MEDEIROS, EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6427/6427_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6427/6427_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL NIVELAR O ASFALTO DA RUA VEREADOR ZÉ MOTA, EM FRENTE AO N.º 792, NO BAIRRO GUANABARA.</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6428/6428_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6428/6428_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL INSTALAR REDUTOR DE VELOCIDADE NA AVENIDA DILERMANDO GOMES DE DEUS, AO LADO DO ESTADINHO DE FUTEBOL, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6429/6429_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6429/6429_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL MELHORIAS NA ILUMINAÇÃO PÚBLICA NA AVENIDA DILERMANDO GOMES DE DEUS, NO BAIRRO SEBASTIÃO AMORIM.</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6430/6430_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6430/6430_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL INSTALAR PLACAS DE SINALIZAÇÃO E QUEBRA-MOLAS NA RUA PONTO CHIC.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6431/6431_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6431/6431_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL REGULARIZAR AS ESCRITURAS DAS CASAS DOS MORADORES DO BAIRRO SANTO ANTÔNIO. </t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6432/6432_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6432/6432_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL DISPONIBILIZAR PARA A CÂMARA MUNICIPAL A ATUAL SEDE DA PREFEITURA MUNICIPAL, QUANDO ESTA FOR PARA A NOVA SEDE NA CIDADE ADMINISTRATIVA. </t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6433/6433_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6433/6433_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL DISPONIBILIZAR UMA LINHA TELEFÔNICA 0800 PARA O CONSELHO TUTELAR. </t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6434/6434_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6434/6434_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A CTBC TELECOM A INSTALAÇÃO DE UM TELEFONE PÚBLICO PRÓXIMO AO BECO NA RUA GOIÁS. </t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6435/6435_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6435/6435_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO FEDERAL PAULO PIAU DESTINAR VERBAS AO MUNICÍPIO DE PATOS DE MINAS PARA IMPLANTAÇÃO DE PROGRAMAS HABITACIONAIS DESTINADOS ÀS FAMÍLIAS DE BAIXA RENDA. </t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6436/6436_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6436/6436_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO FEDERAL ANTÔNIO ANDRADE DESTINAR VERBAS AO MUNICÍPIO DE PATOS DE MINAS PARA IMPLANTAÇÃO DE PROGRAMAS HABITACIONAIS DESTINADOS ÀS FAMÍLIAS DE BAIXA RENDA. </t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6437/6437_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6437/6437_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL DR. HELY TARQUÍNIO DESTINAR VERBAS AO MUNICÍPIO DE PATOS DE MINAS PARA IMPLANTAÇÃO DE PROGRAMAS HABITACIONAIS DESTINADOS ÀS FAMÍLIAS DE BAIXA RENDA. </t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6438/6438_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6438/6438_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPUTADO ESTADUAL ELMIRO NASCIMENTO DESTINAR VERBAS AO MUNICÍPIO DE PATOS DE MINAS PARA IMPLANTAÇÃO DE PROGRAMAS HABITACIONAIS DESTINADOS ÀS FAMÍLIAS DE BAIXA RENDA. </t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6439/6439_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6439/6439_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO SINDICATO DOS PRODUTORES RURAIS DE PATOS DE MINAS INCLUIR NA PROGRAMAÇÃO DA FENAMILHO/2008 A VIII FEIRA POPULAR DO BAIRRO ALVORADA, QUE ACONTECERÁ NOS DIAS 2, 3 E 4 DE MAIO DE 2008.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6440/6440_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6440/6440_texto_integral.doc</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE AO SUPERMERCADO VAREJÃO CENTRAL, NA PRAÇA DESEMBARGADOR FREDERICO.</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6441/6441_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6441/6441_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A COBERTURA DA QUADRA POLIESPORTIVA NA ESCOLA MUNICIPAL MARIA MADALENA DE MELO, NO BAIRRO AURÉLIO CAIXETA.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6442/6442_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6442/6442_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL ASFALTAR O BECO I, LOCALIZADO NO BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6443/6443_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6443/6443_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE ABRIGO E BANCO, PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL, NA AVENIDA DEPUTADO BINGA, EM FRENTE À IGREJA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6444/6444_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6444/6444_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE ABRIGO E BANCO, PARA PASSAGEIROS DO TRANSPORTE COLETIVO URBANO MUNICIPAL, NA PRAÇA IBRAIM PEREIRA, NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6445/6445_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6445/6445_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL INSTALAR POSTE DE ILUMINAÇÃO PÚBLICA NA RUA JOSÉ REIS, CENTRO.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6446/6446_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6446/6446_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A DOAÇÃO DE UM TERRENO PARA CONSTRUÇÃO DA SEDE PRÓPRIA DA ASSOCIAÇÃO DOS TAXISTAS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6447/6447_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6447/6447_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL CONCEDER ANISTIA DE JUROS E MULTAS REFERENTES AOS CRÉDITOS TRIBUTÁRIOS DO MUNICÍPIO DE QUALQUER NATUREZA, QUE SE ENCONTRE EM DÍVIDA ATIVA OU NÃO, INCLUSIVE AQUELES EM FASE DE EXECUÇÃO JUDICIAL, ATÉ A DATA DA APROVAÇÃO DA LEI.</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6448/6448_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6448/6448_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A AMPLIAÇÃO NO ATENDIMENTO MÉDICO NO POSTO DE SAÚDE DA COMUNIDADE DE LEAL.</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6449/6449_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6449/6449_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PLACAS DE ESTACIONAMENTO EXCLUSIVO PARA TÁXIS NA RUA MAJOR GOTE, PRÓXIMO A AGÊNCIA DO BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6450/6450_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6450/6450_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL INCLUIR NO ORÇAMENTO DE 2008 VERBAS NO VALOR DE R$5.000,00 PARA A UNIÃO DOS ARTISTAS PLÁSTICOS DE PATOS DE MINAS &amp;#8211; UNART.</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6451/6451_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6451/6451_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO MUNICIPAL ERGUER DOIS BUSTOS, UM DO SILVA GUERRA E O OUTRO DE DONA LUIZA, NA PRAÇA LOCALIZADA NAS RUAS SILVA GUERRA E DONA LUIZA, CENTRO. </t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6452/6452_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6452/6452_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO BAIRRO NOVA FLORESTA.</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6453/6453_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6453/6453_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE MATA-BURRO NA COMUNIDADE DE VERTENTES, PRÓXIMO À FAZENDA DO SENHOR SEBASTIÃO SABINO.</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6454/6454_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6454/6454_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA GABRIEL PEREIRA, EM FRENTE AO SUPERMERCADO MODERNO, NO BAIRRO DO ROSÁRIO.</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6455/6455_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6455/6455_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL ESTUDAR A POSSIBILIDADE DE MELHORAR A REMUNERAÇÃO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS, OCUPANTES DO CARGO DE AUXILIAR DE ADMINISTRAÇÃO &amp;#8211; GHIII E GHIV.</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6456/6456_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6456/6456_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE POSTO DE SAÚDE NO BAIRRO CARAMURU.</t>
   </si>
   <si>
     <t>6263</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6263/6263_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6263/6263_texto_integral.doc</t>
   </si>
   <si>
     <t>11635</t>
   </si>
   <si>
     <t>MOCA</t>
   </si>
   <si>
     <t>Moção Aplausos</t>
   </si>
   <si>
     <t>Edimê Erlinda de Lima Avelar, Bartolomeu Ferreira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11635/11635_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11635/11635_texto_integral.doc</t>
   </si>
   <si>
     <t>A RICARDO SEVERO DA CUNHA PELA CLASSIFICAÇÃO EM 1º LUGAR GERAL NO VESTIBULAR DO UNIPAM/2007.</t>
   </si>
   <si>
     <t>11636</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11636/11636_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11636/11636_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COLÉGIO FONSECA RODRIGUES &amp;#8211; FO-RO PELA APROVAÇÃO DE 100% DOS ALUNOS QUE PRESTARAM O VESTIBULAR DO UNIPAM EM 2007.</t>
   </si>
   <si>
     <t>11637</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11637/11637_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11637/11637_texto_integral.doc</t>
   </si>
   <si>
     <t>A DANIEL MOREIRA DE MAGALHÃES FRANCO PELA APROVAÇÃO EM 1º LUGAR NO VESTIBULAR DE MÚSICA &amp;#8211; BACHARELADO EM REGÊNCIA, DA UNIVERSIDADE FEDERAL DE MINAS GERAIS &amp;#8211; UFMG.</t>
   </si>
   <si>
     <t>11638</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho, Edimê Erlinda de Lima Avelar</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11638/11638_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11638/11638_texto_integral.doc</t>
   </si>
   <si>
     <t>A 28ª. SUPERINTENDÊNCIA REGIONAL DE ENSINO PELA CONQUISTA DOS ALUNOS DA 4ª. SÉRIE - PRIMEIRO LUGAR NA PROVA BRASIL, DO SAEB/MEC.</t>
   </si>
   <si>
     <t>11639</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11639/11639_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11639/11639_texto_integral.doc</t>
   </si>
   <si>
     <t>A FACULDADE DE FILOSOFIA, CIÊNCIAS E LETRAS DE PATOS DE MINAS/UNIPAM PELA EXCELÊNCIA E QUALIDADE DE ENSINO NA FORMAÇÃO DE PROFESSORES.</t>
   </si>
   <si>
     <t>11640</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11640/11640_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11640/11640_texto_integral.doc</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA, ESPORTE E LAZER &amp;#8211; SEMEC PELO EXCELENTE RESULTADO OBTIDO NA AVALIAÇÃO NACIONAL DO 5º ANO DO 1º CICLO &amp;#8211; PRIMEIRO LUGAR NA PROVA BRASIL, DO SAEB/MEC.</t>
   </si>
   <si>
     <t>11641</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11641/11641_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11641/11641_texto_integral.doc</t>
   </si>
   <si>
     <t>A CTBC PELA IMPLANTAÇÃO DO PROJETO &amp;#8220;12 CTBC? O JEITO FELIZ DE SER&amp;#8221;.</t>
   </si>
   <si>
     <t>11642</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11642/11642_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11642/11642_texto_integral.doc</t>
   </si>
   <si>
     <t>AO CENTRO UNIVERSITÁRIO DE PATOS DE MINAS &amp;#8211; UNIPAM POR CONSEGUIR TRAZER PARA PATOS DE MINAS O CURSO DE MEDICINA.</t>
   </si>
   <si>
     <t>11643</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11643/11643_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11643/11643_texto_integral.doc</t>
   </si>
   <si>
     <t>A GIOVANNI DE CASTRO BORGES &amp;#8211; SERVIDOR DESTAQUE DE 2007 DA FUNDAÇÃO HEMOMINAS, NÚCLEO PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11644</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11644/11644_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11644/11644_texto_integral.doc</t>
   </si>
   <si>
     <t>A LÚCIA DI DONATO PELO EXPRESSIVO TRABALHO REALIZADO NA PRESIDÊNCIA DA UNIÃO DOS ARTISTAS PATENSES - UNART, BIÊNIO 2005/2006.</t>
   </si>
   <si>
     <t>11645</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11645/11645_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11645/11645_texto_integral.doc</t>
   </si>
   <si>
     <t>AO AGUINALDO DAS PAMONHAS PELA PARTICIPAÇÃO COMO PROTAGONISTA DO PROGRAMA &amp;#8220;GLOBO REPÓRTER&amp;#8221;, EXIBIDO PELA REDE GLOBO DE TELEVISÃO, NO DIA 30/3/07.</t>
   </si>
   <si>
     <t>11646</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11646/11646_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11646/11646_texto_integral.doc</t>
   </si>
   <si>
     <t>À COOPERATIVA MISTA AGROPECUÁRIA DE PATOS DE MINAS &amp;#8211; LTDA. &amp;#8211; COOPATOS PELA COMEMORAÇÃO DOS 50 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>11647</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11647/11647_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11647/11647_texto_integral.doc</t>
   </si>
   <si>
     <t>À EQUIPE DE BASQUETE MASCULINO DE PATOS DE MINAS PELA CONQUISTA DO TÍTULO DE CAMPEÃ DA PRIMEIRA FASE DOS JOGOS DO INTERIOR DE MINAS &amp;#8211; JIMI/2007.</t>
   </si>
   <si>
     <t>11648</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11648/11648_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11648/11648_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">À EQUIPE DE BASQUETE FEMININO DE PATOS DE MINAS PELA CLASSIFICAÇÃO PARA A ETAPA REGIONAL DOS JOGOS DO INTERIOR DE MINAS &amp;#8211; JIMI/2007. </t>
   </si>
   <si>
     <t>11649</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11649/11649_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11649/11649_texto_integral.doc</t>
   </si>
   <si>
     <t>À EQUIPE DE VÔLEI FEMININO DE PATOS DE MINAS PELA CLASSIFICAÇÃO PARA A ETAPA REGIONAL DOS JOGOS DO INTERIOR DE MINAS &amp;#8211; JIMI/2007.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11650/11650_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11650/11650_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SENHOR CARLOS ANTÔNIO ROSA PELA CONQUISTA DO 1º LUGAR NO CONCURSO ESTADUAL DE PRODUTIVIDADE DE MILHO EM MINAS GERAIS, SAFRA 2006/2007.</t>
   </si>
   <si>
     <t>11651</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11651/11651_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11651/11651_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SENHOR CARLOS GONÇALVES FERREIRA PELA CONQUISTA DO 2º LUGAR NO CONCURSO ESTADUAL DE PRODUTIVIDADE DE MILHO EM MINAS GERAIS, SAFRA 2006/2007.</t>
   </si>
   <si>
     <t>11652</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11652/11652_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11652/11652_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SENHOR PEDRO DOMINGOS DE PAULA PELA CONQUISTA DO 3º LUGAR NO CONCURSO ESTADUAL DE PRODUTIVIDADE DE MILHO EM MINAS GERAIS, SAFRA 2006/2007.</t>
   </si>
   <si>
     <t>11653</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11653/11653_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11653/11653_texto_integral.doc</t>
   </si>
   <si>
     <t>À EMATER/MG PELA REALIZAÇÃO DA 11ª VITRINE DO MILHO, NA FAZENDA EXPERIMENTAL DA EPAMIG EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11654</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11654/11654_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11654/11654_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. EDSON DA SILVA JÚNIOR PELO TRABALHO VOLUNTÁRIO PRESTADO A POPULAÇÃO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11655</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11655/11655_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11655/11655_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO SR. AFRÂNIO ALVES DE SÁ PELO TRABALHO VOLUNTÁRIO PRESTADO A POPULAÇÃO DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>11656</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11656/11656_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11656/11656_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA CÉLIA DE OLIVEIRA TIBÚRCIO PELA ELEIÇÃO AO CARGO DE DIRETORA DO CESEC ORDALINA VIEIRA RORIZ DA COSTA.</t>
   </si>
   <si>
     <t>11657</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11657/11657_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11657/11657_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA DAS GRAÇAS LEMOS E SILVA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL ABÍLIO CAIXETA DE QUEIROZ.</t>
   </si>
   <si>
     <t>11658</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11658/11658_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11658/11658_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. ELIZABETH MARIA NASCIMENTO E SILVA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ABNER AFONSO.</t>
   </si>
   <si>
     <t>11659</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11659/11659_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11659/11659_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. FRANCISCA NATÁLIA NUNES BORGES PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL ADELAIDE MACIEL.</t>
   </si>
   <si>
     <t>11660</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11660/11660_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11660/11660_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. ROSIMEIRE DE FÁTIMA PEREIRA  DA MATA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL ARLINDO PORTO.</t>
   </si>
   <si>
     <t>11661</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11661/11661_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11661/11661_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARA DA CONCEIÇÃO ALEXANDRE SILVA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL CORONEL OSÓRIO MACIEL.</t>
   </si>
   <si>
     <t>11662</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11662/11662_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11662/11662_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. CONCEIÇÃO GONÇALVES DA CRUZ VIEIRA PELA ELEIÇÃO AO CARGO DE DIRETORA  DA ESCOLA ESTADUAL CÔNEGO GETÚLIO</t>
   </si>
   <si>
     <t>11663</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11663/11663_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11663/11663_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA HELENA JANUÁRIO DA SILVA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESCOLA ESTADUAL DEIRÓ EUNÁPIO BORGES.</t>
   </si>
   <si>
     <t>11664</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11664/11664_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11664/11664_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA HELENA DE OLIVEIRA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL DONA GUIOMAR DE MELO.</t>
   </si>
   <si>
     <t>11665</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11665/11665_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11665/11665_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA LÚCIA NUNES DE OLIVEIRA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL DR. PAULO BORGES.</t>
   </si>
   <si>
     <t>11666</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11666/11666_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11666/11666_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA LÚCIA DE FÁTIMA ALVES MELO PELA ELEIÇÃO AO CARGP DE DIRETORA DA ESCOLA ESTADUAL ILÍDIO CAIXETA DE MELO.</t>
   </si>
   <si>
     <t>11667</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11667/11667_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11667/11667_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARILMA NUNES DA SILVA VITÓRIA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL JOÃO BARBOSA PORTO.</t>
   </si>
   <si>
     <t>11668</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11668/11668_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11668/11668_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO SR. ANTÔNIO MACHADO DA SILVA PELA ELEIÇÃO AO CARGO DE DIRETOR DA ESCOLA ESTADUAL JUCA MANDU. </t>
   </si>
   <si>
     <t>11669</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11669/11669_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11669/11669_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. CARLOS JOSÉ COIMBRA PELA ELEIÇÃO AO CARGO DE DIRETOR DA ESCOLA ESTADUAL MAJOR MOTA.</t>
   </si>
   <si>
     <t>11670</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11670/11670_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11670/11670_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA AUXILIADORA SIMÃO GOMES PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL MARCOLINO DE BARROS.</t>
   </si>
   <si>
     <t>11671</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11671/11671_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11671/11671_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA DE FÁTIMA BOAVENTURA PEREIRA PINTO PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL MONSENHOR FLEURY.</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11672/11672_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11672/11672_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. VALÉRIA GONÇALVES PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL PADRE ALMIR NEVES DE MEDEIROS.</t>
   </si>
   <si>
     <t>11673</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11673/11673_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11673/11673_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. CLEOMAR LUIZDA COSTA PELA ELEIÇÃO AO CARGO DE DIRETOR DA ESCOLA ESTADUAL PROFESSOR ANTÔNIO DIAS MACIEL.</t>
   </si>
   <si>
     <t>11674</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11674/11674_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11674/11674_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA APARECIDA DE LIMA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL PROFESSORA ELZA CARNEIRO FRANCO.</t>
   </si>
   <si>
     <t>11675</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11675/11675_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11675/11675_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. NAIRDES EUSTÁQUIO BRAGA LAMARCA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL PROFESSOR ZAMA MACIEL.</t>
   </si>
   <si>
     <t>11676</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11676/11676_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11676/11676_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. IVANILDA LOPES SOARES FERREIRA PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL PROFESSOR MODESTO.</t>
   </si>
   <si>
     <t>11677</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11677/11677_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11677/11677_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. ROSIMEIRE FERNANDES BRAGA DE DEUS MARINS PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>11678</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11678/11678_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11678/11678_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A SRA. SHIRLEY APARECIDA SOARES DE ARAÚJO PELA ELEIÇÃO AO CARGO DE DIRETORA DA ESCOLA ESTADUAL CRISTIANO MACHADO </t>
   </si>
   <si>
     <t>11679</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11679/11679_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11679/11679_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRTA. AMANDA THAIS DE OLIVEIRA PELA CONQUISTA DO TITULO DE RAINHA NACIONAL DO MILHO 2007.</t>
   </si>
   <si>
     <t>11680</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11680/11680_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11680/11680_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRTA. ALINE MATOS SILVA PELA CONQUISTA DO TITULO DE PRINCESA NACIONAL DO MILHO 2007.</t>
   </si>
   <si>
     <t>11681</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11681/11681_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11681/11681_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRTA. LORENA ALVES DE OLIVEIRA PELA CONQUISTA DO TITULO DE PRINCESA NCIONAL DO MILHO 2007.</t>
   </si>
   <si>
     <t>11682</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11682/11682_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11682/11682_texto_integral.doc</t>
   </si>
   <si>
     <t>A 10ª DELEGACIA REGIONAL DE POLÍCIA CIVIL DE PATOS DE MINAS PELO EFICIENTE TRABALHO REALIZADO EM PROL DA SEGURANÇA PÚBLICA DURANTE A 49ª FESTA NACIONAL DO MILHO.</t>
   </si>
   <si>
     <t>11683</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11683/11683_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11683/11683_texto_integral.doc</t>
   </si>
   <si>
     <t>AO 15º BATALHÃO DE POLÍCIA MILITAR DE MINAS GERAIS PELA EXCELÊNCIA DO TRABALHO EXECUTADO NO TRANSCORRER DA 49ª FESTA NACIONAL DO MILHO.</t>
   </si>
   <si>
     <t>11684</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11684/11684_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11684/11684_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ATLETA GUILHERME FERNANDES GRALH PELA CONQUISTA DO 1° LUGAR NO CAMPEONATO BRASILEIRO DE KARATÊ &amp;#8211; CATEGORIA INFANTO-JUVENIL.</t>
   </si>
   <si>
     <t>11685</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11685/11685_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11685/11685_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO SR. ANDERSON GONÇALVES OLIVEIRA PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA PRESIDÊNCIA DO ROTARY CLUB PATOS DE MINAS PARANAÍBA &amp;#8211; GESTÃO 2006/2007.   </t>
   </si>
   <si>
     <t>11686</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11686/11686_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11686/11686_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. ESTELIMAR MARIA TEXEIRA MENDES PAZ PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIRETORIA DA ESCOLA ESTADUAL ANTÔNIO DIAS MACIEL, GESTÃO 2004/2007.</t>
   </si>
   <si>
     <t>11687</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11687/11687_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11687/11687_texto_integral.doc</t>
   </si>
   <si>
     <t>AO COLÉGIO TIRADENTES PELA CONQUISTA DO 2° LUGAR NO IDEBE &amp;#8211; ÍNDICE DE DESENVOLVIMENTO DE EDUCAÇÃO BÁSICA &amp;#8211; DO MINISTÉRIO DA EDUCAÇÃO, ENTRE 18.000 ESCOLAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>11688</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11688/11688_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11688/11688_texto_integral.doc</t>
   </si>
   <si>
     <t>A ESCOLA ESTADUAL PROFESSOR MODESTO PELA CONQUISTA DO 7° LUGAR ENTRE AS 4.000 ESCOLAS DE ENSINO FUNDAMENTAL DO ESTADO DE MINAS GERAIS, AVALIADAS PELO SIMAVE.</t>
   </si>
   <si>
     <t>11689</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11689/11689_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11689/11689_texto_integral.doc</t>
   </si>
   <si>
     <t>A ESCOLA ESTADUAL 7 DE OUTUBRO PELOS 20 ANOS DE EXISTÊNCIA.</t>
   </si>
   <si>
     <t>11690</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11690/11690_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11690/11690_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. ELTERSON GONÇALVES DE MAGALHÃES PELO EXCELENTE TRABALHO COMO ADMINISTRADOR E TESOUREIRO NA CASA DE PROMOÇÃO HUMANA.</t>
   </si>
   <si>
     <t>11691</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11691/11691_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11691/11691_texto_integral.doc</t>
   </si>
   <si>
     <t>À DR. MÔNICA RESENDE SOUTO PELA APROVAÇÃO NO CONCURSO PÚBLICO DE INGRESSO, PROVAS E TÍTULOS PARA A DELEGAÇÃO DOS SERVIÇOS DE TABELIONATO E DE REGISTROS DO ESTADO DE MINAS GERAIS 2005; RECEBIMENTO DA DELEGAÇÃO DO SERVIÇO DE IMÓVEIS DA COMARCA DE CAMPOS ALTOS &amp;#8211; MG; POSSE E EXERCÍCIO NO CARGO DE OFICIAL DO REGISTRO DE IMÓVEIS.</t>
   </si>
   <si>
     <t>11692</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11692/11692_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11692/11692_texto_integral.doc</t>
   </si>
   <si>
     <t>À COOPERATIVA DE CRÉDITO RURAL DE PATOS DE MINAS &amp;#8211; CREDIPATOS PELA ABERTURA DE MAIS TRÊS POSTOS DE ATENDIMENTO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>11693</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11693/11693_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11693/11693_texto_integral.doc</t>
   </si>
   <si>
     <t>À CLÁUDIA RAQUEL DE MELO PELA CONQUISTA DE PRIMEIRA FORMADA PELO MESTRADO EM CIÊNCIAS AMBIENTAIS, PELA REDE INTERINSTITUCIONAL DE CIÊNCIAS AMBIENTAIS (REDEINCAL), EM PARCERIA COM O UNIPAM  E DEMAIS CONVENIADAS AS UEMG.</t>
   </si>
   <si>
     <t>11694</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11694/11694_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11694/11694_texto_integral.doc</t>
   </si>
   <si>
     <t>À COMISSÃO ORGANIZADORA DA FESTA DE NOSSA SENHORA DA ABADIA PELO EXCELENTE TRABALHO DESENVOLVIDO DURANTE AS COMEMORAÇÕES EM LOUVOR A NOSSA SENHORA DA ABADIA.</t>
   </si>
   <si>
     <t>11695</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11695/11695_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11695/11695_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DOM JOÃO BOSCO OLIVER DE FARIA PELA INAUGURAÇÃO DA BIBLIOTECA &amp;#8220;LUIZ JOSÉ RIBEIRO&amp;#8221; NO SEMINÁRIO MAIOR &amp;#8220;DOM JOSÉ ANDRÉ COIMBRA&amp;#8221;</t>
   </si>
   <si>
     <t>11696</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11696/11696_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11696/11696_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. LIZANDRO DE QUEIROZ BICALHO PELA FUNDAÇÃO DESENVOLVIMENTO E EXPANSÃO DA COOPERATIVA DE ECONOMIA E CRÉDITO MÚTUO &amp;#8211; CREDICOPA.</t>
   </si>
   <si>
     <t>11697</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11697/11697_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11697/11697_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. LEONOR DUCA DA SILVA PELA EXPRESSIVA PARTICIPAÇÃO NOS TRABALHOS DO LEGISLATIVO PATENSE.</t>
   </si>
   <si>
     <t>11698</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11698/11698_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11698/11698_texto_integral.doc</t>
   </si>
   <si>
     <t>A ESCOLA ESTADUAL CÔNEGO GETÚLIO POR ENCONTRAR-SE ENTRE AS 26 ESCOLAS PÚBLICAS QUE APRESENTARAM OS MAIS ALTOS ÍNDICES EDUCACIONAIS EM SEUS ESTADOS.</t>
   </si>
   <si>
     <t>11699</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11699/11699_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11699/11699_texto_integral.doc</t>
   </si>
   <si>
     <t>A DRA. ÀGUEDA BUENO DO NASCIMENTO PELA CONCLUSÃO DE MESTRADO &amp;#8211; UFMG/BELO HORIZONTE E PELAS AÇÕES DESENVOLVIDAS JUNTO À DELEGACIA ADJUNTA DE REPRESSÃO A CRIMES CONTRA A MULHER, MENOR, IDOSO E DEFICIENTE DA 10ª DRPC DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11700</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11700/11700_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11700/11700_texto_integral.doc</t>
   </si>
   <si>
     <t>A PROFESSORA TELMA MARIA MARQUES COELHO PELA GRANDE OBRA REALIZADA E PELA DEDICAÇÃO INCONDICIONAL EM DOZE ANOS DE DIREÇÃO DO COLÉGIO TIRADENTES.</t>
   </si>
   <si>
     <t>11702</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11702/11702_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11702/11702_texto_integral.doc</t>
   </si>
   <si>
     <t>À SIRA HELENA GOMES PELOS 21 ANOS DE BONS SERVIÇOS PRESTADOS À SOCIEDADE PATENSE ATRAVÉS DO SALÃO SIRA GOMES.</t>
   </si>
   <si>
     <t>11703</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11703/11703_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11703/11703_texto_integral.doc</t>
   </si>
   <si>
     <t>À EQUIPE DE PROFISSIONAIS DO SERVIÇO MÓVEL DE ATENDIMENTO DE URGÊNCIA &amp;#8211; SAMU 192 PATOS DE MINAS PELO EXCELENTE SERVIÇO PRESTADO À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11704</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11704/11704_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11704/11704_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA DE QUEIROZ FERREIRA &amp;#8211; TIA SANTA PELOS ANOS DE DEDICAÇÃO À COMUNIDADE DA MATA DOS FERNANDES.</t>
   </si>
   <si>
     <t>11705</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11705/11705_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11705/11705_texto_integral.doc</t>
   </si>
   <si>
     <t>À EQUIPE MASCULINA DE BASQUETE EM CADEIRAS DE RODAS DE PATOS DE MINAS PELA BRILHANTE PARTICIPAÇÃO NOS JOGOS DO INTERIOR DE MINAS - JIMI 2007.</t>
   </si>
   <si>
     <t>11706</t>
   </si>
   <si>
     <t>Bartolomeu Ferreira Ribeiro, Eustáquio José da Silva</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11706/11706_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11706/11706_texto_integral.doc</t>
   </si>
   <si>
     <t>À PROFESSORA FRANCISCA NATÁLIA NUNES BORGES PELO EXCELENTE TRABALHO EDUCACIONAL DESENVOLVIDO FRENTE À DIREÇÃO DA ESCOLA ESTADUAL ADELAIDE MACIEL.</t>
   </si>
   <si>
     <t>11707</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11707/11707_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11707/11707_texto_integral.doc</t>
   </si>
   <si>
     <t>À PROFESSORA MARIA DAS GRAÇAS LEMOS E SILVA PELO EXCELENTE TRABALHO EDUCACIONAL DESENVOLVIDO FRENTE À DIREÇÃO DA ESCOLA ESTADUAL ABÍLIO CAIXETA QUEIROZ.</t>
   </si>
   <si>
     <t>11708</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11708/11708_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11708/11708_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">À COMISSÃO ORGANIZADORA DA FESTA DE SANTA TEREZINHA PELO EXCELENTE TRABALHO DESENVOLVIDO DURANTE AS COMEMORAÇÕES EM LOUVOR À SANTA TEREZINHA.  </t>
   </si>
   <si>
     <t>11709</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11709/11709_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11709/11709_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">À COMISSÃO ORGANIZADORA DA FESTA DE NOSSA SENHORA APARECIDA PELO EXCELENTE TRABALHO DESENVOLVIDO DURANTE AS COMEMORAÇÕES EM LOUVOR A NOSSA SENHORA APARECIDA.  </t>
   </si>
   <si>
     <t>11710</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11710/11710_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11710/11710_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO COMPOSITOR ANÍSIO DIAS PELA PROJEÇÃO INTERNACIONAL DO SEU TRABALHO MUSICAL. </t>
   </si>
   <si>
     <t>11711</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11711/11711_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11711/11711_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. DANIEL ANTONIO DE MELO PELA IMPLANTAÇÃO DA CENTRAL DE ATENDIMENTO NA SECRETARIA MUNICIPAL DE INFRA-ESTRUTURA.</t>
   </si>
   <si>
     <t>11712</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11712/11712_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11712/11712_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ARTISTA PLÁSTICO JOSÉ VILMAR DA SILVA PELA BRILHANTE PARTICIPAÇÃO NA &amp;#8220;I MOSTRA ÍNDICE DE VÍDEO ARTE&amp;#8221;, EM RECIFE.</t>
   </si>
   <si>
     <t>11713</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11713/11713_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11713/11713_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A ALUNA PATRÍCIA SOARES DA SILVA PELA CLASSIFICAÇÃO NA SELETIVA ESTADUAL DO QUADRO SOLETRANDO 2008 QUE INTEGRA O PROGRAMA CALDEIRÃO DO HUCK DA REDE GLOBO DE TELEVISÃO. </t>
   </si>
   <si>
     <t>11714</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11714/11714_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11714/11714_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. ELIZABETH MARIA DE BRITO PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA MUNICIPAL PROFESSOR ARISTIDES MEMÓRIA &amp;#8211; CAIC.</t>
   </si>
   <si>
     <t>11716</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11716/11716_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11716/11716_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A SRA. MARIA HELENA JANUÁRIO DA SILVA PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA ESTADUAL DEIRÓ EUNÁPIO BORGES. </t>
   </si>
   <si>
     <t>11717</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11717/11717_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11717/11717_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. NIVALDA APARECIDA LUIZ DE MORAIS PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA MUNICIPAL PROFESSORA MADALENA MARIA DE MELO.</t>
   </si>
   <si>
     <t>11718</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11718/11718_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11718/11718_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. CÁSSIA CAIXETA FERREIRA PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA MUNICIPAL MARLUCE MARTINS DE OLIVEIRA SCHER.</t>
   </si>
   <si>
     <t>11719</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11719/11719_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11719/11719_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. MARIA PÉRPETUA BORGES DE MATOS PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA MUNICIPAL ABDIAS CALDEIRA BRANT, EM ALAGOAS.</t>
   </si>
   <si>
     <t>11720</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11720/11720_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11720/11720_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. ANTÔNIO MACHADO DA SILVA PELO EXPRESSIVO TRABALHO DESENVOLVIDO NA DIREÇÃO DA ESCOLA ESTADUAL JUCA MANDU, EM SANTANA DE PATOS.</t>
   </si>
   <si>
     <t>11721</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11721/11721_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11721/11721_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. DÉCIO BRUXEL PELO RECEBIMENTO DA MEDALHA SANTOS DUMONT.</t>
   </si>
   <si>
     <t>11722</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11722/11722_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11722/11722_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DEPUTADO FEDERAL PAULO PIAU PELA DISPONIBILIZAÇÃO DE VERBA DE EMENDA INDIVIDUAL NO VALOR DE R$500 MIL NO ORÇAMENTO FEDERAL DE 2008, PARA A IMPLANTAÇÃO DO CEFET EM PATOS DE MINAS/MG.</t>
   </si>
   <si>
     <t>11723</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11723/11723_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11723/11723_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO PIANISTA HÉLIO VIDA PELA BRILHANTE CONQUISTA DO PRIMEIRO LUGAR NO 23º CONCURSO INTERNACIONAL DE PIANO CLÁUDIO ARRAU, REALIZADO EM QUILPUE, NO CHILE. </t>
   </si>
   <si>
     <t>11724</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11724/11724_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11724/11724_texto_integral.doc</t>
   </si>
   <si>
     <t>À SERVIDORA DA GRS, DEUSA HELENA MACHADO, PELA EXCELÊNCIA DE TRABALHO APRESENTADO NA II JORNADA NORTE-AMERICANA DE VIGILÂNCIA SANITÁRIA, REALIZADA EM RECIFE, PERNAMBUCO.</t>
   </si>
   <si>
     <t>11725</t>
   </si>
   <si>
     <t>Bartolomeu Ferreira Ribeiro, Itamar André dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11725/11725_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11725/11725_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. JOSÉ HUMBERTO SILVA PELO TRABALHO DESEMPENHADO À FRENTE DO SISTEMA DE ESTACIONAMENTO ROTATIVO &amp;#8220;ZONA AZUL&amp;#8221;</t>
   </si>
   <si>
     <t>11726</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11726/11726_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11726/11726_texto_integral.doc</t>
   </si>
   <si>
     <t>À SENHORITA JULIANA RIZZI HELDT, PELA CONQUISTA DO TÍTULO DE MISS PATOS/2008.</t>
   </si>
   <si>
     <t>11727</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11727/11727_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11727/11727_texto_integral.doc</t>
   </si>
   <si>
     <t>AO MAJOR MOACIR LUCAS PELO SERVIÇO VOLUNTÁRIO PRESTADO À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11728</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11728/11728_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11728/11728_texto_integral.doc</t>
   </si>
   <si>
     <t>AO CABO GERALDO MAGELA RODRIGUES PELO EXPRESSIVO TRABALHO PRESTADO À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11729</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11729/11729_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11729/11729_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SARGENTO MEDEIROS PELO EXPRESSIVO TRABALHO PRESTADO À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11730</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11730/11730_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11730/11730_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. PATRÍCIA CRISTINA DA COSTA CAVALARI PELA CONQUISTA DO 2º LUGAR GERAL NA CATEGORIA FEMININA DA 1ª CORRIDA E CAMINHADA DO MILHO &amp;#8220;PROFESSORA CÉLIA SANTOS DE LIMA&amp;#8221;.</t>
   </si>
   <si>
     <t>11731</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11731/11731_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11731/11731_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. ADAIR TELES SOARES PELA CONQUISTA DO 3º LUGAR GERAL NA CATEGORIA MASCULINA DA 1ª CORRIDA E CAMINHADA DO MILHO &amp;#8220;PROFESSORA CÉLIA SANTOS DE LIMA&amp;#8221;.</t>
   </si>
   <si>
     <t>11732</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11732/11732_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11732/11732_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO SR. EDUARDO CRISTINO DA SILVA PELA IDEALIZAÇÃO, PROMOÇÃO E ORGANIZAÇÃO DA 1ª CORRIDA E CAMINHADA DO MILHO &amp;#8220;PROFESSORA CÉLIA SANTOS DE LIMA&amp;#8221;. </t>
   </si>
   <si>
     <t>11733</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11733/11733_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11733/11733_texto_integral.doc</t>
   </si>
   <si>
     <t>À COREÓGRAFA ALINE CALDEIRA E SUAS ALUNAS PELA PARTICIPAÇÃO NO 1º FEST PATOS, COM O GRUPO &amp;#8220;PANTERAS DO JAZZ&amp;#8221;, REPRESENTANDO A ACADEMIA ASHITEKAN PIAU.</t>
   </si>
   <si>
     <t>11734</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11734/11734_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11734/11734_texto_integral.doc</t>
   </si>
   <si>
     <t>À ESCOLA ESTADUAL MARCOLINO DE BARROS, ATRAVÉS DO GPD &amp;#8211; CONEXÃO: HOMEM, ESPAÇO TEMPO PELO LANÇAMENTO DO LIVRO &amp;#8220;MARCOLINO DE BARROS, 90 ANOS FUNDAMENTANDO SABERES, EDIFICANDO CIDADANIA NA TERRA DO MILHO&amp;#8221;.</t>
   </si>
   <si>
     <t>11735</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11735/11735_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11735/11735_texto_integral.doc</t>
   </si>
   <si>
     <t>A JORDANA CRISTINA SILVA GONÇALVES PELA PREMIAÇÃO NO CONCURSO NACIONAL DE CRÔNICAS &amp;#8220;NOSSA GENTE, NOSSAS LETRAS&amp;#8221;, PROMOVIDO PELO INSTITUTO OLDEMBURG/RJ.</t>
   </si>
   <si>
     <t>11736</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11736/11736_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11736/11736_texto_integral.doc</t>
   </si>
   <si>
     <t>A ALESSANDRA ABADIA RODRIGUES PELA CONQUISTA DO 2º. LUGAR DO CONCURSO  NACIONAL DE CRÔNICAS &amp;#8220;NOSSA GENTE, NOSSAS LETRAS&amp;#8221;, PROMOVIDO PELO INSTITUTO OLDEMBURG/RJ.</t>
   </si>
   <si>
     <t>11737</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11737/11737_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11737/11737_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PROFESSOR CARLOS ROBERTO DA SILVA PELA COORDENAÇÃO DO CONCURSO NACIONAL DE CRÔNICAS &amp;#8220;NOSSA GENTE, NOSSAS LETRAS 2007&amp;#8221;, PROMOVIDO PELO INSTITUTO OLDEMBURG/RJ E PELO BRILHANTE TRABALHO REALIZADO NO CURSO DE LETRAS/UNIPAM.</t>
   </si>
   <si>
     <t>11738</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11738/11738_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11738/11738_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. ANTÔNIO EUSTÁQUIO MAIA PELOS SERVIÇOS PRESTADOS À FRENTE DA DIRETORIA REGIONAL GRS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11739</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11739/11739_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11739/11739_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DR. MÁRCIO SIQUEIRA PELOS SERVIÇOS PRESTADOS À FRENTE DA DELEGACIA REGIONAL DE POLÍCIA CIVIL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11740</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11740/11740_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11740/11740_texto_integral.doc</t>
   </si>
   <si>
     <t>AO ESCRITOR OSVALDINO DOS SANTOS GUIMARÃES PELA HOMENAGEM RECEBIDA DURANTE A CERIMÔNIA COMEMORATIVA DOS 90 ANOS DA ESCOLA ESTADUAL MARCOLINO DE BARROS.</t>
   </si>
   <si>
     <t>11741</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11741/11741_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11741/11741_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DR. JADIR SOUTO FERREIRA PELO EXCELENTE TRABALHO DESENVOLVIDO À FRENTE DA SECRETARIA EXECUTIVA DA CÂMARA MUNICIPAL DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11742</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11742/11742_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11742/11742_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PROFESSOR LUIZ ROBERTO DE SOUZA PELO IMPORTANTE TRABALHO DESENVOLVIDO EM PROL DA EVOLUÇÃO DOS ATLETAS EM PATOS DE MINAS E REGIÃO.</t>
   </si>
   <si>
     <t>11743</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11743/11743_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11743/11743_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. JOSÉ ANTÔNIO DE FREITAS PELOS 50 ANOS DE ATUAÇÃO NO RAMO DE CALÇADOS NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11744</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11744/11744_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11744/11744_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. ROBERTO OLIVEIRA PELOS SERVIÇOS PRESTADOS À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11745</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11745/11745_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11745/11745_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. FRANCISCO LUÍS DOMINGUES PELOS SERVIÇOS PRESTADOS À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11746</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11746/11746_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11746/11746_texto_integral.doc</t>
   </si>
   <si>
     <t>AO SR. MARLINDO CELSO BASÍLIO PELO APOIO AO ESPORTE DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11747</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11747/11747_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11747/11747_texto_integral.doc</t>
   </si>
   <si>
     <t>A CÂMARA DE DIRIGENTES LOJISTAS &amp;#8211; CDL PELA MARAVILHOSA FESTA NATALINA OFERECIDA À POPULAÇÃO PATENSE.</t>
   </si>
   <si>
     <t>11748</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11748/11748_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11748/11748_texto_integral.doc</t>
   </si>
   <si>
     <t>A RAYANE CAROLINA PELA ELEIÇÃO NO CONCURSO DE MISS ESTUDANTIL DA ESCOLA ESTADUAL ZAMA MACIEL.</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11749/11749_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11749/11749_texto_integral.doc</t>
   </si>
   <si>
     <t>A LUÍS FERNANDO ALVES PELA ELEIÇÃO NO CONCURSO DE MISTER ESTUDANTIL DA ESCOLA ESTADUAL GUIOMAR DE MELO.</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11750/11750_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11750/11750_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PRESIDENTE DO BIKE CLUB PELA ORGANIZAÇÃO DE CAMPEONATOS CICLÍSTICOS EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11751/11751_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11751/11751_texto_integral.doc</t>
   </si>
   <si>
     <t>A SRA. SILÉSIA DE SOUSA MAIA PELA ATUAÇÃO FRENTE AO ROTARY CLUB PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11752</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11752/11752_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11752/11752_texto_integral.doc</t>
   </si>
   <si>
     <t>AO CORAL VOZES PELO ESPETÁCULO &amp;#8220;NOITE DOS MILAGRES&amp;#8221;.</t>
   </si>
   <si>
     <t>11753</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11753/11753_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11753/11753_texto_integral.doc</t>
   </si>
   <si>
     <t>A PRÓ-CURAR-SE PELA EXPOSIÇÃO NATALINA EM PATOS DE MINAS.</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11755/11755_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11755/11755_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AO GRÊMIO DE JUDÔ OTON SOUZA RÊGO PELO TRABALHO SOCIAL ENVOLVENDO MAIS DE 200 CRIANÇAS E PELOS 45 ANOS DE EXISTÊNCIA. </t>
   </si>
   <si>
     <t>11754</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11754/11754_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11754/11754_texto_integral.doc</t>
   </si>
   <si>
     <t>AO DR. LUIS ANDRÉ NEPOMUCENO PELA CONCLUSÃO DE PÓS-DOUTORADO PELA UNIVERSIDADE ESTADUAL DE CAMPINAS - UNICAMP.</t>
   </si>
   <si>
     <t>11701</t>
   </si>
   <si>
     <t>MOA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11701/11701_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11701/11701_texto_integral.doc</t>
   </si>
   <si>
     <t>À PROPOSTA DE EMENDA À CONSTITUCIONAL &amp;#8211; PEC 549/2006 QUE CONCEDE À CARREIRA DE DELEGADO DE POLÍCIA STATUS DE CARREIRA JURÍDICA.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4866/4866_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4866/4866_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA                   INTERNACIONAL DA MULHER À SRA. IRAÍDES FERREIRA DE LIMA.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4867/4867_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4867/4867_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. MARLY ISABEL DE SOUSA.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4868/4868_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4868/4868_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. MARIA DA CONCEIÇÃO MOREIRA</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4869/4869_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4869/4869_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. AMÉLIA PORTO DE MORAES, DONA SANTINHA.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4870/4870_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4870/4870_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. MARIA MARQUES DE CASTRO, DONA NEGRINHA. </t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4871/4871_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4871/4871_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. MADALENA BICALHO DE QUEIROZ.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4872/4872_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4872/4872_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. ELEONOR TOCAFUNDO GONÇALVES. </t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4873/4873_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4873/4873_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. ESCOLÁSTICA NUNES TEIXEIRA. </t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4874/4874_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4874/4874_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. GERACINA FRANCISCA DE FARIA. </t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4875/4875_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4875/4875_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. GLAYDE PAGELS LIMA VERDE.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4876/4876_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4876/4876_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE MÉRITO EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER À SRA. MÁRCIA OLIVEIRA GONÇALVES. </t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4877/4877_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4877/4877_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. DÁRCIO MAGALHÃES MENDES.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4878/4878_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4878/4878_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. JONAS DA PAIXÃO VARELLA. </t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4879/4879_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4879/4879_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE À SRA. MARIA DENISE PIVA.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4880/4880_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4880/4880_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. SÍLVIO TEIXEIRA DA SILVA. </t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4881/4881_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4881/4881_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. MATHEUS QUEIROZ DE ARAÚJO. </t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4882/4882_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4882/4882_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. GIRLATAN PADILHA PONTES.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4883/4883_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4883/4883_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. SIMÃO ALVES DE SOUZA. </t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4884/4884_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4884/4884_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE DESTAQUE RURAL AO SR. ATAIR DA SILVA VIDA (CHICO VIDA).</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4885/4885_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4885/4885_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE DESTAQUE RURAL AO SR. ANTÔNIO FRANCISCO SIMÕES.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4886/4886_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4886/4886_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO PERSONALIDADE À SRA. MARIA DE LOURDES PEREIRA. </t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4887/4887_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4887/4887_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. OSVANDO DE NORONHA &amp;#8220;OSMANO&amp;#8221;</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4888/4888_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4888/4888_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. OLIVAR NORONHA &amp;#8220;MANITO&amp;#8221;.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4889/4889_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4889/4889_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE EMPREENDEDORA DE SUCESSO DE PATOS DE MINAS AO SR. ELIAS FERREIRA CAIXETA. </t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4890/4890_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4890/4890_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS A SRA.. EDIRMA MARIA DE ALMEIDA. </t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4891/4891_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4891/4891_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. ASTÉRIO ALVES DE ANDRADE. </t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4892/4892_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4892/4892_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE EMPREENDEDORA DE SUCESSO DE PATOS DE MINAS À SRA. ANDRÉA DE MATOS SOUSA BRAGA. </t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4893/4893_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4893/4893_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. FREDERICO ADOLFO PELET. </t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4894/4894_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4894/4894_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE EMPREENDEDOR DE SUCESSO DE PATOS DE MINAS AO SR. WANDER VIRGÍLIO TEIXEIRA.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4895/4895_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4895/4895_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. VALBERTO ADOLFO NEULS.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4896/4896_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4896/4896_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. LUIZ OTÁVIO AMÂNCIO CRUZ &amp;#8211; THILU.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4897/4897_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4897/4897_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE EMPREENDEDOR DE SUCESSO DE PATOS DE MINAS AO SR. ORESTES CÂNDIDO BORGES. </t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4898/4898_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4898/4898_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO EMPRESA, AO HOSPITAL VERA CRUZ. </t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4899/4899_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4899/4899_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO A SRA. ALÍCIA ALVES CARDOSO. </t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4900/4900_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4900/4900_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, À ASSOCIAÇÃO DOS DEFICIENTES VISUAIS DE PATOS DE MINAS E REGIÃO &amp;#8211; ADEPAR, COMO ENTIDADE. </t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4901/4901_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4901/4901_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA A COPASA, COMO EMPRESA. </t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4902/4902_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4902/4902_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO AO SR. MILTON EUSTÁQUIO RODRIGUES. </t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4903/4903_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4903/4903_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO DE PARCEIROS DA CIDADANIA À IGREJA NOSSA SENHORA DA ABADIA.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4904/4904_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4904/4904_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA AO SR. JOAMAR GOMES VIEIRA NUNES, COMO PERSONALIDADE. </t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4905/4905_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4905/4905_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO AO SR. JOÃO DIAS GONÇALVES &amp;#8211; JOÃO MANUCA.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4906/4906_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4906/4906_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO AO SR. AGUINALDO ALVES RIBEIRO. </t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4907/4907_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4907/4907_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DE DESTAQUE RURAL AO SR. CARLOS ALBERTO LÁZARO DA SILVA.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4908/4908_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4908/4908_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO AO SR. PEDRO RIBEIRO DE BARROS. </t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4909/4909_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4909/4909_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DESTAQUE RURAL DO ANO AO SR. CLÁUDIO NASSER DE CARVALHO. </t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4910/4910_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4910/4910_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA AO GRUPO ZIZI, COMO EMPRESA. </t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4911/4911_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4911/4911_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA A ASSOCIAÇÃO DE PROTEÇÃO À MATERNIDADE, INFÂNCIA E VELHICE DE PATOS DE MINAS, COMO ENTIDADE. </t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4912/4912_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4912/4912_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE A MEDALHA DE DESTAQUE RURAL DO ANO AR. RONAN SILVÉRIO DA MOTA. </t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4913/4913_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4913/4913_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO PERSONALIDADE, AO SR. WILSON CAIXETA DE CASTRO. </t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4914/4914_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4914/4914_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. LINDOMAR ANTÔNIO ALVES. </t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4915/4915_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4915/4915_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE EMPREENDEDORA DE SUCESSO DE PATOS DE MINAS A SRTA. MARIA ALMIRA MESQUITA. </t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4916/4916_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4916/4916_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO ENTIDADE, AO LIONS CLUBE PATOS DE MINAS &amp;#8220;DOMINGOS MATTOS&amp;#8221;.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4917/4917_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4917/4917_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO EMPRESA, À VIAÇÃO PÁSSARO BRANCO LTDA. </t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4918/4918_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4918/4918_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO PERSONALIDADE, AO SR. ATAUALPA MACIEL SAMPAIO. </t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4919/4919_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4919/4919_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. VITORINO DOMINGOS NETO. </t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4920/4920_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4920/4920_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO ENTIDADE, A ASSOCIAÇÃO DA CIDADANIA PARA ERRADICAÇÃO DA MISÉRIA &amp;#8211; ASSOCIEM.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4921/4921_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4921/4921_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃ PATENSE A SRA. JACIRA FERREIRA FONSECA. </t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4922/4922_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4922/4922_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO EMPRESA, À NTV.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4923/4923_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4923/4923_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. MARCOS DE ALMEIDA CASTRO. </t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4924/4924_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4924/4924_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS A SRA. SUELI TEIXEIRA. </t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4925/4925_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4925/4925_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE EMPREENDEDOR DE SUCESSO DE PATOS DE MINAS AO SR. PEDRO PAULO DONIZETTI DA FONSECA. </t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4926/4926_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4926/4926_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. LUIZ ALBERTO GARCIA.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4927/4927_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4927/4927_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO PATENSE AO SR. CILSON NOGUEIRA DE LIMA. </t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4928/4928_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4928/4928_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. EDNA MARIA CARVALHO URBAN. </t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4929/4929_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4929/4929_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO PERSONALIDADE, AO SR. MANOEL ALFEU RAUSIS. </t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4930/4930_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4930/4930_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ BENEMÉRITA DE PATOS DE MINAS À SRA. LÉLIA TAVARES DE SOUSA. </t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4931/4931_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4931/4931_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA À AGROMINAS.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4932/4932_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4932/4932_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO PATENSE AO SR. RUI DE PAULA MEDEIROS. </t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4933/4933_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4933/4933_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO ENTIDADE, A CASA DA SOPA TIA EUZÁPIA. </t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4934/4934_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4934/4934_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO PATENSE AO SR. HERNANE ELVIS DE SOUSA. </t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4935/4935_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4935/4935_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO PATENSE AO SR. JOÃO LUNARDI.</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4936/4936_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4936/4936_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃ PATENSE A SRA. ÂNGELA MARIA DE OLIVEIRA. </t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4937/4937_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4937/4937_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO EMPRESA, À CTBC.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4938/4938_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4938/4938_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO ENTIDADE, AO INSTITUTO HORIZONTE CULTURAL I.H.C. </t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4939/4939_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4939/4939_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO PERSONALIDADE, AO SR. ELI BERNARDES DIAS. </t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4940/4940_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4940/4940_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, COMO EMPRESA, À AGROCERRADO. </t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4941/4941_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4941/4941_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O PRÊMIO PARCEIROS DA CIDADANIA, À SENHORA MAISA DA MOTA MOREIRA. </t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4942/4942_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4942/4942_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERAM AS REDAÇÕES DOS ARTIGOS 2° E 4° DO PROJETO DE DECRETO LEGISLATIVO N° 187, DE 18 DE MAIO DE 2005, QUE INSTITUI O PRÊMIO PARCEIROS DA CIDADANIA. </t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4943/4943_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4943/4943_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO DE PATOS DE MINAS AO SR. BRASILINO PEREIRA DE SOUSA. </t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4944/4944_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4944/4944_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO PATENSE AO SR. DURVAL NATÁRIO TOSTA SEGUNDO. </t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4945/4945_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4945/4945_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO DE ASSISTÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PATOS DE MINAS &amp;#8211; FASERV -, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4338/4338_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4338/4338_texto_integral.doc</t>
   </si>
   <si>
     <t>HOMOLOGA CONVÊNIO CELEBRADO, CONCEDE ISENÇÃO TRIBUTÁRIA À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS &amp;#8211; COHAB-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O CARGO DE CONTROLADOR DO IPREM.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4340/4340_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4340/4340_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O CARGO DE CONTROLADOR DA FUNDAÇÃO MUNICIPAL DE PROMOÇÃO DA CRIANÇA E DO ADOLESCENTE &amp;#8211; FUNDAÇÃO PROMAM.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O CARGO DE TESOUREIRO DA FUNDAÇÃO MUNICIPAL DE PROMOÇÃO DA CRIANÇA E DO ADOLESCENTE &amp;#8211; FUNDAÇÃO PROMAM.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4342/4342_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4342/4342_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA OS §§ 3º E 4º AO ARTIGO 2º DA LEI COMPLEMENTAR Nº 272, DE 29 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4343/4343_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4343/4343_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O QUANTITATIVO DE CARGOS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4344/4344_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4344/4344_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA OS CARGOS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4345/4345_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4345/4345_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O CARGOS QUE IDENTIFICA.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4346/4346_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4346/4346_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA O CARGO DE MÉDICO ESPECIALISTA PEDIATRA/PLANTONISTA</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4347/4347_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4347/4347_texto_integral.doc</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4348/4348_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4348/4348_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 2º DA LEI COMPLEMENTAR Nº 144, DE 5 DE ABRIL DE 2001.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4351/4351_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4351/4351_texto_integral.doc</t>
   </si>
   <si>
     <t>CLASSIFICA COMO ZONA RESIDENCIAL 4 (ZR-4), A ÁREA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4352/4352_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4352/4352_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE TÉCNICO DE NÍVEL SUPERIOR I/DANÇARINO E TÉCNICO DE NÍVEL SUPERIOR I/PEDAGOGO &amp;#8211; CAPACITADOR PROFISSIONAL.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4354/4354_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4354/4354_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO E O PRESIDENTE DA ASSOCIAÇÃO HABITACIONAL DE PATOS DE MINAS A OUTORGAR ESCRITURA PÚBLICA DE IMÓVEIS DOADOS OU CONCEDIDOS PARA USO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4353/4353_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4353/4353_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA OS NÍVEIS QUE ESPECIFICA ÀS TABELAS DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4355/4355_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4355/4355_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT E DOS INCISOS I E II DO ART. 6º E ACRESCENTA OS INCISOS VIII E IX AO SEU § 2º, DA LEI COMPLEMENTAR Nº 196, DE 15 DE JULHO DE 2003, ALTERADA PELA LEI COMPLEMENTAR Nº 212, DE 12 DE ABRIL DE 2004.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4358/4358_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4358/4358_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI COMPLEMENTAR Nº 148, DE 17 DE MAIO DE 2001, ALTERADA PELA LEI COMPLEMENTAR Nº 153, DE 19 DE NOVEMBRO DE 2001.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4359/4359_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4359/4359_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA PARA O PAGAMENTO DE CRÉDITOS TRIBUTÁRIOS DO MUNICÍPIO DE PATOS DE MINAS NAS CONDIÇÕES QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho, Sílvio Gomes de Deus</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4349/4349_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4349/4349_texto_integral.doc</t>
   </si>
   <si>
     <t>ACRESCENTA ART. 37-A A LEI COMPLEMENTAR Nº 271, DE 1º DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4350/4350_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4350/4350_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL ACRESCENTAR § 3° AO ART. 3° E ALTERAR A TABELA ANEXA À LEI COMPLEMENTAR N° 186, DE 26 DE DEZEMBRO DE 2002, MODIFICADA PELA LEI COMPLEMENTAR N° 200/2003, QUE INSTITUIU A CONTRIBUIÇÃO PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4356/4356_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4356/4356_texto_integral.doc</t>
   </si>
   <si>
     <t>PERMITE AS CATEGORIAS DE USO R1, R2, R3, C1, S1, IT1 E IT2 NA ZONA RESIDENCIAL 1, ZR1, NAS VIAS PÚBLICAS QUE MENCIONA, PREVISTO NA LEI COMPLEMENTAR Nº 020/94.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
     <t>Heitor de Oliveira, Sílvio Gomes de Deus</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4357/4357_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4357/4357_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGAM-SE OS INCISOS II E IV DO ART. 110 DA LEI COMPLEMENTAR Nº 271/2006 &amp;#8211; PLANO DIRETOR.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/692/692_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/692/692_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PATOS DE MINAS A CELEBRAR CONVÊNIO COM ESTADO DE MINAS GERAIS, ATRAVÉS DA POLÍCIA MILITAR DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/693/693_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/693/693_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE TERRENOS NA LOCALIDADE DE ALAGOAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/694/694_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/694/694_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI Nº 4.693, DE 12 DE ABRIL DE 1999.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/695/695_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/695/695_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PROMOVER A DESAFETAÇÃO DO IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/696/696_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/696/696_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º, 2º, 3º E 4º DA LEI 5.422, DE 25 DE MARÇO DE 2004.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA ALÍNEA "B" DO INCISO III DO ARTIGO 3º DA LEI Nº 5.467, DE 25 DE AGOSTO DE 2004.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 5º DA LEI Nº 5.835, DE 5 DE JANEIRO DE 2007</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/709/709_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/709/709_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A FUNDAÇÃO EDUCACIONAL DE PATOS DE MINAS - FEPAM, ABRIR CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/710/710_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/710/710_texto_integral.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 4º-A ACRESCENTADO PELA LEI Nº 5.534, DE 30 DE DEZEMBRO DE 2004, COM ALTERAÇÃO PELA LEI Nº 5.829, DE 20 DE DEZEMBRO DE 2004 E ACRESCENTA O ART. 4º-B À LEI 5.434, DE 28 DE ABRIL DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/711/711_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/711/711_texto_integral.doc</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/714/714_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/714/714_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ELABORAÇÃO E ADESÃO AO PLANO DE AMORTIZAÇÃO DOS DÉBITOS PREVIDENCIÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE PATOS DE MINAS JUNTO AO INSTITUTO NACIONAL DE PREVIDÊNCIA SOCIAL &amp;#8211; INSS -, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/715/715_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/715/715_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR PERMISSÃO DE USO DA ESCOLA MUNICIPAL &amp;#8220;JOÃO JOSÉ SATURNINO&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/716/716_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/716/716_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR PERMISSÃO DE USO DA ESCOLA MUNICIPAL &amp;#8220;DONA QUERUBINA GARCIA&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/717/717_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/717/717_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR PERMISSÃO DE USO DA ESCOLA MUNICIPAL &amp;#8220;DEIRÓ BORGES&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/718/718_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/718/718_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/719/719_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/719/719_texto_integral.doc</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/720/720_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/720/720_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO À ASSOCIAÇÃO COMUNITÁRIA DO BAIRRO SANTO ANTÔNIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/721/721_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/721/721_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO AO SERVIÇO DE AMOR AO PRÓXIMO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/722/722_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/722/722_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO À SOCIEDADE ASSISTENCIAL ESPÍRITA RECANTO DA PAZ - SERPAZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/723/723_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/723/723_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO À ASSOCIAÇÃO DAS FOLIAS DE REIS DE PATOS DE MINAS E REGIÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/724/724_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/724/724_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O FUNDO DE RECUPERAÇÃO, PROTEÇÃO E DESENVOLVIMENTO SUSTENTÁVEL DAS BACIAS HIDROGRÁFICAS DO ESTADO DE MINAS GERAIS - FHIDRO, ATRAVÉS DO BANCO DE DESENVOLVIMENTO DE MINAS GERAIS, ABRIR CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/729/729_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/729/729_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ELABORAÇÃO DO PLANO DE AMORTIZAÇÃO DOS DÉBITOS PREVIDENCIÁRIOS DO MUNICÍPIO DE PATOS DE MINAS COM O INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE PATOS DE MINAS &amp;#8211; IPREM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/730/730_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/730/730_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PERMUTA DE TERRENOS ENTRE O MUNICÍPIO DE PATOS DE MINAS E ADÉLIO AUGUSTO DE OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 7º DA LEI Nº 4.817, DE 13 DE JANEIRO DE 2000, MODIFICADO PELO ART. 1º DA LEI 5.750, DE 30 DE MAIO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/735/735_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/735/735_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2007, ESTABELECIDA PELA LEI Nº 5.836, DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/736/736_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/736/736_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O MUNICÍPIO DE LAGOA FORMOSA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/737/737_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/737/737_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/746/746_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/746/746_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE COOPERAÇÃO TÉCNICA ENTRE A UNIÃO FEDERAL E O MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/747/747_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/747/747_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI Nº 4.787, DE 11 DE NOVEMBRO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/748/748_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/748/748_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI Nº 5.873, DE 6 DE JUNHO DE 2007, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/749/749_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/749/749_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO-CONSELHO DO FUNDEB.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/753/753_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/753/753_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 5.843, DE 16 DE FEVEREIRO DE 2007.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/759/759_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/759/759_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A FUNDAÇÃO EDUCACIONAL DE PATOS DE MINAS - FEPAM, ABRIR CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/760/760_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/760/760_texto_integral.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL PARA CRIAÇÃO DO ELEMENTO DE DESPESA, AO TEMPO EM QUE REDUZ O VALOR DA DOTAÇÃO ORÇAMENTÁRIA QUE MENCIONA</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/764/764_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/764/764_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER À OUTORGA DE CONCESSÃO ONEROSA DA ADMINISTRAÇÃO DAS DEPENDÊNCIAS DO TERMINAL RODOVIÁRIO &amp;#8220;JOSÉ RANGEL&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/765/765_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/765/765_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PROTEÇÃO À MATERNIDADE, INFÂNCIA E VELHICE DE PATOS DE MINAS, ABRIR CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/766/766_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/766/766_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE INCENTIVO FISCAL PARA A REALIZAÇÃO DE PROJETOS CULTURAIS NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS E INSTITUI O FUNDO MUNICIPAL DE CULTURA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/767/767_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/767/767_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O MUNICÍPIO DE LAGOA FORMOSA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/774/774_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/774/774_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/776/776_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/776/776_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR O CONVÊNIO COM AS ENTIDADES QUE INDICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/780/780_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/780/780_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS §§ 1º E 2º DO ART. 32 DA LEI 4.817, DE 13 DE JANEIRO DE 2000, ACRESCENTA PARÁGRAFO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/781/781_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/781/781_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL &amp;#8211; BNDES, ATRAVÉS DO BANCO DO BRASIL S/A, NA QUALIDADE DE AGENTE FINANCEIRO, A OFERECER GARANTIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/782/782_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/782/782_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR PERMISSÃO DE USO DA ESCOLA MUNICIPAL &amp;#8220;PORFÍRIO CARDOSO&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/783/783_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/783/783_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO COM O ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/784/784_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/784/784_texto_integral.doc</t>
   </si>
   <si>
     <t>REVOGA O PARÁGRAFO ÚNICO DO ART. 2º DA LEI Nº 5.375, DE 29 DE JANEIRO DE 2004, E O PARÁGRAFO ÚNICO DO ART. 2º DA LEI Nº 5.376, DE 29 DE JANEIRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/785/785_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/785/785_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO AO ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/786/786_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/786/786_texto_integral.doc</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/787/787_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/787/787_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ESCRITURAÇÃO DE IMÓVEIS RECEBIDOS EM DOAÇÃO PELO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/790/790_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/790/790_texto_integral.doc</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/791/791_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/791/791_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PROMOVER A DESAFETAÇÃO DO IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/792/792_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/792/792_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O DISPENSÁRIO SÃO VICENTE DE PAULO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/793/793_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/793/793_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O CAPUT E O INC. I DO ART. 2º DA LEI Nº 5.884, DE 5 DE JULHO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/794/794_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/794/794_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE ÓRGÃO EXECUTIVO DE TRÂNSITO, CRIA A JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÃO - JARI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/795/795_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/795/795_texto_integral.doc</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/799/799_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/799/799_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE O PROGRAMA ANUAL DE TRABALHO, ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PATOS DE MINAS PARA O EXERCÍCIO FINANCEIRO DE 2008.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/800/800_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/800/800_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR REPASSES FINANCEIROS DE SUBVENÇÕES, CONTRIBUIÇÕES E  AUXÍLIOS ÀS ENTIDADES QUE MENCIONA E OUTROS AUXÍLIOS FINANCEIROS A PESSOAS FÍSICAS</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/801/801_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/801/801_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AUXÍLIO FINANCEIRO À ASSOCIAÇÃO EVANGÉLICA BENEFICENTE BATISTA NACIONAL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/802/802_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/802/802_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR PERMISSÃO DE USO DA ESCOLA MUNICIPAL &amp;#8220;DONA MADALENA&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/803/803_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/803/803_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE BEBEDOURO DAS POSSES, ABRIR CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/806/806_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/806/806_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 1º DA LEI Nº 5.837, DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/807/807_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/807/807_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO À CASA DE PROMOÇÃO HUMANA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/813/813_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/813/813_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DAS CONCESSÕES DE TRANSPORTE COLETIVO OUTORGADAS À EMPRESA EXPRESSO SÃO GERALDO LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/814/814_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/814/814_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DA LEI Nº 5.564, DE 22 DE FEVEREIRO DE 2005, MODIFICADA PELA LEI Nº 5.652, DE 29 DE OUTUBRO DE 2005, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/815/815_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/815/815_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE PATOS DE MINAS &amp;#8211; IPREM -, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/816/816_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/816/816_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O § 3º DO ART. 1º DA LEI Nº 5.837, DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/817/817_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/817/817_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 5.837, DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/818/818_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/818/818_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 5.837, DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/687/687_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/687/687_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL INSTITUIR O &amp;#8220;PROJETO CASULO&amp;#8221;, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/688/688_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/688/688_texto_integral.doc</t>
   </si>
   <si>
     <t>PROÍBE O CORTE DO FORNECIMENTO DE ÁGUA POTÁVEL NO MUNICÍPIO, POR FALTA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/689/689_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/689/689_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS, O PROJETO PLANTANDO VIDA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/690/690_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/690/690_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE LAZARINA PEREIRA BASÍLIO A QUADRA POLIESPORTIVA LOCALIZADA NO BAIRRO ALTO LIMOEIRO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/691/691_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/691/691_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DUNALVA DE DEUS FONSECA A ATUAL ALAMEDA 06, LOCALIZADA NO BAIRRO JARDIM CÉU AZUL.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/697/697_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/697/697_texto_integral.doc</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/698/698_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/698/698_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ERGUER O MONUMENTO &amp;#8220;MARCO DA PAZ&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/699/699_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/699/699_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA SEBASTIÃO PEREIRA DE ALCÂNTARA A ATUAL RUA JOSÉ FERNANDES COSTA, LOCALIZADA NO BAIRRO PADRE EUSTÁQUIO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/700/700_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/700/700_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL CONCEDER ISENÇÃO DE IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU PARA PORTADORES DE DOENÇAS COMPLEXAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/701/701_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/701/701_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DOS ESPAÇOS PUBLICITÁRIOS NO TRANSPORTE COLETIVO PARA CAMPANHA EDUCATIVA CONTRA VIOLÊNCIA À MULHER.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/702/702_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/702/702_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR EXAMES MÉDICOS EM ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/703/703_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/703/703_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO VÁRZEA &amp;#8211; AMBAV.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/704/704_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/704/704_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 8º DA LEI Nº 5.430, DE 28 DE ABRIL DE 2004, QUE DISPÕE SOBRE A PROTEÇÃO CONTRA A POLUIÇÃO SONORA E DÁ OUTRAS PROVIDÊNCIAS, MODIFICADA PELA LEI Nº 5.616, DE 15 DE JULHO DE 2004.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/705/705_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/705/705_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PRÓ-VÔLEI.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/706/706_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/706/706_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE MARIA MOREIRA DO NASCIMENTO (DONA NÊGA) A QUADRA POLIESPORTIVA LOCALIZADA NA COMUNIDADE DE MOREIRAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/707/707_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/707/707_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI Nº 4.481, DE 12 DE AGOSTO DE 1997.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>Otaviano Marques de Amorim, João Batista Donizetti da Cruz - Batista Miúdo</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/708/708_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/708/708_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOMAR VAZ BORGES A ATUAL RUA A, LOCALIZADA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>NÃO EXISTE</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/712/712_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/712/712_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS TRANSPORTADORES PATENSES &amp;#8211; ATP.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/713/713_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/713/713_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE AVENIDA JÚLIA FERNANDES CAIXETA A ATUAL AVENIDA CICA, LOCALIZADA NO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/725/725_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/725/725_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE FARNESE MACIEL A RUA LOCALIZADA NOS SETORES 06 E 15, BAIRROS CENTRO E ANTÔNIO CAIXETA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/726/726_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/726/726_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE DEPUTADO JOSÉ MARIA VAZ BORGES O CENTRO DE INTEGRAÇÃO DIGITAL &amp;#8211; TELECENTRO, LOCALIZADO NA BIBLIOTECA JOÃO XXIII.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/727/727_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/727/727_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 33 DA LEI Nº 5.058/2001, QUE DISPÕE SOBRE O TRANSPORTE DE ESCOLARES NO MUNICÍPIO DE PATOS DE MINAS, MODIFICADA PELA LEI Nº 5.425/2004.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/728/728_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/728/728_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE AGNALDO ROMÃO BORGES O CENTRO DE ESPECIALIDADES ODONTOLÓGICAS DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/731/731_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/731/731_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE ÁRBITROS DESPORTIVOS DO ALTO PARANAÍBA &amp;#8211; AADAP</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/732/732_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/732/732_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO NA &amp;#8220;INTERNET&amp;#8221; E NOS ÓRGÃOS DA SECRETARIA MUNICIPAL DE SAÚDE DOS MEDICAMENTOS DISPONÍVEIS E OFERECIDOS PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/733/733_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/733/733_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO MINEIRA DOS PRODUTORES DE ALGODÃO &amp;#8211; AMIPA.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/734/734_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/734/734_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA JOSÉ CYRINO DA SILVA A ATUAL RUA 1, LOCALIZADA NO BAIRRO ALTO DOS CAIÇARAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/738/738_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/738/738_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS DEFICIENTES VISUAIS DE PATOS DE MINAS E REGIÃO &amp;#8211; ADEVPAR.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/739/739_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/739/739_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RENATO FERREIRA DE ARIMATEA A ATUAL RUA ARAPUÁ, LOCALIZADA NO BAIRRO COPACABANA.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/740/740_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/740/740_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA SÍRIO GOMES DA FONSECA A ATUAL RUA COLATINA, LOCALIZADA NO BAIRRO ELDORADO.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/741/741_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/741/741_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE ADELINO DA MOTA MAGALHÃES &amp;#8220;ADELINO MADRUGADA&amp;#8221; O GALPÃO DO PRODUTOR RURAL, LOCALIZADO NO BAIRRO LAGOA GRANDE._x000D_
 </t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4204/4204_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4204/4204_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA EDNA BORGES BABILÔNIA A ATUAL RUA LAGAMAR, BAIRRO COPACABANA.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/742/742_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/742/742_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 5.317, DE 13 DE AGOSTO DE 2003, QUE DISPÕE SOBRE O PLANTIO DE ÁRVORES PRÓXIMO AS ESQUINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/743/743_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/743/743_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DE INCENTIVO À SAÚDE MAMÁRIA", A SER REALIZADA ANUALMENTE, NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/744/744_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/744/744_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA TIÃO TARGINO A ATUAL RUA 2, LOCALIZADA NO BAIRRO ALTO DOS CAIÇARAS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/745/745_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/745/745_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AMIGOS CARRETEIROS DE PATOS DE MINAS</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/750/750_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/750/750_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE VEREADOR HILÁRIO ANDRÉ DE OLIVEIRA O EDIFÍCIO DA NOVA SEDE DA CÂMARA MUNICIPAL DE PATOS DE MINAS, LOCALIZADO NA CIDADE ADMINISTRATIVA, BAIRRO ELDORADO</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/751/751_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/751/751_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA PEDRO FONSECA NETO A ATUAL RUA 37, LOCALIZADA NO BAIRRO NOVA FLORESTA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/752/752_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/752/752_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE AVENIDA DAS INDÚSTRIAS A AVENIDA LOCALIZADA NO DISTRITO INDUSTRIAL II</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/754/754_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/754/754_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE VENCIMENTOS AOS  SERVIDORES DA CÂMARA MUNICIPAL DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/755/755_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/755/755_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/756/756_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/756/756_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AGÊNCIA DE DESENVOLVIMENTO E RECURSOS ASSISTENCIAIS DE PATOS DE MINAS &amp;#8211; ADRA.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/757/757_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/757/757_texto_integral.doc</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CONSELHO DE DESENVOLVIMENTO COMUNITÁRIO DE BREJO COMPRIDO E MATA DA GUARIROBA.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/758/758_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/758/758_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE SUBSÍDIOS AO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/761/761_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/761/761_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO PORTO FILHO O SALÃO COMUNITÁRIO LOCALIZADO NO DISTRITO DE BONSUCESSO.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/762/762_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/762/762_texto_integral.doc</t>
   </si>
   <si>
     <t>OBRIGA A REDE BANCÁRIA INSTALADA NO MUNICÍPIO A DISPONIBILIZAR CAIXA ELETRÔNICO EM BRAILLE E ÁUDIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>João Bosco de Castro Borges - Bosquinho, Cleonaldo Raimundo da Silva, Edimê Erlinda de Lima Avelar, João Batista Donizetti da Cruz - Batista Miúdo, Sílvio Gomes de Deus</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/763/763_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/763/763_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 5.317, DE 13 DE AGOSTO DE 2003, MODIFICADO PELA LEI Nº 5.897, DE 24 DE JULHO DE 2007, QUE DISPÕE SOBRE O PLANTIO DE ÁRVORES PRÓXIMO AS ESQUINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/768/768_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/768/768_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA OURO PRETO A RUA QUE MENCIONA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/769/769_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/769/769_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O POLICIAMENTO OBRIGATÓRIO NAS ESCOLAS DA REDE MUNICIPAL E ESTADUAL DE ENSINO.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/770/770_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/770/770_texto_integral.doc</t>
   </si>
   <si>
     <t>PROÍBE O INGRESSO OU PERMANÊNCIA DE PESSOAS UTILIZANDO CAPACETE, GORRO, OU QUALQUER TIPO DE COBERTURA QUE OCULTE A FACE, NOS ESTABELECIMENTOS COMERCIAIS, INDUSTRIAIS, PRESTADORES DE SERVIÇOS E PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/771/771_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/771/771_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA JOSÉ MARIA DA SILVA A ATUAL PRAÇA D, LOCALIZADA NO BAIRRO RESIDENCIAL GRAMADO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/772/772_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/772/772_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE RUA CONCEIÇÃO HONORATO DA SILVA A ATUAL RUA DA SAUDADE, LOCALIZADA NOS BAIRROS NOSSA SENHORA APARECIDA E BRASÍLIA.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/773/773_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/773/773_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS DE CANAVIAIS LOCALIZADOS NO MUNICÍPIO DE PATOS DE MINAS, PREVÊ A APLICAÇÃO DE MULTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/775/775_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/775/775_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE PROGRAMA DE ADOÇÃO DE PRAÇAS, ÁREAS VERDES E ESPAÇOS MUNICIPAIS DE ESPORTE, EDUCAÇÃO, CULTURA E DE LAZER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/777/777_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/777/777_texto_integral.doc</t>
   </si>
   <si>
     <t>DETERMINA QUE A REDE PÚBLICA MUNICIPAL DE SAÚDE, TENHA PRAZO ESTIPULADO PARA O ATENDIMENTO DIRECIONADO AO IDOSO NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/778/778_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/778/778_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E INSTALAÇÃO DE CENTRAIS DE ENTULHOS, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/779/779_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/779/779_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE USO DE LONA OU MATERIAL SEMELHANTE PARA COBERTURA DA CARROÇARIA DE VEÍCULO NO TRANSPORTE DE MATERIAL COMO TERRA, AREIA, ENTULHOS E OUTROS, NO ÂMBITO DO PERÍMETRO URBANO NO MUNICÍPIO DE PATOS DE MINAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/788/788_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/788/788_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE ALBERGUES PARA A MULHER AMEAÇADA E OU VÍTIMA DE VIOLÊNCIA DOMÉSTICA, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/789/789_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/789/789_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL FIXAR E A COBRAR PREÇO PÚBLICO DECORRENTE DA OCUPAÇÃO E DO USO DE ÁREA DE SOLO EM ESPAÇOS PÚBLICOS MUNICIPAIS PELO SISTEMA DE POSTEAMENTO DE REDE DE ENERGIA ELÉTRICA E DE ILUMINAÇÃO PÚBLICA, DE PROPRIEDADE DA CONCESSIONÁRIA DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA QUE OS UTILIZA, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/796/796_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/796/796_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPENSA DE APRESENTAÇÃO DA CARTEIRA DA ORDEM DOS MÚSICOS DO BRASIL NA PARTICIPAÇÃO DE MÚSICOS EM SHOWS E ESPETÁCULOS AFINS QUE SE REALIZEM NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4207/4207_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4207/4207_texto_integral.doc</t>
   </si>
   <si>
     <t>ASSEGURA DIREITO ÀS PESSOAS DEFICIENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/797/797_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/797/797_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O &amp;#8220;PROGRAMA CENSO INCLUSÃO&amp;#8221; PARA A IDENTIFICAÇÃO DO PERFIL SÓCIO-ECONÔMICO DAS PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/798/798_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/798/798_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA &amp;#8220;LER PRA CRER&amp;#8221; DIRECIONADO PARA AS PESSOAS COM DEFICIÊNCIA VISUAL, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/804/804_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/804/804_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA &amp;#8220;DEFINET&amp;#8221; DIRECIONADO PARA AS PESSOAS COM DEFICIÊNCIA, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/805/805_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/805/805_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA CENTRAL DE INTÉRPRETES DA LÍNGUA BRASILEIRA DE SINAIS - LIBRAS E GUIAS-INTÉRPRETES PARA SURDOCEGOS, NO ÂMBITO DO MUNICÍPIO DE PATOS DE MINAS. </t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/808/808_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/808/808_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA VEREADOR ADALTO ANTÔNIO GONÇALVES A ATUAL RUA CASTELO BRANCO, LOCALIZADA NO BAIRRO SÃO FRANCISCO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/809/809_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/809/809_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ACERVO ALTINO CAIXETA DE CASTRO, LEÃO DE FORMOSA, NO MUNICÍPIO DE PATOS DE MINAS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>Eustáquio José da Silva, José Carlos da Silva - Carlito</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/810/810_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/810/810_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE PEDRO CAIXETA (PEDRO NÊGO) A PONTE LOCALIZADA SOBRE O CÓRREGO DA EXTREMA, NA FAZENDA CÓRREGO EXTREMA</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/811/811_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/811/811_texto_integral.doc</t>
   </si>
   <si>
     <t>DENOMINA DE MANOEL CAIXETA A PONTE LOCALIZADA SOBRE O CÓRREGO OLHOS D&amp;#8217;ÁGUA, NA FAZENDA OLHOS D&amp;#8217;ÁGUA.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/812/812_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/812/812_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA DE UTILIDADE PÚBLICA O PARAÍSO CAMPING CLUBE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>15236</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15236/15236_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15236/15236_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 238/2006, QUE DISPÕE SOBRE CRIAÇÃO DE DIVISÃO E SEÇÃO NA ESTRUTURA DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>15237</t>
   </si>
   <si>
-    <t>https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15237/15237_texto_integral.doc</t>
+    <t>http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15237/15237_texto_integral.doc</t>
   </si>
   <si>
     <t>EXTINGUE A OUVIDORIA LEGISLATIVA DA CÂMARA MUNICIPAL DE PATOS DE MINAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8797,68 +8797,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5958/5958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5960/5960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5961/5961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5963/5963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5965/5965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5967/5967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5969/5969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5970/5970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5971/5971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5972/5972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5973/5973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5974/5974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5975/5975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5976/5976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5977/5977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5978/5978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5980/5980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5982/5982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5983/5983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5985/5985_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5989/5989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5991/5991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5994/5994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5997/5997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6000/6000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6002/6002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6005/6005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6007/6007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6009/6009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6012/6012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6013/6013_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6016/6016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6018/6018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6019/6019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6020/6020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6022/6022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6024/6024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6025/6025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6027/6027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6031/6031_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6034/6034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6037/6037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6040/6040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6042/6042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6048/6048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6049/6049_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6050/6050_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6051/6051_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6052/6052_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6053/6053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6054/6054_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6055/6055_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6056/6056_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6057/6057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6058/6058_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6059/6059_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6060/6060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6061/6061_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6062/6062_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6063/6063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6064/6064_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6065/6065_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6066/6066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6067/6067_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6068/6068_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6069/6069_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6070/6070_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6071/6071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6072/6072_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6073/6073_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6074/6074_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6075/6075_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6076/6076_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6077/6077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6078/6078_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6079/6079_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6080/6080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6081/6081_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6082/6082_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6083/6083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6084/6084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6085/6085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6086/6086_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6087/6087_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6088/6088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6232/6232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6233/6233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6234/6234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6235/6235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6236/6236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6237/6237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6238/6238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6239/6239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6240/6240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6241/6241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6242/6242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6243/6243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6244/6244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6245/6245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6246/6246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6247/6247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6248/6248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6249/6249_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6250/6250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6251/6251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6252/6252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6159/6159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6160/6160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6161/6161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6162/6162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6163/6163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6164/6164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6165/6165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6166/6166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6167/6167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6168/6168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6176/6176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6177/6177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6178/6178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6180/6180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6181/6181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6183/6183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6186/6186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6187/6187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6188/6188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6189/6189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6190/6190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6191/6191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6192/6192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6193/6193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6194/6194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6196/6196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6197/6197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6199/6199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6201/6201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6202/6202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6203/6203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6205/6205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6207/6207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6208/6208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6210/6210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6212/6212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6213/6213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6215/6215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6216/6216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6218/6218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6226/6226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6228/6228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6230/6230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6231/6231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6253/6253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6254/6254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6255/6255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6256/6256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6257/6257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6258/6258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6259/6259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6260/6260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6261/6261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6262/6262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6563/6563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6265/6265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6269/6269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6270/6270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6272/6272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6274/6274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6280/6280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6282/6282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6287/6287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6288/6288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6300/6300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6302/6302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6306/6306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6307/6307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6308/6308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6309/6309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6310/6310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6311/6311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6313/6313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6314/6314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6318/6318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6320/6320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6533/6533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6534/6534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6535/6535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6536/6536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6537/6537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6538/6538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6539/6539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6540/6540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6541/6541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6542/6542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6543/6543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6544/6544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6545/6545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6546/6546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6547/6547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6548/6548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6549/6549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6550/6550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6551/6551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6552/6552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6553/6553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6554/6554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6555/6555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6556/6556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6557/6557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6558/6558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6559/6559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6560/6560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6561/6561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6562/6562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6350/6350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6351/6351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6457/6457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6458/6458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6459/6459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6460/6460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6461/6461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6462/6462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6463/6463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6464/6464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6465/6465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6466/6466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6467/6467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6468/6468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6469/6469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6470/6470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6471/6471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6472/6472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6473/6473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6474/6474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6475/6475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6476/6476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6477/6477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6478/6478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6479/6479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6480/6480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6481/6481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6482/6482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6483/6483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6484/6484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6485/6485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6486/6486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6487/6487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6488/6488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6489/6489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6490/6490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6491/6491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6492/6492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6493/6493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6494/6494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6495/6495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6496/6496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6497/6497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6498/6498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6499/6499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6500/6500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6501/6501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6502/6502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6503/6503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6504/6504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6505/6505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6506/6506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6507/6507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6508/6508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6509/6509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6510/6510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6511/6511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6512/6512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6513/6513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6514/6514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6515/6515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6516/6516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6517/6517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6518/6518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6519/6519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6520/6520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6521/6521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6522/6522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6523/6523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6524/6524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6525/6525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6526/6526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6527/6527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6528/6528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6529/6529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6530/6530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6531/6531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6532/6532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6365/6365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6366/6366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6367/6367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6368/6368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6369/6369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6370/6370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6371/6371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6372/6372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6373/6373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6374/6374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6375/6375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6376/6376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6377/6377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6378/6378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6379/6379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6380/6380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6381/6381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6382/6382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6383/6383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6384/6384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6385/6385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6386/6386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6387/6387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6388/6388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6389/6389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6390/6390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6391/6391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6392/6392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6393/6393_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6394/6394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6395/6395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6396/6396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6397/6397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6398/6398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6399/6399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6400/6400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6401/6401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6402/6402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6403/6403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6404/6404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6405/6405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6406/6406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6407/6407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6408/6408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6409/6409_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6410/6410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6411/6411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6412/6412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6413/6413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6414/6414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6415/6415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6416/6416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6417/6417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6418/6418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6419/6419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6420/6420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6421/6421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6422/6422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6423/6423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6424/6424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6425/6425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6426/6426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6427/6427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6428/6428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6429/6429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6430/6430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6431/6431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6432/6432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6433/6433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6434/6434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6435/6435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6436/6436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6437/6437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6438/6438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6439/6439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6440/6440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6441/6441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6442/6442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6443/6443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6444/6444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6445/6445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6446/6446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6447/6447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6448/6448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6449/6449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6450/6450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6451/6451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6452/6452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6453/6453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6454/6454_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6455/6455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6456/6456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6263/6263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11635/11635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11636/11636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11637/11637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11638/11638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11639/11639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11640/11640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11641/11641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11642/11642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11643/11643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11644/11644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11645/11645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11646/11646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11647/11647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11648/11648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11649/11649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11650/11650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11651/11651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11652/11652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11653/11653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11654/11654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11655/11655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11656/11656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11657/11657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11658/11658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11659/11659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11660/11660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11661/11661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11662/11662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11663/11663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11664/11664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11665/11665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11666/11666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11667/11667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11668/11668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11669/11669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11670/11670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11671/11671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11672/11672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11673/11673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11674/11674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11675/11675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11676/11676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11677/11677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11678/11678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11679/11679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11680/11680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11681/11681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11682/11682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11683/11683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11684/11684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11685/11685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11686/11686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11687/11687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11688/11688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11689/11689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11690/11690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11691/11691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11692/11692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11693/11693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11694/11694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11695/11695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11696/11696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11697/11697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11698/11698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11699/11699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11700/11700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11702/11702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11703/11703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11704/11704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11705/11705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11706/11706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11707/11707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11708/11708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11709/11709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11710/11710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11711/11711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11712/11712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11713/11713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11714/11714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11716/11716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11717/11717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11718/11718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11719/11719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11720/11720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11721/11721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11722/11722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11723/11723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11724/11724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11725/11725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11726/11726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11727/11727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11728/11728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11729/11729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11730/11730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11731/11731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11732/11732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11733/11733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11734/11734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11735/11735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11736/11736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11737/11737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11738/11738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11739/11739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11740/11740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11741/11741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11742/11742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11743/11743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11744/11744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11745/11745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11746/11746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11747/11747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11748/11748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11749/11749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11750/11750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11751/11751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11752/11752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11753/11753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11755/11755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11754/11754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11701/11701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4866/4866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4867/4867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4868/4868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4869/4869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4870/4870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4871/4871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4872/4872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4873/4873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4874/4874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4875/4875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4876/4876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4877/4877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4878/4878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4879/4879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4880/4880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4881/4881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4882/4882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4883/4883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4884/4884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4885/4885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4886/4886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4887/4887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4888/4888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4889/4889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4890/4890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4891/4891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4892/4892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4893/4893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4894/4894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4895/4895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4896/4896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4897/4897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4898/4898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4899/4899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4900/4900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4901/4901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4902/4902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4903/4903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4904/4904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4905/4905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4906/4906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4907/4907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4908/4908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4909/4909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4910/4910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4911/4911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4912/4912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4913/4913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4914/4914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4915/4915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4916/4916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4917/4917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4918/4918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4919/4919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4920/4920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4921/4921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4922/4922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4923/4923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4924/4924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4925/4925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4926/4926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4927/4927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4928/4928_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4929/4929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4930/4930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4931/4931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4932/4932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4933/4933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4934/4934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4935/4935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4936/4936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4937/4937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4938/4938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4939/4939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4940/4940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4941/4941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4942/4942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4943/4943_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4944/4944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4945/4945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4338/4338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4340/4340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4342/4342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4343/4343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4344/4344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4345/4345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4346/4346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4347/4347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4348/4348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4351/4351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4352/4352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4354/4354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4353/4353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4355/4355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4358/4358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4359/4359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4349/4349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4350/4350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4356/4356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4357/4357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/693/693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/793/793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/799/799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/800/800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/687/687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/688/688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/690/690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/705/705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/706/706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/740/740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4204/4204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4207/4207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/812/812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15236/15236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15237/15237_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5958/5958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5960/5960_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5961/5961_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5963/5963_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5965/5965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5967/5967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5969/5969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5970/5970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5971/5971_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5972/5972_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5973/5973_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5974/5974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5975/5975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5976/5976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5977/5977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5978/5978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5980/5980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5982/5982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5983/5983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5985/5985_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5989/5989_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5991/5991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5994/5994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/5997/5997_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6000/6000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6002/6002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6005/6005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6007/6007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6009/6009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6012/6012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6013/6013_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6016/6016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6018/6018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6019/6019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6020/6020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6022/6022_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6024/6024_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6025/6025_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6027/6027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6031/6031_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6034/6034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6037/6037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6040/6040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6042/6042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6048/6048_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6049/6049_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6050/6050_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6051/6051_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6052/6052_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6053/6053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6054/6054_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6055/6055_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6056/6056_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6057/6057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6058/6058_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6059/6059_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6060/6060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6061/6061_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6062/6062_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6063/6063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6064/6064_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6065/6065_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6066/6066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6067/6067_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6068/6068_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6069/6069_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6070/6070_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6071/6071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6072/6072_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6073/6073_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6074/6074_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6075/6075_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6076/6076_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6077/6077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6078/6078_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6079/6079_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6080/6080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6081/6081_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6082/6082_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6083/6083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6084/6084_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6085/6085_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6086/6086_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6087/6087_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6088/6088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6232/6232_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6233/6233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6234/6234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6235/6235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6236/6236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6237/6237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6238/6238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6239/6239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6240/6240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6241/6241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6242/6242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6243/6243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6244/6244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6245/6245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6246/6246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6247/6247_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6248/6248_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6249/6249_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6250/6250_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6251/6251_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6252/6252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6159/6159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6160/6160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6161/6161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6162/6162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6163/6163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6164/6164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6165/6165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6166/6166_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6167/6167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6168/6168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6176/6176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6177/6177_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6178/6178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6180/6180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6181/6181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6183/6183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6186/6186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6187/6187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6188/6188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6189/6189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6190/6190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6191/6191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6192/6192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6193/6193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6194/6194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6196/6196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6197/6197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6199/6199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6201/6201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6202/6202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6203/6203_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6205/6205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6207/6207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6208/6208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6210/6210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6212/6212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6213/6213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6215/6215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6216/6216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6218/6218_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6226/6226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6228/6228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6230/6230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6231/6231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6253/6253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6254/6254_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6255/6255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6256/6256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6257/6257_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6258/6258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6259/6259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6260/6260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6261/6261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6262/6262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6563/6563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6265/6265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6269/6269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6270/6270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6272/6272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6274/6274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6280/6280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6282/6282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6287/6287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6288/6288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6300/6300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6302/6302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6306/6306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6307/6307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6308/6308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6309/6309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6310/6310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6311/6311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6313/6313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6314/6314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6318/6318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6320/6320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6533/6533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6534/6534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6535/6535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6536/6536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6537/6537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6538/6538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6539/6539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6540/6540_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6541/6541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6542/6542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6543/6543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6544/6544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6545/6545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6546/6546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6547/6547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6548/6548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6549/6549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6550/6550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6551/6551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6552/6552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6553/6553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6554/6554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6555/6555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6556/6556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6557/6557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6558/6558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6559/6559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6560/6560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6561/6561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6562/6562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6350/6350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6351/6351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6457/6457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6458/6458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6459/6459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6460/6460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6461/6461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6462/6462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6463/6463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6464/6464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6465/6465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6466/6466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6467/6467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6468/6468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6469/6469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6470/6470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6471/6471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6472/6472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6473/6473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6474/6474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6475/6475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6476/6476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6477/6477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6478/6478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6479/6479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6480/6480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6481/6481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6482/6482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6483/6483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6484/6484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6485/6485_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6486/6486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6487/6487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6488/6488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6489/6489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6490/6490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6491/6491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6492/6492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6493/6493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6494/6494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6495/6495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6496/6496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6497/6497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6498/6498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6499/6499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6500/6500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6501/6501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6502/6502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6503/6503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6504/6504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6505/6505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6506/6506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6507/6507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6508/6508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6509/6509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6510/6510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6511/6511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6512/6512_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6513/6513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6514/6514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6515/6515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6516/6516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6517/6517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6518/6518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6519/6519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6520/6520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6521/6521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6522/6522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6523/6523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6524/6524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6525/6525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6526/6526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6527/6527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6528/6528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6529/6529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6530/6530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6531/6531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6532/6532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6365/6365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6366/6366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6367/6367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6368/6368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6369/6369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6370/6370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6371/6371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6372/6372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6373/6373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6374/6374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6375/6375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6376/6376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6377/6377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6378/6378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6379/6379_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6380/6380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6381/6381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6382/6382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6383/6383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6384/6384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6385/6385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6386/6386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6387/6387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6388/6388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6389/6389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6390/6390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6391/6391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6392/6392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6393/6393_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6394/6394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6395/6395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6396/6396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6397/6397_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6398/6398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6399/6399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6400/6400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6401/6401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6402/6402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6403/6403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6404/6404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6405/6405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6406/6406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6407/6407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6408/6408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6409/6409_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6410/6410_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6411/6411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6412/6412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6413/6413_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6414/6414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6415/6415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6416/6416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6417/6417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6418/6418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6419/6419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6420/6420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6421/6421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6422/6422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6423/6423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6424/6424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6425/6425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6426/6426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6427/6427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6428/6428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6429/6429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6430/6430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6431/6431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6432/6432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6433/6433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6434/6434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6435/6435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6436/6436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6437/6437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6438/6438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6439/6439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6440/6440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6441/6441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6442/6442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6443/6443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6444/6444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6445/6445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6446/6446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6447/6447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6448/6448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6449/6449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6450/6450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6451/6451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6452/6452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6453/6453_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6454/6454_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6455/6455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6456/6456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/6263/6263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11635/11635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11636/11636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11637/11637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11638/11638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11639/11639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11640/11640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11641/11641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11642/11642_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11643/11643_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11644/11644_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11645/11645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11646/11646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11647/11647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11648/11648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11649/11649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11650/11650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11651/11651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11652/11652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11653/11653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11654/11654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11655/11655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11656/11656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11657/11657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11658/11658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11659/11659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11660/11660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11661/11661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11662/11662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11663/11663_texto_integral.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11664/11664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11665/11665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11666/11666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11667/11667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11668/11668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11669/11669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11670/11670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11671/11671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11672/11672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11673/11673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11674/11674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11675/11675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11676/11676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11677/11677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11678/11678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11679/11679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11680/11680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11681/11681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11682/11682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11683/11683_texto_integral.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11684/11684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11685/11685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11686/11686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11687/11687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11688/11688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11689/11689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11690/11690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11691/11691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11692/11692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11693/11693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11694/11694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11695/11695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11696/11696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11697/11697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11698/11698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11699/11699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11700/11700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11702/11702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11703/11703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11704/11704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11705/11705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11706/11706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11707/11707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11708/11708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11709/11709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11710/11710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11711/11711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11712/11712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11713/11713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11714/11714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11716/11716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11717/11717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11718/11718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11719/11719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11720/11720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11721/11721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11722/11722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11723/11723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11724/11724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11725/11725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11726/11726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11727/11727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11728/11728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11729/11729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11730/11730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11731/11731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11732/11732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11733/11733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11734/11734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11735/11735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11736/11736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11737/11737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11738/11738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11739/11739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11740/11740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11741/11741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11742/11742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11743/11743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11744/11744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11745/11745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11746/11746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11747/11747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11748/11748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11749/11749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11750/11750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11751/11751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11752/11752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11753/11753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11755/11755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11754/11754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/11701/11701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4866/4866_texto_integral.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4867/4867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4868/4868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4869/4869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4870/4870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4871/4871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4872/4872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4873/4873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4874/4874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4875/4875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4876/4876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4877/4877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4878/4878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4879/4879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4880/4880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4881/4881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4882/4882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4883/4883_texto_integral.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4884/4884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4885/4885_texto_integral.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4886/4886_texto_integral.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4887/4887_texto_integral.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4888/4888_texto_integral.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4889/4889_texto_integral.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4890/4890_texto_integral.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4891/4891_texto_integral.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4892/4892_texto_integral.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4893/4893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4894/4894_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4895/4895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4896/4896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4897/4897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4898/4898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4899/4899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4900/4900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4901/4901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4902/4902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4903/4903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4904/4904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4905/4905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4906/4906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4907/4907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4908/4908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4909/4909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4910/4910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4911/4911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4912/4912_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4913/4913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4914/4914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4915/4915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4916/4916_texto_integral.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4917/4917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4918/4918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4919/4919_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4920/4920_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4921/4921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4922/4922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4923/4923_texto_integral.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4924/4924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4925/4925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4926/4926_texto_integral.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4927/4927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4928/4928_texto_integral.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4929/4929_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4930/4930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4931/4931_texto_integral.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4932/4932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4933/4933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4934/4934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4935/4935_texto_integral.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4936/4936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4937/4937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4938/4938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4939/4939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4940/4940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4941/4941_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4942/4942_texto_integral.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4943/4943_texto_integral.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4944/4944_texto_integral.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4945/4945_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4338/4338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4340/4340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4342/4342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4343/4343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4344/4344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4345/4345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4346/4346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4347/4347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4348/4348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4351/4351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4352/4352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4354/4354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4353/4353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4355/4355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4358/4358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4359/4359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4349/4349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4350/4350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4356/4356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4357/4357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/693/693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/719/719_texto_integral.doc" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/747/747_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/748/748_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/753/753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/760/760_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/776/776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/793/793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/799/799_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/800/800_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/818/818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/687/687_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/688/688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/690/690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/705/705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/706/706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/731/731_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/739/739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/740/740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/741/741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4204/4204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/754/754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/755/755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/756/756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/762/762_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/763/763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/796/796_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/4207/4207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/797/797_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/798/798_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/804/804_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/805/805_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/811/811_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/812/812_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15236/15236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patosdeminas.mg.leg.br/media/./sapl/public/materialegislativa/2007/15237/15237_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H750"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="151.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>